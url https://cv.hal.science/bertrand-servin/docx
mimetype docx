--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -125,325 +125,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring Domestic Goat Demographic History Through Ancient Genome Imputation</w:t>
+                <w:t xml:space="preserve">Sequence‐Based Multi Ancestry Association Study Reveals the Polygenic Architecture of Varroa destructor Resistance in the Honeybee Apis mellifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jolijn Erven</w:t>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Etourneau</w:t>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahesh Neupane</w:t>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillipe Bardou</w:t>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (11), </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gbe/evaf181⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.17637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05393593v1</w:t>
+                <w:t xml:space="preserve">hal-04866824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence‐Based Multi Ancestry Association Study Reveals the Polygenic Architecture of Varroa destructor Resistance in the Honeybee Apis mellifera</w:t>
+                <w:t xml:space="preserve">Inferring Domestic Goat Demographic History Through Ancient Genome Imputation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Eynard</w:t>
+                <w:t xml:space="preserve">Jolijn Erven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Mondet</w:t>
+                <w:t xml:space="preserve">Alice Etourneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Basso</w:t>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+                <w:t xml:space="preserve">Mahesh Neupane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Le Conte</w:t>
+                <w:t xml:space="preserve">Phillipe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (3), </w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.17637⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evaf181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04866824v1</w:t>
+                <w:t xml:space="preserve">hal-05393593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome landscape and genetic architecture of recombination in domestic goats (Capra hircus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Etourneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -497,2300 +497,2300 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genetic architecture of recombination rates is polygenic and differs between the sexes in wild house sparrows ( Passer domesticus )</w:t>
+                <w:t xml:space="preserve">SMARTER-database: a tool to integrate SNP array datasets for sheep and goat breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Mcauley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Paolo Cozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamish Burnett</w:t>
+                <w:t xml:space="preserve">Arianna Manunza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathrine Brekke</w:t>
+                <w:t xml:space="preserve">Johanna Ramirez-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucy Peters</w:t>
+                <w:t xml:space="preserve">Valentina Tsartsianidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Gkagkavouzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msae179⟩</w:t>
+              <w:t xml:space="preserve">Gigabyte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46471/gigabyte.139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04681764v2</w:t>
+                <w:t xml:space="preserve">hal-05006094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMARTER-database: a tool to integrate SNP array datasets for sheep and goat breeds</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The genetic architecture of recombination rates is polygenic and differs between the sexes in wild house sparrows ( Passer domesticus )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arianna Manunza</w:t>
+                <w:t xml:space="preserve">John Mcauley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Ramirez-Diaz</w:t>
+                <w:t xml:space="preserve">Hamish Burnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Tsartsianidou</w:t>
+                <w:t xml:space="preserve">Cathrine Brekke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Gkagkavouzis</w:t>
+                <w:t xml:space="preserve">Lucy Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gigabyte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2024, pp.1-15. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46471/gigabyte.139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msae179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006094v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681764v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The black honey bee genome: insights on specific structural elements and a first step towards pan-genomes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of genomic-enabled cross selection criteria for the improvement of inbred line breeding populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+                <w:t xml:space="preserve">Alice Danguy Des Deserts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+                <w:t xml:space="preserve">Nicolas Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Marande</w:t>
+                <w:t xml:space="preserve">Ellen Goudemand-Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+                <w:t xml:space="preserve">Jean-Marc Alliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 56 (1), pp.51. </w:t>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (11), 15 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/2023.12.06.570386⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/g3journal/jkad195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04473386v2</w:t>
+                <w:t xml:space="preserve">hal-04214520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A meta-analysis of genetic and phenotypic diversity of European local pig breeds reveals genomic regions associated with breed differentiation for production traits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The black honey bee genome: insights on specific structural elements and a first step towards pan-genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klavdija Poklukar</w:t>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Mestre</w:t>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Škrlep</w:t>
+                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjeta Čandek-Potokar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cristina Ovilo</w:t>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 55 (1), pp.88. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12711-023-00858-3⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 56 (1), pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2023.12.06.570386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329951v1</w:t>
+                <w:t xml:space="preserve">hal-04473386v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of genomic-enabled cross selection criteria for the improvement of inbred line breeding populations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A meta-analysis of genetic and phenotypic diversity of European local pig breeds reveals genomic regions associated with breed differentiation for production traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klavdija Poklukar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Danguy Des Deserts</w:t>
+                <w:t xml:space="preserve">Camille Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Martin Škrlep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellen Goudemand-Dugué</w:t>
+                <w:t xml:space="preserve">Marjeta Čandek-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Alliot</w:t>
+                <w:t xml:space="preserve">Cristina Ovilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (11), 15 p. </w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (1), pp.88. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/g3journal/jkad195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-023-00858-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04214520v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome‐wide analysis of hybridization in wild boar populations reveals adaptive introgression from domestic pig</w:t>
+                <w:t xml:space="preserve">Reconstructing queen genotypes by pool sequencing colonies in eusocial insects: Statistical Methods and their application to honeybee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Mary</w:t>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Petit</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Pinton</w:t>
+                <w:t xml:space="preserve">Kamila Canale‐tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eva.13432⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (8), pp.3035-3048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03740011v1</w:t>
+                <w:t xml:space="preserve">hal-03855231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two quantitative trait loci are associated with recapping of Varroa destructor ‐infested brood cells in Apis mellifera mellifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dainat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Guichard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 53 (1), pp.156-160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/age.13150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03540810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex population structure and haplotype patterns in the Western European honey bee from sequencing a large panel of haploid drones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome‐wide analysis of hybridization in wild boar populations reveals adaptive introgression from domestic pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Wragg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sonia Eynard</w:t>
+                <w:t xml:space="preserve">Nathalie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13665⟩</w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (7), pp.1115-1128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eva.13432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807491v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing queen genotypes by pool sequencing colonies in eusocial insects: Statistical Methods and their application to honeybee</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complex population structure and haplotype patterns in the Western European honey bee from sequencing a large panel of haploid drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia E Eynard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Basso</w:t>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamila Canale‐tabet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Conte</w:t>
+                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 22 (8), pp.3035-3048. </w:t>
+              <w:t xml:space="preserve">, 2022, 22 (8), pp.3068-3086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13685⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855231v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene Banks as Reservoirs to Detect Recent Selection: The Example of the Asturiana de los Valles Bovine Breed</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MOSAR -Méthodes et Outils pour la Sélection d'Abeilles Résistantes à Varroa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Boitard</w:t>
+                <w:t xml:space="preserve">Sonia E. Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyriel Paris</w:t>
+                <w:t xml:space="preserve">Maxime Beguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Sevane</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kenza Bazi-Kabbaj</w:t>
+                <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2021.575405⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 82, pp.229-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/zna6-4g12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357162v1</w:t>
+                <w:t xml:space="preserve">hal-03159732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local adaptations of Mediterranean sheep and goats through an integrative approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene Banks as Reservoirs to Detect Recent Selection: The Example of the Asturiana de los Valles Bovine Breed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Serranito</w:t>
+                <w:t xml:space="preserve">Cyriel Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Cavalazzi</w:t>
+                <w:t xml:space="preserve">Natalia Sevane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Vidal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elena Ciani</w:t>
+                <w:t xml:space="preserve">Kenza Bazi-Kabbaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-00682-z⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2021.575405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03421679v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic Uniqueness of Local Sheep Breeds From Morocco</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local adaptations of Mediterranean sheep and goats through an integrative approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Serranito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cavalazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdessamad Ouhrouch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Boitard</w:t>
+                <w:t xml:space="preserve">Pablo Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Boyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Dominique Taurisson-Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne da Silva</w:t>
+                <w:t xml:space="preserve">Elena Ciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.723599. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.21363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fgene.2021.723599⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-00682-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03591256v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of quantitative trait loci associated with calmness and gentleness in honey bees using whole‐genome sequences</w:t>
+                <w:t xml:space="preserve">Local adaptations of Mediterranean sheep and goats through an integrative approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Guichard</w:t>
+                <w:t xml:space="preserve">Éric Rouvellac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Dainat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Serranito Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cavalazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Taurisson-Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (21363 (2021)), https://doi.org/10.1038/s41598-021-00682-z</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03252574v1</w:t>
+                <w:t xml:space="preserve">hal-04973085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local adaptations of Mediterranean sheep and goats through an integrative approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genomic Uniqueness of Local Sheep Breeds From Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdessamad Ouhrouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Rouvellac</w:t>
+                <w:t xml:space="preserve">Frédéric Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serranito Bruno</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Dominique Taurisson-Mouret</w:t>
+                <w:t xml:space="preserve">Anne da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.723599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2021.723599⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973085v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of recombination landscapes in diverging populations of bread wheat</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of quantitative trait loci associated with calmness and gentleness in honey bees using whole‐genome sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bouchet</w:t>
+                <w:t xml:space="preserve">Matthieu Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+                <w:t xml:space="preserve">Benjamin Dainat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (8), </w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.13070. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gbe/evab152⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/age.13070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03290674v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l'hybridation dans les populations françaises de sangliers à l'aide de données de génotypage pangénomique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of recombination landscapes in diverging populations of bread wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Danguy Des Déserts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Recherche Porcine en France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evab152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03482640v1</w:t>
+                <w:t xml:space="preserve">hal-03290674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MOSAR -Méthodes et Outils pour la Sélection d'Abeilles Résistantes à Varroa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse de l'hybridation dans les populations françaises de sangliers à l'aide de données de génotypage pangénomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées de la Recherche Porcine en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/zna6-4g12⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03159732v1</w:t>
+                <w:t xml:space="preserve">hal-03482640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Suppressed Mite Reproduction (SMR) Reveals Potential for Varroa Resistance in European Honey Bees (Apis mellifera L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Parejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2880,103 +2880,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Descriptive analysis of the varroa non-reproduction trait in honey bee colonies and association with other traits related to varroa resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E. Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Sann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (8), pp.1-16. </w:t>
@@ -3118,77 +3118,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inference of Selection from Genetic Time Series Using Various Parametric Approximations to the Wright-Fisher Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">G3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (12), pp.4073-4086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3216,606 +3216,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta-analysis of genome-wide association studies for cattle stature identifies common genes that regulate body size in mammals</w:t>
+                <w:t xml:space="preserve">Revealing the selection history of adaptive loci using genome-wide scans for selection: an example from domestic sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aniek C. Bouwman</w:t>
+                <w:t xml:space="preserve">Christina Rochus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans D. Daetwyler</w:t>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amanda J. Chamberlain</w:t>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carla Hurtado Ponce</w:t>
+                <w:t xml:space="preserve">Gwendal Restoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Sargolzaei</w:t>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 50 (3), pp.362-367. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (1), pp.Non Paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41588-018-0056-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-018-4447-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628780v1</w:t>
+                <w:t xml:space="preserve">hal-02626935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures of selection and environmental adaptation across the goat genome post-domestication</w:t>
+                <w:t xml:space="preserve">Genome-wide SNP profiling of worldwide goat populations reveals strong partitioning of diversity and highlights post-domestication migration routes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Licia Colli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Milanesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Talenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Francesca Bertolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eui Soo Kim</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minhui Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 50 (1), pp.57. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12711-018-0421-y⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 50 (1), pp.58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-018-0422-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02405277v1</w:t>
+                <w:t xml:space="preserve">hal-02405280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing the selection history of adaptive loci using genome-wide scans for selection: an example from domestic sheep</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christina Rochus</w:t>
+                <w:t xml:space="preserve">Signatures of selection and environmental adaptation across the goat genome post-domestication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Bertolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Talenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+                <w:t xml:space="preserve">Estelle Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+                <w:t xml:space="preserve">Eui Soo Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-018-4447-x⟩</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (1), pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-018-0421-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626935v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide SNP profiling of worldwide goat populations reveals strong partitioning of diversity and highlights post-domestication migration routes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Meta-analysis of genome-wide association studies for cattle stature identifies common genes that regulate body size in mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aniek C. Bouwman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans D. Daetwyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Licia Colli</w:t>
+                <w:t xml:space="preserve">Amanda J. Chamberlain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Milanesi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Francesca Bertolini</w:t>
+                <w:t xml:space="preserve">Carla Hurtado Ponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minhui Chen</w:t>
+                <w:t xml:space="preserve">Mehdi Sargolzaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 50 (1), pp.58. </w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (3), pp.362-367. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12711-018-0422-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41588-018-0056-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405280v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergent genomic signatures of domestication in sheep and goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Alberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Orozco-Terwengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3886,589 +3886,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01875703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in Recombination Rate and Its Genetic Determinism in Sheep Populations</w:t>
+                <w:t xml:space="preserve">Genome-Wide Identification of the Mutation Underlying Fleece Variation and Discriminating Ancestral Hairy Species from Modern Woolly Sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Petit</w:t>
+                <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
+                <w:t xml:space="preserve">Margarita Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Sarry</w:t>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Fabre</w:t>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1534/genetics.117.300123⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 34 (7), pp.1722-1729. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msx114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02624341v1</w:t>
+                <w:t xml:space="preserve">hal-01608205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-Wide Identification of the Mutation Underlying Fleece Variation and Discriminating Ancestral Hairy Species from Modern Woolly Sheep</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-Resolution Mapping of Crossover Events in the Hexaploid Wheat Genome Suggests a Universal Recombination Mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Darrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Demars</w:t>
+                <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarita Cano</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+                <w:t xml:space="preserve">François Balfourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bardou</w:t>
+                <w:t xml:space="preserve">Lise Pingault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre-Aurore Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msx114⟩</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 206 (3), pp.1373-1388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/genetics.116.196014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608205v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Resolution Mapping of Crossover Events in the Hexaploid Wheat Genome Suggests a Universal Recombination Mechanism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Darrier</w:t>
+                <w:t xml:space="preserve">Development of a SNP panel dedicated to parentage assignment in French sheep populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Balfourier</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1534/genetics.116.196014⟩</w:t>
+              <w:t xml:space="preserve">BMC Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12863-017-0518-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04686468v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a SNP panel dedicated to parentage assignment in French sheep populations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+                <w:t xml:space="preserve">Variation in Recombination Rate and Its Genetic Determinism in Sheep Populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Julien Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Raoul</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (1), Non paginé. </w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 207 (2), pp.767-784. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12863-017-0518-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1534/genetics.117.300123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605129v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering Adaptation from Sequence Data : Lessons from Genome Resequencing of Four Cattle Breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4548,546 +4548,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Scan for Selection in Structured Layer Chicken Populations Exploiting Linkage Disequilibrium Information</w:t>
+                <w:t xml:space="preserve">Combined QTL and selective sweep mappings with coding SNP annotation and cis-eQTL analysis revealed PARK2 and JAG2 as new candidate genes for adiposity regulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmood Gholami</w:t>
+                <w:t xml:space="preserve">Pierre-François Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Reimer</w:t>
+                <w:t xml:space="preserve">Anne Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malena Erbe</w:t>
+                <w:t xml:space="preserve">Brian Parks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rudolf Preisinger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annett Weigend</w:t>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0130497⟩</w:t>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.517-529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/g3.115.016865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631302v1</w:t>
+                <w:t xml:space="preserve">hal-01194040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-scale investigation of response to [i]Eimeria Maxima[/i] challenge in broilers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edin Hamzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edin Hamzic</w:t>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+                <w:t xml:space="preserve">Herve Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve Juin</w:t>
+                <w:t xml:space="preserve">R Hawken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. S. Abrahamsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 93 (4), pp.1830-1840. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas2014-8592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined QTL and selective sweep mappings with coding SNP annotation and cis-eQTL analysis revealed PARK2 and JAG2 as new candidate genes for adiposity regulation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatio-temporal gene expression profiling during in vivo early ovarian folliculogenesis: integrated transcriptomic study and molecular signature of early follicular growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-François Roux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Boitard</w:t>
+                <w:t xml:space="preserve">Philippe Mulsant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Blum</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1534/g3.115.016865⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (November), pp.1-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0141482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194040v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal gene expression profiling during in vivo early ovarian folliculogenesis: integrated transcriptomic study and molecular signature of early follicular growth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome Scan for Selection in Structured Layer Chicken Populations Exploiting Linkage Disequilibrium Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmood Gholami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Reimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Bonnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Malena Erbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Mulsant</w:t>
+                <w:t xml:space="preserve">Rudolf Preisinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Annett Weigend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 5 (November), pp.1-25. </w:t>
+              <w:t xml:space="preserve">, 2015, 10 (7), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0141482⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0130497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02634306v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-wide association study and biological pathway analysis of the Eimeria maxima response in broilers</w:t>
               </w:r>
@@ -5201,2111 +5201,2111 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary origin of Bone Morphogenetic Protein 15 and growth and differentiation factor 9 and differential selective pressure between mono- and polyovulating species</w:t>
+                <w:t xml:space="preserve">Selection signatures in worldwide sheep populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Monestier</w:t>
+                <w:t xml:space="preserve">María Inés Fariello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne Poupon</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Rupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.114.119735⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (8), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0103813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129871v1</w:t>
+                <w:t xml:space="preserve">hal-02640427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An update of the goat genome assembly using dense radiation hybrid maps allows detailed analysis of evolutionary rearrangements in Bovidae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The sheep genome illuminates biology of the rumen and lipid metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoyong Du</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Richard Talbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James E. Womack</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mei Yu</w:t>
+                <w:t xml:space="preserve">Jillian F. Maddox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-625⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 344 (6188), pp.1168-1173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1252806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631615v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A genome-wide association study of production traits in a commercial population of Large White pigs: evidence of haplotypes affecting meat quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Fresard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Leroux</w:t>
+                <w:t xml:space="preserve">Marcel Bouffaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkt1390⟩</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (1), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1297-9686-46-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019569v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection signatures in worldwide sheep populations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary origin of Bone Morphogenetic Protein 15 and growth and differentiation factor 9 and differential selective pressure between mono- and polyovulating species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Monestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bourquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Inés Fariello</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+                <w:t xml:space="preserve">Anne Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (8), pp.1-12. </w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 91 (4), pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0103813⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.114.119735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640427v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome-wide association study of production traits in a commercial population of Large White pigs: evidence of haplotypes affecting meat quality</w:t>
+                <w:t xml:space="preserve">An update of the goat genome assembly using dense radiation hybrid maps allows detailed analysis of evolutionary rearrangements in Bovidae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+                <w:t xml:space="preserve">Xiaoyong Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Tribout</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+                <w:t xml:space="preserve">James E. Womack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Bouffaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Jianhua Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mei Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1297-9686-46-12⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193779v1</w:t>
+                <w:t xml:space="preserve">hal-02631615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sheep genome illuminates biology of the rumen and lipid metabolism</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Min Xie</w:t>
+                <w:t xml:space="preserve">Laure Fresard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenbin Chen</w:t>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Talbot</w:t>
+                <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jillian F. Maddox</w:t>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 344 (6188), pp.1168-1173. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (6), pp.3768-3782. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.1252806⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkt1390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635391v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome-wide association study points out the causal implication of SOX9 in the sex-reversal phenotype in XX pigs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detecting signatures of selection through haplotype differentiation among hierarchically structured populations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Inés Fariello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Rousseau Rousseau</w:t>
+                <w:t xml:space="preserve">Hugo Naya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie N. Iannuccelli</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0079882⟩</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 193 (3), pp.929-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/genetics.112.147231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004777v1</w:t>
+                <w:t xml:space="preserve">hal-00842696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of maize to temperate climates: mid-density genome-wide association genetics and diversity patterns reveal key genomic regions, with a major contribution of the Vgt2 (ZCN8) locus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine D. Madur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie V. Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (8), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0071377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02652500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequencing and automated whole-genome optical mapping of the genome of a domestic goat (Capra hircus)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A genome-wide association study points out the causal implication of SOX9 in the sex-reversal phenotype in XX pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Rousseau Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jose Mercat-Gernigon Mercat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Dong</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yu Jiang</w:t>
+                <w:t xml:space="preserve">Claire Naylies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nianqing Xiao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xiaoyong Du</w:t>
+                <w:t xml:space="preserve">Jean-Claude J.-C. Thouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 31 (2), pp.135-141. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (11), pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nbt.2478⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0079882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02651460v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting signatures of selection through haplotype differentiation among hierarchically structured populations.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sequencing and automated whole-genome optical mapping of the genome of a domestic goat (Capra hircus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Naya</w:t>
+                <w:t xml:space="preserve">Yang Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali San Cristobal</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nianqing Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyong Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 193 (3), pp.929-41. </w:t>
+              <w:t xml:space="preserve">Nature Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 31 (2), pp.135-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1534/genetics.112.147231⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nbt.2478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00842696v1</w:t>
+                <w:t xml:space="preserve">hal-02651460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine mapping of complex traits in non-model species: using next generation sequencing and advanced intercross lines in Japanese quail</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genome-wide analysis of the world’s sheep breeds reveals high levels of historic mixture and strong recent selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+                <w:t xml:space="preserve">James W. Kijas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes A. Lenstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laercio R. Porto Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-551⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10, online (2), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129669v1</w:t>
+                <w:t xml:space="preserve">hal-02652546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses of pig genomes provide insight into porcine demography and evolution</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christopher K. Tuggle</w:t>
+                <w:t xml:space="preserve">High-resolution autosomal radiation hybrid maps of the pig genome and their contribution to the genome sequence assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasuhiro Takeuchi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Zelenika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature11622⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, online (november), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00880676v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high density recombination map of the pig reveals a correlation between sex-specific recombination and GC content</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyses of pig genomes provide insight into porcine demography and evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Milan</w:t>
+                <w:t xml:space="preserve">Martien A. M. Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan L. Archibald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirohide Uenishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher K. Tuggle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhiro Takeuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-586⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 491 (7426), pp.393-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature11622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646895v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00880676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution autosomal radiation hybrid maps of the pig genome and their contribution to the genome sequence assembly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine mapping of complex traits in non-model species: using next generation sequencing and advanced intercross lines in Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fresard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 13, online (november), Non paginé. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-585⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 13, online (october), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644217v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide analysis of the world’s sheep breeds reveals high levels of historic mixture and strong recent selection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ben Hayes</w:t>
+                <w:t xml:space="preserve">A high density recombination map of the pig reveals a correlation between sex-specific recombination and GC content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+                <w:t xml:space="preserve">Laurent Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laercio R. Porto Neto</w:t>
+                <w:t xml:space="preserve">Hendrik-Jan Megens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 10, online (2), Non paginé. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, online (november), Non paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02652546v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A locally congenic backcross design in pig: a new regional fine QTL mapping approach miming congenic strains used in mouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Riquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12, online (january), pp.1-9. </w:t>
@@ -7337,265 +7337,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting selection in population trees: the Lewontin and Krakauer test extended.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical confidence measures for genome maps: application to the validation of genome assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Bonhomme</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon de Givry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1534/genetics.104.117275⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (24), pp.3035-3042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btq598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00842515v1</w:t>
+                <w:t xml:space="preserve">hal-02665786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical confidence measures for genome maps: application to the validation of genome assemblies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detecting selection in population trees: the Lewontin and Krakauer test extended.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chevalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon de Givry</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jihad Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 26 (24), pp.3035-3042. </w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 186 (1), pp.241-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btq598⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1534/genetics.104.117275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665786v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00842515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic variability and linkage disequilibrium patterns in the bovine DNAJA1 gene</w:t>
               </w:r>
@@ -7727,103 +7727,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting Selection in Population Trees: The Lewontin and Krakauer Test Extended</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude C. Chevalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihad Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 186 (1), pp.241-262. </w:t>
@@ -7861,64 +7861,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Radiation Hybrids to Genome Mapping in Domestic Animals.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon de Givry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8634,302 +8634,302 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SelNeTime: a python package inferring effective population size and selection intensity from genomic time series data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tabatha Bulach</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Uhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Navascués</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493727v1</w:t>
+                <w:t xml:space="preserve">hal-04784414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SelNeTime: a python package inferring effective population size and selection intensity from genomic time series data</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabatha Bulach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Uhl</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-04784414v1</w:t>
+                <w:t xml:space="preserve">hal-04493727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex-differences in the genetic architecture of individual recombination rates in wild house sparrows ( Passer domesticus )</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mcauley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingerid Hagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8977,103 +8977,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discovering genomic regions associated with the phenotypic differentiation of European local pig breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klavdija Poklukar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Škrlep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjeta Čandek-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Ovilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -9089,132 +9089,149 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04186069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of recombination landscapes in diverging populations of bread wheat</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Complex population structure and haplotype patterns in Western Europe honey bee from sequencing a large panel of haploid drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03244446v1</w:t>
+                <w:t xml:space="preserve">hal-03482707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple adaptive solutions to face climatic constraints: novel insights in the debate over the role of convergence in local adaptation</w:t>
               </w:r>
@@ -9226,51 +9243,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badr Benjelloun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Leempoel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Stucki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9312,507 +9329,490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04186277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From group to individual - Genotyping by pool sequencing eusocial colonies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of recombination landscapes in diverging populations of bread wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Danguy Des Déserts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03482633v1</w:t>
+                <w:t xml:space="preserve">hal-03244446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex population structure and haplotype patterns in Western Europe honey bee from sequencing a large panel of haploid drones</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Wragg</w:t>
+                <w:t xml:space="preserve">From group to individual - Genotyping by pool sequencing eusocial colonies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia E Eynard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Decourtye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03482707v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in recombination rate and its genetic determinism in sheep ( Ovis Aries ) populations from combining multiple genome-wide datasets</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Fabre</w:t>
+                <w:t xml:space="preserve">High density genome scan for selection signatures in French sheep reveals allelic heterogeneity and introgression at adaptive loci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Marie Rochus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Restoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2017</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02936802v1</w:t>
+                <w:t xml:space="preserve">hal-04746565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High density genome scan for selection signatures in French sheep reveals allelic heterogeneity and introgression at adaptive loci</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Variation in recombination rate and its genetic determinism in sheep ( Ovis Aries ) populations from combining multiple genome-wide datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Marie Rochus</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-04746565v1</w:t>
+                <w:t xml:space="preserve">hal-02936802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10079,77 +10079,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">compareHMM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10180,51 +10180,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hapflk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10247,4832 +10247,4806 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02803185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (64)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (66)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring demography and selection from genomic time series data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Bunel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Uhl</w:t>
+                <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel de Navascués</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire TIMe-ID</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Online, France</w:t>
+              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, france génomique; greenomics, Feb 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05107536v1</w:t>
+                <w:t xml:space="preserve">hal-05538015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving genomic prediction by integrating population and quantitative genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Tourrette</w:t>
+                <w:t xml:space="preserve">Epigenetic time series analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du réseau R2D2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Epiphase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05364900v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bayesian approach to characterize the distribution of adaptive effects from multiple population data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucy Peters</w:t>
+                <w:t xml:space="preserve">Inferring demography and selection from genomic time series data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Uhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel de Navascués</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PopGroup 57</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of St-Andrews, Jan 2024, St-Andrews (Écosse), United Kingdom</w:t>
+              <w:t xml:space="preserve">Webinaire TIMe-ID</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006397v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05107536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint distribution of adaptive and quantitative effects of QTLs affecting a complex trait under selection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId385" w:history="1">
+                <w:t xml:space="preserve">Improving genomic prediction by integrating population and quantitative genetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Tourrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du réseau R2D2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05364891v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time monitoring of genetic diversity in animal populations: the RAGEMO project</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Palhiere</w:t>
+                <w:t xml:space="preserve">A Bayesian approach to characterize the distribution of adaptive effects from multiple population data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwendal Restoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.383</w:t>
+              <w:t xml:space="preserve">PopGroup 57</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of St-Andrews, Jan 2024, St-Andrews (Écosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04199749v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genotyping a thousand animals using low coverage sequencing and imputation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joint distribution of adaptive and quantitative effects of QTLs affecting a complex trait under selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+                <w:t xml:space="preserve">Elise Tourrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genotoul biostat bioinfo day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Genotoul, Nov 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Séminaire du réseau R2D2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04669286v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genotyping By Pool Sequencing Eusocial Colonies and Its Applications to Honeybee</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kamila Tabet</w:t>
+                <w:t xml:space="preserve">Genotyping a thousand animals using low coverage sequencing and imputation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cervin Guyomar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIIII Plant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, San Diego, France</w:t>
+              <w:t xml:space="preserve">Genotoul biostat bioinfo day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Genotoul, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473343v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of recombination landscapes in diverging populations of bread wheat</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+                <w:t xml:space="preserve">Real-time monitoring of genetic diversity in animal populations: the RAGEMO project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Palhiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Restoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWGSC (International Wheat Genome Sequencing Consortium )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Webinar, France</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.383</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04353824v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex differences in recombination maps are associated with differential hotspot usage in sheep</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Hazard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
+                <w:t xml:space="preserve">A. Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Agez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. pp.861-864, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04065264v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY ON VARROA RESISTANCE TRAITS IN FRENCH HONEYBEE POPULATIONS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tabatha Bulach</w:t>
+                <w:t xml:space="preserve">Sex differences in recombination maps are associated with differential hotspot usage in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héléna Vassilief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Id Bella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. pp.861-864, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855289v1</w:t>
+                <w:t xml:space="preserve">hal-04065264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of the honey bee centromeres: regions with tandem repeats high at content and low recombination rates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY ON VARROA RESISTANCE TRAITS IN FRENCH HONEYBEE POPULATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E. Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia E Eynard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855207v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi génomique des origines raciales lors de la création d'une lignée synthétique porcine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Ganteil</w:t>
+                <w:t xml:space="preserve">Evolution of recombination landscapes in diverging populations of bread wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Danguy Des Deserts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54ème Journées de la recherche porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">IWGSC (International Wheat Genome Sequencing Consortium )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Webinar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552040v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genotyping By Pool Sequencing Eusocial Colonies and Its Applications to Honeybee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia E Eynard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tabatha Bulach</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t>
+              <w:t xml:space="preserve">XXVIIII Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, San Diego, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05208134v1</w:t>
+                <w:t xml:space="preserve">hal-04473343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">In search of the honey bee centromeres: regions with tandem repeats high at content and low recombination rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859236v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical models for the genetic characterisation of honeybee colonies from whole genome pool sequencing data.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+                <w:t xml:space="preserve">Suivi génomique des origines raciales lors de la création d'une lignée synthétique porcine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Ganteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Garcia-Baccino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ligonesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PopGroup 54</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
+              <w:t xml:space="preserve">54ème Journées de la recherche porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473366v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European Honeybee Subspecies Genomes at the Individual and Population Levels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cecilia Costa</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, San Diego, United States</w:t>
+              <w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938071v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Imputation of Queen Genotype from Pool Sequencing of Workers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Statistical models for the genetic characterisation of honeybee colonies from whole genome pool sequencing data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, San Diego, United States</w:t>
+              <w:t xml:space="preserve">PopGroup 54</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938108v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMARTER EU project: SMAll RuminanTs breeding for efficiency and resilience</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.J. Arranz</w:t>
+                <w:t xml:space="preserve">Statistical Imputation of Queen Genotype from Pool Sequencing of Workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Astruc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Byrne</w:t>
+                <w:t xml:space="preserve">Lucie Genestout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71st Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Virtual, Portugal</w:t>
+              <w:t xml:space="preserve">PLant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03292977v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inference of selection from genetic time series using various parametric approximations to the Wright-Fisher model</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">European Honeybee Subspecies Genomes at the Individual and Population Levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaspar Bienefeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop ’Evolutionary genomics and life history traits’, labex CeMeb</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921834v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+                <w:t xml:space="preserve">SMARTER EU project: SMAll RuminanTs breeding for efficiency and resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Arranz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Byrne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">71st Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Virtual, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02789560v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03292977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sonia Eynard</w:t>
+                <w:t xml:space="preserve">Inference of selection from genetic time series using various parametric approximations to the Wright-Fisher model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">Workshop ’Evolutionary genomics and life history traits’, labex CeMeb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788639v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INRA in TREASURE project. Activities and results</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TREASURE congerence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790935v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation of selection signatures in the bovine breed Asturiana de Valles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Boitard</w:t>
+                <w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Poquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Ghent, Belgium. 717 p</w:t>
+              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735190v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annotation of selection signatures in the bovine breed Asturiana de Valles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Sevane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Dunner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apimondia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">70. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Ghent, Belgium. 717 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796454v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The analysis of sheep and goat genomes reveals new biological mechanisms explaining the variation of Mendelian and complex phenotypes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
+                <w:t xml:space="preserve">INRA in TREASURE project. Activities and results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire mensuel (CRAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">TREASURE congerence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785242v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting genomic data of autochthonous pig breeds: conservation genetics comes of age</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Schiavo</w:t>
+                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bovo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Geraci</w:t>
+                <w:t xml:space="preserve">Kamila Canale Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
+              <w:t xml:space="preserve">Apimondia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735401v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures génomiques de l'histoire évolutive des races caprines françaises</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Marande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735092v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">BeeStrong: towards a genomic tool for the selection of Varroa resistant honey bees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Poquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785743v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BeeStrong: towards a genomic tool for the selection of Varroa resistant honey bees</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sonia Eynard</w:t>
+                <w:t xml:space="preserve">Exploiting genomic data of autochthonous pig breeds: conservation genetics comes of age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Fontanesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Schiavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ribani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786490v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining the resistance to Varroa destructor in the French honey bee population with VSH, SMR and colony dynamic data</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Signatures génomiques de l'histoire évolutive des races caprines françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Oget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Palhiere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785764v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of recombination rate in Lacaune sheep informs its evolution in Soay sheep</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The analysis of sheep and goat genomes reveals new biological mechanisms explaining the variation of Mendelian and complex phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Petit</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVI Gordon Research Conference : Quantitative Genetics &amp; Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Huston, United States</w:t>
+              <w:t xml:space="preserve">Séminaire mensuel (CRAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605198v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights on the genetic determinism and evolution of recombination rates in Sheep</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Explaining the resistance to Varroa destructor in the French honey bee population with VSH, SMR and colony dynamic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia. 513 p</w:t>
+              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736538v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EIF2S2 Retroposition into IRF2BP2 Underlies Fleece Variation in Sheep through the Formation of a Long Endogenous Double-Stranded RNA</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Fabre</w:t>
+                <w:t xml:space="preserve">Study of recombination rate in Lacaune sheep informs its evolution in Soay sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genomes Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, San Diego, United States</w:t>
+              <w:t xml:space="preserve">XVI Gordon Research Conference : Quantitative Genetics &amp; Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Huston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785197v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High density genome scan for selection in French sheep</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+                <w:t xml:space="preserve">Insights on the genetic determinism and evolution of recombination rates in Sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+                <w:t xml:space="preserve">Julien Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV. Plant and Animal Genome Conference (PAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, San Diego, United States</w:t>
+              <w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia. 513 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02792842v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finse-scale recombination maps in the Sheep</w:t>
+                <w:t xml:space="preserve">EIF2S2 Retroposition into IRF2BP2 Underlies Fleece Variation in Sheep through the Formation of a Long Endogenous Double-Stranded RNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Petit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarita Cano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV PAG - Plant and Animal Genome Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, San Diego, United States</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genomes Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603580v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling demography and selection effects of cattle domestication - new insights from the 1000 bull genomes project</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marlies Dolezal</w:t>
+                <w:t xml:space="preserve">Finse-scale recombination maps in the Sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the Society for Molecular Biology and Evolution (SMBE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">XXIV PAG - Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02796438v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide association study for response to [i]Eimeria maxima[/i] challenge in broilers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High density genome scan for selection in French sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Rochus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, San Diego, United States</w:t>
+              <w:t xml:space="preserve">XXIV. Plant and Animal Genome Conference (PAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01194130v1</w:t>
+                <w:t xml:space="preserve">hal-02792842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine-scale recombination maps in the Sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV Gordon meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Pise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le séquençage du génome du porc : apport des nouvelles technologies de séquençage à la génomique et la génétique porcine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disentangling demography and selection effects of cattle domestication - new insights from the 1000 bull genomes project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlies Dolezal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Gaillard</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jared Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the Society for Molecular Biology and Evolution (SMBE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604152v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting selection signatures from population differentiation: results from the sheephapmap and the 1000 bull genomes datasets</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+                <w:t xml:space="preserve">Genome-wide association study for response to [i]Eimeria maxima[/i] challenge in broilers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edin Hamzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien A. Capitan</w:t>
+                <w:t xml:space="preserve">Rachel J Hawken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12.Plant and Animal Genome (PAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, San Diego, United States</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02795900v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Fresard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. International Plant and Animal Genome (PAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, San Diego, United States</w:t>
@@ -15101,64 +15075,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Genetics Mapping, Selective Sweeps, Genome Re-Requencing and Allele Specific Expression Reveals Several Serious Causative Genes for QTL Regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-François Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15220,2572 +15194,2818 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection through haplotype differentiation in structured populations</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le séquençage du génome du porc : apport des nouvelles technologies de séquençage à la génomique et la génétique porcine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Riquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical and Computational Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
+              <w:t xml:space="preserve">46. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02803582v1</w:t>
+                <w:t xml:space="preserve">hal-01604152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting selection through haplotype differentiation in structured populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId296" w:history="1">
+                <w:t xml:space="preserve">Detecting selection signatures from population differentiation: results from the sheephapmap and the 1000 bull genomes datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali San Cristobal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien A. Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Conference on quantitative genetics and genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Galveston - Texas, United States</w:t>
+              <w:t xml:space="preserve">12.Plant and Animal Genome (PAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02809529v1</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting selection from differentiation between populations: the FLK and hapFLK approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId296" w:history="1">
+                <w:t xml:space="preserve">Selection through haplotype differentiation in structured populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Software and statistical methods for population genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Aussois, France</w:t>
+              <w:t xml:space="preserve">Mathematical and Computational Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804684v1</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using haplotype based differentiation tests for detecting soft and incomplete sweeps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId296" w:history="1">
+                <w:t xml:space="preserve">Detecting selection through haplotype differentiation in structured populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Naja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mind The Gap 5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Gordon Conference on quantitative genetics and genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Galveston - Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804219v1</w:t>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02809529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie fine de régions QTL à l’aide de la puce PorcineSNP60 pour la qualité de la viande en race Large White</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marcel Bouffaud</w:t>
+                <w:t xml:space="preserve">Detecting selection from differentiation between populations: the FLK and hapFLK approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude C. Chevalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Sciences du muscle et technologie de la viansde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Caen, France</w:t>
+              <w:t xml:space="preserve">Software and statistical methods for population genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190243v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine mapping of production and meat quality QTL in Large White pigs using the PorcineSNP60 Beadchip</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Tribout</w:t>
+                <w:t xml:space="preserve">Using haplotype based differentiation tests for detecting soft and incomplete sweeps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Inès M. I. Fariello Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie N. Iannuccelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marcel M. Bouffaud</w:t>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Bratislava, Slovakia</w:t>
+              <w:t xml:space="preserve">Mind The Gap 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745652v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fine genetic analysis of congenital diseases in pig</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId255" w:history="1">
+                <w:t xml:space="preserve">Fine mapping of production and meat quality QTL in Large White pigs using the PorcineSNP60 Beadchip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel M. Bouffaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. ISAG Conference of the International Society for Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">EAAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Bratislava, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744795v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and phenotypic fine characterizations of French porcine reference populations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Liaubet</w:t>
+                <w:t xml:space="preserve">Cartographie fine de régions QTL à l’aide de la puce PorcineSNP60 pour la qualité de la viande en race Large White</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Bouffaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia. pp.1</w:t>
+              <w:t xml:space="preserve">Journées des Sciences du muscle et technologie de la viansde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019125v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de causes génétiques des anomalies congénitales majeures chez le porc</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A fine genetic analysis of congenital diseases in pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Rousseau Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Riquet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Journées Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Paris, France. pp.7-12</w:t>
+              <w:t xml:space="preserve">33. ISAG Conference of the International Society for Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190211v1</w:t>
+                <w:t xml:space="preserve">hal-02744795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité et biologie intégrative : des pistes à explorer pour combler le gap entre diversité génétique et diversité phénotypique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId271" w:history="1">
+                <w:t xml:space="preserve">Genetic and phenotypic fine characterizations of French porcine reference populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali San Cristobal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marcel M. Bouffaud</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
+                <w:t xml:space="preserve">Maria Inès Fariello Rico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonor L. Chaltiel</w:t>
+                <w:t xml:space="preserve">Laurence Liaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLLOQUE FRB : Les Ressources Génétiques (RG) face aux nouveaux enjeux environnementaux, économiques et sociétaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Montpellier, France</w:t>
+              <w:t xml:space="preserve">ISAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000087v1</w:t>
+                <w:t xml:space="preserve">hal-01019125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting non-additive effects in genomic selection: a quadratic quantitative genetics approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude C. Chevalet</w:t>
+                <w:t xml:space="preserve">Recherche de causes génétiques des anomalies congénitales majeures chez le porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐josé Mercat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Leipzig, Germany. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">43. Journées Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Paris, France. pp.7-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02818213v1</w:t>
+                <w:t xml:space="preserve">hal-01190211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNP selection using sparse PLS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId296" w:history="1">
+                <w:t xml:space="preserve">Diversité et biologie intégrative : des pistes à explorer pour combler le gap entre diversité génétique et diversité phénotypique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel M. Bouffaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonor L. Chaltiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t>
+              <w:t xml:space="preserve">COLLOQUE FRB : Les Ressources Génétiques (RG) face aux nouveaux enjeux environnementaux, économiques et sociétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755189v1</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling RH maps uncertainty and application to the validation of whole genome assemblies.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detecting selection in population trees: an extension of the Lewontin and Krakauer test with an application to pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude C. Chevalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihad Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th World Congress on Genetics Applied to Livestock Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Leipzig, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02813656v1</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02812781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting selection in population trees: an extension of the Lewontin and Krakauer test with an application to pig</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claude C. Chevalet</w:t>
+                <w:t xml:space="preserve">SNP selection using sparse PLS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Sansas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, Leipzig, Germany</w:t>
+              <w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02812781v1</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation dune puce 60 000 SNP pour cartographier finement des QTL affectant des caractères de production, de résistance aux maladies et de comportement chez les ovins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+                <w:t xml:space="preserve">Exploiting non-additive effects in genomic selection: a quadratic quantitative genetics approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude C. Chevalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Leipzig, Germany. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755058v1</w:t>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02818213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of genome-wide methods for the detection of selection in subdivided populations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling RH maps uncertainty and application to the validation of whole genome assemblies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude C. Chevalet</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Givry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Congress of the European Society of Evolutionnary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Society of Evolutionnary Biology (ESEB). INT., Aug 2009, Turino, Italy</w:t>
+              <w:t xml:space="preserve">9th World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Leipzig, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02819487v1</w:t>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02813656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser l'incertitude des cartes d'hybrides irradiés : application à la validation d'assemblage de génomes complets.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation dune puce 60 000 SNP pour cartographier finement des QTL affectant des caractères de production, de résistance aux maladies et de comportement chez les ovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Rupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
+              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754669v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du projet ANR 2008 SheepSNPQTL : utilisation de la puce 60 000 SNP pour la cartographie fine de QTL chez les ovins.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of genome-wide methods for the detection of selection in subdivided populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude C. Chevalet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Lacanau, France</w:t>
+              <w:t xml:space="preserve">12. Congress of the European Society of Evolutionnary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Society of Evolutionnary Biology (ESEB). INT., Aug 2009, Turino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02813290v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de populations à partir de l'analyse de régions chromosomiques potentiellement sélectionnées en comparaison à la diversité neutre : étude conjointe de lignées expérimentales de poules et des quatres sous-populations ovines de race Lacaune</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modéliser l'incertitude des cartes d'hybrides irradiés : application à la validation d'assemblage de génomes complets.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Givry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Colloque National - Les Ressources Génétiques à l'heure des Génomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755974v1</w:t>
+                <w:t xml:space="preserve">hal-02754669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient multipoint analysis of assocation studies.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Présentation du projet ANR 2008 SheepSNPQTL : utilisation de la puce 60 000 SNP pour la cartographie fine de QTL chez les ovins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Legarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Robelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Rupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Society of Human Genetics 55th Annual Meeting, 9-13 october 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, New-Orleans, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Lacanau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02813898v1</w:t>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02813290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Results of three cycles of marker-assisted backcross in pepper for resistance QTLs to Phytophthora capsici</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de populations à partir de l'analyse de régions chromosomiques potentiellement sélectionnées en comparaison à la diversité neutre : étude conjointe de lignées expérimentales de poules et des quatres sous-populations ovines de race Lacaune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Palhiere Palhière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Loywyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Patrick Signoret</w:t>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Amigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. EUCARPIA Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2004, Noordwijk, Netherlands</w:t>
+              <w:t xml:space="preserve">7. Colloque National - Les Ressources Génétiques à l'heure des Génomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760351v1</w:t>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Efficient multipoint analysis of assocation studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Scheet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stephens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The American Society of Human Genetics 55th Annual Meeting, 9-13 october 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, New-Orleans, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02813898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Results of three cycles of marker-assisted backcross in pepper for resistance QTLs to Phytophthora capsici</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Thabuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Daubèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12. EUCARPIA Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2004, Noordwijk, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introgression de gènes ou de QTL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Département de Génétique Animale INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2001, Batz-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId513"/>
+      <w:footerReference w:type="default" r:id="rId518"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17932,51 +18152,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Erven" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Etourneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Neupane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Bardou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321864v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-01001-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681764v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mcauley" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish Burnett" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Brekke" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Peters" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae179" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05006094v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Cozzi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Manunza" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ramirez-Diaz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Tsartsianidou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Gkagkavouzis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46471/gigabyte.139" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329951v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klavdija Poklukar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mestre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#352;krlep" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjeta &#268;andek-Potokar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Ovilo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00858-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214520v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Danguy Des Deserts" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Goudemand-Dugu&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Alliot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkad195" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740011v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mary" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Petit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13432" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540810v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guichard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dainat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eynard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13150" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807491v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wragg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13665" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855231v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale&#8208;tabet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13685" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357162v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Paris" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sevane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bazi-Kabbaj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.575405" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421679v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Serranito" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cavalazzi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Vidal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Taurisson-Mouret" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ciani" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00682-z" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03591256v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Ouhrouch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne da Silva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.723599" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973085v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rouvellac" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serranito Bruno" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290674v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Danguy Des D&#233;serts" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evab152" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482640v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159732v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beguin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/zna6-4g12" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933234v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Parejo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Meixner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Costa" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Kryger" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11090595" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937567v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11080492" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624348v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oget" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12752" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624801v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.119.400778" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628780v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniek C. Bouwman" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans D. Daetwyler" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda J. Chamberlain" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Hurtado Ponce" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Sargolzaei" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0056-5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405277v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bertolini" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Talenti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rochat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eui Soo Kim" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0421-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626935v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Rochus" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4447-x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405280v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Milanesi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minhui Chen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0422-x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01875703v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alberto" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Orozco-Terwengel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Streeter" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03206-y" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624341v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Petit" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.300123" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608205v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx114" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686468v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Darrier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rimbert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pingault" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.116.196014" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605129v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raoul" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-017-0518-2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533825v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.115.181594" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631302v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmood Gholami" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reimer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malena Erbe" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Preisinger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Weigend" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0130497" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194093v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edin Hamzic" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hawken" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Abrahamsen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2014-8592" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194040v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blum" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Parks" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.115.016865" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634306v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulsant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0141482" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341325v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edin Hamzi&#263;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Buitenhuis" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Hawken" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchel S. Abrahamsen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-015-0170-0" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129871v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monestier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourquard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poupon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.119735" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631615v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyong Du" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E. Womack" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua Cao" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei Yu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-625" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019569v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fresard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1390" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640427v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a In&#233;s Fariello" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0103813" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193779v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bouffaud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-46-12" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635391v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Jiang" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Xie" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Chen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Talbot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian F. Maddox" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1252806" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004777v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rousseau Rousseau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Iannuccelli" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Mercat-Gernigon Mercat" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naylies" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude J.-C. Thouly" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079882" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652500v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Madur" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie V. Combes" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071377" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651460v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Dong" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nianqing Xiao" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.2478" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842696v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naya" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.112.147231" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129669v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-551" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00880676v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martien A. M. Groenen" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan L. Archibald" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Uenishi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher K. Tuggle" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Takeuchi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11622" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646895v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frantz" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik-Jan Megens" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-586" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644217v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zelenika" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-585" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652546v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W. Kijas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes A. Lenstra" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Hayes" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laercio R. Porto Neto" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001258" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000531v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-12-6" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842515v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonhomme" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevalet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Abdallah" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.104.117275" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665786v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq598" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193442v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marty" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Amigues" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-009-9228-y" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DCCAFBB9596FDB27FC18C093D35B90E6F0999643/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655907v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Chevalet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.110.117275" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00442389v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Morisson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000245904" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01655676v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Amadou" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Glew" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bontemps" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.076448.108" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662573v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stephens" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030114" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671845v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thabuis" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Daub&#232;ze" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Signoret" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009229v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier C. Martin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M&#233;zard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hospital" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.103.023358" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675933v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecomte" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duffe" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Buret" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Hospital" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-004-1674-0" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D01F7377A2F2ABA32D176043AE61D3EB55016F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784414v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Uhl" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Navascu&#233;s" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186240v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingerid Hagen" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Niskanen" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186069v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03244446v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186277v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Benjelloun" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leempoel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Stucki" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482633v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482707v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936802v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746565v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Marie Rochus" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02960389v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783986v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7aa8d101fc190372b80e1b64536966a609b5f48d;origin=https://pypi.org/project/yappgen/;visit=swh:1:snp:c44498b9837567c7e78240b4ac5ff5a6f80ce640;anchor=swh:1:rel:6febb8168136ee26a864e30b9f8f0a025fb5acd2" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877682v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:19771d312143bd56d9bafaf23abe66e26bf5216d;origin=https://github.com/cguyomar/PARSEC;visit=swh:1:snp:9ab8a5f497792a7fb635122df8ee1033dece5193;anchor=swh:1:rev:c4a9a0f518e2892904628e80222657fc6612f1f8" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920484v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803185v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria In&#232;s M. I. Fariello Rico" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05107536v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bunel" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de Navascu&#233;s" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364900v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tourrette" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05006397v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364891v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199749v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Danchin-Burge" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669286v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473343v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabet" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04353824v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04065264v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Vassilief" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Id Bella" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_202" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855289v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552040v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ganteil" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cousin" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Garcia-Baccino" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ligonesche" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938071v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938108v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Genestout" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03292977v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Arranz" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berry" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Byrne" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02921834v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790935v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Faure" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735190v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Dunner" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796454v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale Tabet" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785242v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735401v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Fontanesi" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schiavo" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bovo" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ribani" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Geraci" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735092v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785743v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786490v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785764v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605198v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736538v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785197v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792842v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603580v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796438v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlies Dolezal" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fischer" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Decker" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194130v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel J Hawken" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602175v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604152v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795900v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien A. Capitan" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193927v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193794v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803582v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809529v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naja" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804684v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804219v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190243v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745652v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel M. Bouffaud" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744795v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019125v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria In&#232;s Fariello Rico" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190211v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;jos&#233; Mercat" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000087v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor L. Chaltiel" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818213v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755189v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sansas" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813656v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Givry" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812781v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755058v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819487v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754669v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813290v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robelin" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755974v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere Palhi&#232;re" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Loywyck" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813898v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scheet" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stephens" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760351v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759533v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moreau" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393593v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Erven" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Etourneau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Neupane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Bardou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf181" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321864v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-01001-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05006094v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Cozzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Manunza" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ramirez-Diaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Tsartsianidou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Gkagkavouzis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46471/gigabyte.139" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681764v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mcauley" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish Burnett" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Brekke" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Peters" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae179" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214520v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Danguy Des Deserts" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Goudemand-Dugu&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Alliot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkad195" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329951v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klavdija Poklukar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mestre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#352;krlep" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjeta &#268;andek-Potokar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Ovilo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00858-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855231v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale&#8208;tabet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13685" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540810v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guichard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dainat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eynard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13150" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740011v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mary" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13432" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807491v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wragg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13665" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159732v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beguin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/zna6-4g12" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357162v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Paris" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sevane" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bazi-Kabbaj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.575405" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421679v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Serranito" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cavalazzi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Vidal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Taurisson-Mouret" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ciani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00682-z" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973085v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rouvellac" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serranito Bruno" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03591256v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Ouhrouch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne da Silva" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.723599" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290674v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Danguy Des D&#233;serts" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evab152" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482640v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933234v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Parejo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Meixner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Costa" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Kryger" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11090595" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937567v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11080492" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624348v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oget" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12752" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624801v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.119.400778" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626935v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Rochus" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4447-x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405280v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Milanesi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Talenti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bertolini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minhui Chen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0422-x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405277v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rochat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eui Soo Kim" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0421-y" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628780v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniek C. Bouwman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans D. Daetwyler" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda J. Chamberlain" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Hurtado Ponce" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Sargolzaei" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0056-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01875703v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alberto" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Orozco-Terwengel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Streeter" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03206-y" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608205v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx114" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686468v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Darrier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rimbert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pingault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.116.196014" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605129v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raoul" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-017-0518-2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624341v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Petit" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.300123" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533825v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.115.181594" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194040v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blum" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Parks" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.115.016865" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194093v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edin Hamzic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hawken" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Abrahamsen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2014-8592" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634306v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulsant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0141482" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631302v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmood Gholami" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reimer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malena Erbe" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Preisinger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Weigend" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0130497" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341325v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edin Hamzi&#263;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Buitenhuis" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Hawken" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchel S. Abrahamsen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-015-0170-0" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640427v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a In&#233;s Fariello" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0103813" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635391v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Jiang" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Xie" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Chen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Talbot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian F. Maddox" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1252806" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193779v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bouffaud" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-46-12" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129871v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monestier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourquard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poupon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.119735" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631615v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyong Du" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E. Womack" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua Cao" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei Yu" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-625" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019569v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fresard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1390" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842696v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naya" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.112.147231" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652500v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Madur" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie V. Combes" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071377" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004777v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rousseau Rousseau" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Iannuccelli" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Mercat-Gernigon Mercat" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naylies" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude J.-C. Thouly" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079882" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651460v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Dong" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nianqing Xiao" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.2478" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652546v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W. Kijas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes A. Lenstra" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Hayes" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laercio R. Porto Neto" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001258" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644217v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zelenika" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-585" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00880676v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martien A. M. Groenen" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan L. Archibald" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Uenishi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher K. Tuggle" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Takeuchi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11622" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129669v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-551" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646895v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frantz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik-Jan Megens" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-586" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000531v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-12-6" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665786v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq598" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842515v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonhomme" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevalet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Abdallah" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.104.117275" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193442v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marty" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Amigues" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-009-9228-y" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DCCAFBB9596FDB27FC18C093D35B90E6F0999643/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655907v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Chevalet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.110.117275" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00442389v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Morisson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000245904" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01655676v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Amadou" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Glew" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bontemps" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.076448.108" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662573v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stephens" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030114" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671845v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thabuis" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Daub&#232;ze" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Signoret" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009229v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier C. Martin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M&#233;zard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hospital" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.103.023358" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675933v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecomte" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duffe" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Buret" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Hospital" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-004-1674-0" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D01F7377A2F2ABA32D176043AE61D3EB55016F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784414v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Uhl" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Navascu&#233;s" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186240v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingerid Hagen" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Niskanen" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186069v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482707v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186277v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Benjelloun" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leempoel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Stucki" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03244446v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482633v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746565v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Marie Rochus" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936802v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02960389v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783986v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7aa8d101fc190372b80e1b64536966a609b5f48d;origin=https://pypi.org/project/yappgen/;visit=swh:1:snp:c44498b9837567c7e78240b4ac5ff5a6f80ce640;anchor=swh:1:rel:6febb8168136ee26a864e30b9f8f0a025fb5acd2" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877682v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:19771d312143bd56d9bafaf23abe66e26bf5216d;origin=https://github.com/cguyomar/PARSEC;visit=swh:1:snp:9ab8a5f497792a7fb635122df8ee1033dece5193;anchor=swh:1:rev:c4a9a0f518e2892904628e80222657fc6612f1f8" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920484v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803185v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria In&#232;s M. I. Fariello Rico" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538015v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi-Julien Kowou" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538051v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05107536v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bunel" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de Navascu&#233;s" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364900v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tourrette" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05006397v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364891v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669286v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199749v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Danchin-Burge" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04065264v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Vassilief" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Id Bella" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_202" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855289v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04353824v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473343v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552040v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ganteil" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cousin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Garcia-Baccino" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ligonesche" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938108v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Genestout" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938071v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03292977v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Arranz" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berry" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Byrne" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02921834v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735190v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Dunner" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790935v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Faure" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796454v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale Tabet" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785743v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786490v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735401v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Fontanesi" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schiavo" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bovo" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ribani" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Geraci" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735092v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785242v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785764v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605198v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736538v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785197v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603580v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792842v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602175v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796438v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlies Dolezal" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fischer" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Decker" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194130v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel J Hawken" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193927v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193794v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604152v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795900v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien A. Capitan" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803582v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809529v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naja" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804684v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804219v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745652v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel M. Bouffaud" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190243v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744795v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019125v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria In&#232;s Fariello Rico" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190211v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;jos&#233; Mercat" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000087v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor L. Chaltiel" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812781v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755189v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sansas" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818213v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813656v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Givry" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755058v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819487v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754669v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813290v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robelin" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755974v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere Palhi&#232;re" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Loywyck" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813898v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scheet" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stephens" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760351v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759533v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moreau" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>