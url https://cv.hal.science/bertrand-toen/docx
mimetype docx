--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -776,151 +776,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00022949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The homotopy theory of dg-categories and derived Morita theory</w:t>
+                <w:t xml:space="preserve">Derived Hall Algebras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00022948v1</w:t>
+                <w:t xml:space="preserve">hal-00022952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derived Hall Algebras</w:t>
+                <w:t xml:space="preserve">The homotopy theory of dg-categories and derived Morita theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00022952v1</w:t>
+                <w:t xml:space="preserve">hal-00022948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affine stacks (Champs affines)</w:t>
               </w:r>
@@ -2736,287 +2736,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00772813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descente fidèlement plate pour les n -champs d'Artin.</w:t>
+                <w:t xml:space="preserve">Algèbres simpliciales S 1 -équivariantes, théorie de de Rham et théorèmes HKR multiplicatifs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Vezzosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compositio Mathematica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 147 (05), pp.1382-1412. </w:t>
+              <w:t xml:space="preserve">, 2011, 147 (06), pp.1979-2000. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1112/S0010437X10005245⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1112/S0010437X11005501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772828v1</w:t>
+                <w:t xml:space="preserve">hal-00772821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algèbres simpliciales S 1 -équivariantes, théorie de de Rham et théorèmes HKR multiplicatifs.</w:t>
+                <w:t xml:space="preserve">Descente fidèlement plate pour les n -champs d'Artin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriele Vezzosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compositio Mathematica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 147 (06), pp.1979-2000. </w:t>
+              <w:t xml:space="preserve">, 2011, 147 (05), pp.1382-1412. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1112/S0010437X11005501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1112/S0010437X10005245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772821v1</w:t>
+                <w:t xml:space="preserve">hal-00772828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-dessous de SpecZ</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dénombrabilité des classes d'équivalences dérivées de variétés algébriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Anel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Vaquié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of K-theory </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Algebraic Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 18 (2), pp.257-277</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00627348v1</w:t>
+                <w:t xml:space="preserve">hal-00626861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algebraic and topological aspects of the schematization functor.</w:t>
               </w:r>
@@ -3100,109 +3091,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00772926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dénombrabilité des classes d'équivalences dérivées de variétés algébriques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Anel</w:t>
+                <w:t xml:space="preserve">Au-dessous de SpecZ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Toen</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Vaquié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Algebraic Geometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of K-theory </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3 (3), pp.437-500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/is008004027jkt048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00626861v1</w:t>
+                <w:t xml:space="preserve">hal-00627348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algebraic and topological aspects of the schematization functor</w:t>
               </w:r>
@@ -3418,262 +3418,262 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vaquié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of K-theory </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 3 (03), pp.437-500. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/is008004027jkt048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00772923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schematic homotopy types and non-abelian Hodge theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Katzarkov</w:t>
+                <w:t xml:space="preserve">Homotopical algebraic geometry. II. Geometric stacks and applications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Toen</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Vezzosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compositio Mathematica</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Memoirs of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 193 (902), x+224pp</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00635370v1</w:t>
+                <w:t xml:space="preserve">hal-00772955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homotopical algebraic geometry. II. Geometric stacks and applications.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Schematic homotopy types and non-abelian Hodge theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Katzarkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Pantev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriele Vezzosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Memoirs of the American Mathematical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Compositio Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 144 (3), pp.582-632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/S0010437X07003351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00772955v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00635370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algébrisation des variétés analytiques complexes et catégories dérivées.</w:t>
               </w:r>
@@ -3846,208 +3846,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00772937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anneaux de définition des dg-algèbres propres et lisses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dénombrabilité des classes d'équivalences dérivées de variétés algébriques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Anel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the London Mathematical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 40 (4), pp.642-650. </w:t>
+              <w:t xml:space="preserve">Journal of Algebraic Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18, pp.257-277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1112/blms/bdn043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1090/S1056-3911-08-00487-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00635503v1</w:t>
+                <w:t xml:space="preserve">hal-00772932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dénombrabilité des classes d'équivalences dérivées de variétés algébriques.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anneaux de définition des dg-algèbres propres et lisses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Algebraic Geometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin of the London Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 40 (4), pp.642-650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/blms/bdn043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/S1056-3911-08-00487-6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00772932v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00635503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moduli of objects in dg-categories</w:t>
               </w:r>
@@ -4118,312 +4118,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00635940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moduli of objects in dg-categories.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Schematic homotopy types and non-abelian Hodge theory.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmil Katzarkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Pantev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Vaquié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Scientifiques de l'École Normale Supérieure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ansens.2007.05.001⟩</w:t>
+              <w:t xml:space="preserve">Compositio Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 144 (3), pp.582-632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/S0010437X07003351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772959v1</w:t>
+                <w:t xml:space="preserve">hal-00772950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anneaux de définition des dg-algèbres propres et lisses.</w:t>
+                <w:t xml:space="preserve">Moduli of objects in dg-categories.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Vaquié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the London Mathematical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1112/blms/bdn043⟩</w:t>
+              <w:t xml:space="preserve">Annales Scientifiques de l'École Normale Supérieure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 40 (3), pp.387-444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ansens.2007.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772942v1</w:t>
+                <w:t xml:space="preserve">hal-00772959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schematic homotopy types and non-abelian Hodge theory.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anneaux de définition des dg-algèbres propres et lisses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compositio Mathematica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1112/S0010437X07003351⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of the London Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 40 (4), pp.642-650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/blms/bdn043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772950v1</w:t>
+                <w:t xml:space="preserve">hal-00772942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The homotopy theory of dg-categories and derived Morita theory</w:t>
               </w:r>
@@ -4727,187 +4727,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00772977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an axiomatization of the theory of higher categories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Toen</w:t>
+                <w:t xml:space="preserve">Homotopical algebraic geometry. I. Topos theory.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Vezzosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">K-Theory</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advances in Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 193 (2), pp.257-372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aim.2004.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00022951v1</w:t>
+                <w:t xml:space="preserve">hal-00772995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homotopical algebraic geometry. I. Topos theory.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriele Vezzosi</w:t>
+                <w:t xml:space="preserve">Towards an axiomatization of the theory of higher categories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">K-Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 34, pp.233-263</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aim.2004.05.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00772995v1</w:t>
+                <w:t xml:space="preserve">hal-00022951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une axiomatisation de la théorie des catégories supérieures.</w:t>
               </w:r>
@@ -5147,165 +5147,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00773020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une interprétation galoisienne de la théorie de l'homotopie.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Toen</w:t>
+                <w:t xml:space="preserve">Toward a Galoisian interpretation of homotopy theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de topologie et géométrie différentielle catégoriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 43 (4), pp.257-312</w:t>
+              <w:t xml:space="preserve">, 2002, 43, pp.257-312</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00773023v1</w:t>
+                <w:t xml:space="preserve">hal-00022950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Galoisian interpretation of homotopy theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Toen</w:t>
+                <w:t xml:space="preserve">Vers une interprétation galoisienne de la théorie de l'homotopie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de topologie et géométrie différentielle catégoriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 43, pp.257-312</w:t>
+              <w:t xml:space="preserve">, 2002, 43 (4), pp.257-312</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00022950v1</w:t>
+                <w:t xml:space="preserve">hal-00773023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On motives for Deligne-Mumford stacks.</w:t>
               </w:r>
@@ -6067,169 +6067,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00772850v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher and derived stacks: a global overview.</w:t>
+                <w:t xml:space="preserve">Higher and derived stacks: a global overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proc. Sympos. Pure Math. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algebraic geometry--Seattle 2005.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Amer. Math. Soc., Providence, RI., pp.435-487, 2009, Proc. Sympos. Pure Math</w:t>
+              <w:t xml:space="preserve">Algebraic geometry, Seattle 2005, Part 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American mathematical society, pp.435--487, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772928v1</w:t>
+                <w:t xml:space="preserve">hal-00627344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher and derived stacks: a global overview</w:t>
+                <w:t xml:space="preserve">Higher and derived stacks: a global overview.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algebraic geometry, Seattle 2005, Part 1</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American mathematical society, pp.435--487, 2009</w:t>
+              <w:t xml:space="preserve">Algebraic geometry--Seattle 2005.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amer. Math. Soc., Providence, RI., pp.435-487, 2009, Proc. Sympos. Pure Math</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00627344v1</w:t>
+                <w:t xml:space="preserve">hal-00772928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chern character, loop spaces and derived algebraic geometry.</w:t>
               </w:r>
@@ -6693,51 +6693,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D3F20E02"/>
+    <w:nsid w:val="4B43A1B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6924,51 +6924,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-toen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8587-5401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113038518" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177874v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Toen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199582v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Nuiten" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193556v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Vezzosi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103002v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097048v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand To&#235;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988558v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780269v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022949v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Toen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaqui&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022948v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022952v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022947v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022953v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308853v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Hartemann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maronne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157779v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasos Moulinos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Robalo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2022.26.777" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003691v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Pantev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14231/AG-2022-009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513972v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X22007424" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441660v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00029-022-00808-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891205v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/PRIMS/57-3-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361473v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/epiga.2020.volume4.6060" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891197v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Blanc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.81" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891214v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891220v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40574-018-0166-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253029v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calaque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/topo.12012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253022v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253027v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253015v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00029-014-0158-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253011v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Sch&#252;rg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/crelle-2013-0037" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253017v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/EMSS/4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818192v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10240-013-0054-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772813v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00222-011-0372-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772828v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X10005245" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772821v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X11005501" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627348v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/is008004027jkt048" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772926v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmil Katzarkov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X09004096" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626861v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Anel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627264v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Katzarkov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627343v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/plms/pdn027" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-HSCRCSHK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772923v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635370v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pantev" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X07003351" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772955v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772940v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-008-0257-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KD257GGV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772937v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635503v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms/bdn043" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-H8BN6T69-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772932v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S1056-3911-08-00487-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635940v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ansens.2007.05.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772959v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772942v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772950v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635938v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00222-006-0025-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772962v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00029-006-0019-z" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F1B1883D622D250B1C53801304FBBF124C1051C1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772977v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/S0012-7094-06-13536-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022951v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772995v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2004.05.004" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772983v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10977-005-4556-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773001v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Kock" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X04001009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773020v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.top.2003.10.008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773023v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022950v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773027v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1073792800000477" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F285F7906CF5775AD9CF8BFF2742DBC72528D196/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773032v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1007791200714" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901028v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Longchamp" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581642v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635944v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Vezzosi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511721489.018" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253020v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772841v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15708-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772850v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-0348-0052-5" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772928v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627344v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772859v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01200-6_11" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KFX26XVV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773012v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0948-5_6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00773086v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-toen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8587-5401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113038518" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177874v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Toen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199582v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Nuiten" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193556v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Vezzosi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103002v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097048v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand To&#235;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988558v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780269v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022949v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Toen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaqui&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022952v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022948v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022947v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022953v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308853v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Hartemann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maronne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157779v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasos Moulinos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Robalo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2022.26.777" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003691v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Pantev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14231/AG-2022-009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513972v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X22007424" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441660v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00029-022-00808-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891205v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/PRIMS/57-3-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361473v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/epiga.2020.volume4.6060" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891197v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Blanc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.81" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891214v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891220v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40574-018-0166-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253029v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calaque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/topo.12012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253022v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253027v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253015v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00029-014-0158-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253011v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Sch&#252;rg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/crelle-2013-0037" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253017v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/EMSS/4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818192v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10240-013-0054-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772813v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00222-011-0372-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772821v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X11005501" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772828v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X10005245" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626861v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Anel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772926v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmil Katzarkov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X09004096" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627348v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/is008004027jkt048" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627264v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Katzarkov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627343v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/plms/pdn027" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-HSCRCSHK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772923v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772955v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635370v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pantev" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X07003351" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772940v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-008-0257-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KD257GGV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772937v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772932v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S1056-3911-08-00487-6" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635503v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms/bdn043" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-H8BN6T69-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635940v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ansens.2007.05.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772950v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772959v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772942v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635938v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00222-006-0025-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772962v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00029-006-0019-z" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F1B1883D622D250B1C53801304FBBF124C1051C1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772977v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/S0012-7094-06-13536-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772995v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2004.05.004" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022951v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772983v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10977-005-4556-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773001v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Kock" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X04001009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773020v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.top.2003.10.008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022950v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773023v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773027v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1073792800000477" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F285F7906CF5775AD9CF8BFF2742DBC72528D196/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773032v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1007791200714" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901028v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Longchamp" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581642v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635944v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Vezzosi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511721489.018" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253020v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772841v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15708-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772850v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-0348-0052-5" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627344v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772928v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772859v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01200-6_11" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KFX26XVV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773012v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0948-5_6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00773086v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>