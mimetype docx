--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -5113,2154 +5113,2059 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jpa-00221315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (46)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetry breaking and short-range order in aperiodic urea inclusion crystals</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A brief history of aperiodic crystals.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Crystallography Conference (ECM33)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Versailles, France</w:t>
+              <w:t xml:space="preserve">XX annual Meeting of the Argentine Crystallography Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Argentine Association of Crystallography, Nov 2025, San Luis, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855456v1</w:t>
+                <w:t xml:space="preserve">hal-05566580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating 2D Charge-Density-Wave Atomic Structure in an MX–Chain by the 3D-ΔPair Distribution FunctionMethod</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">“Self-compression” and thermal lock-in phase transition in an aperiodic composite crystal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Crystallography Conference (ECM33)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The 16th International Conference on Quasicrystals (ICQ16) .</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Quasicrystal International Comitee, Jun 2025, Nancy, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855464v1</w:t>
+                <w:t xml:space="preserve">hal-05568245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview of symmetry breakings within x=crystallographic superspaces considering aperiodic composite crystals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symmetry breaking and short-range order in aperiodic urea inclusion crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arkadiy Simonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Bosak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th international conference on aperiodic crystals, Aperiodic 2022, Sapporo Japan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Sapporo, Japan</w:t>
+              <w:t xml:space="preserve">European Crystallography Conference (ECM33)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03832456v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local structure and dynamics of an icosahedral quasicrystal and its 1/1 approximant from Solid-State NMR</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">An-Pang Tsai</w:t>
+                <w:t xml:space="preserve">Elucidating 2D Charge-Density-Wave Atomic Structure in an MX–Chain by the 3D-ΔPair Distribution FunctionMethod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takefumi Yoshida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arkadiy Simonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinya Takaishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interdisciplinary Symposium for Quasicrystals and Strongly Correlated Electron Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Crystallography Conference (ECM33)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Versailles, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.202100857⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02401720v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear magnetic resonance contribution to the understanding of the structure, the dynamics and the phase transitions of aperiodic crystals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">An-Pang Tsai</w:t>
+                <w:t xml:space="preserve">An overview of symmetry breakings within x=crystallographic superspaces considering aperiodic composite crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Quasicrystals (ICQ14)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Kranjska Gora, Slovenia</w:t>
+              <w:t xml:space="preserve">10th international conference on aperiodic crystals, Aperiodic 2022, Sapporo Japan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Sapporo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408439v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03832456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsai-type Quasicrystal ZnScAg and its 1/1 approximant Zn6Sc : 45Sc and 67Zn NMR study [Invited Seminar]</w:t>
+                <w:t xml:space="preserve">Local structure and dynamics of an icosahedral quasicrystal and its 1/1 approximant from Solid-State NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An-Pang Tsai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Réunion utilisateurs de l’IR-RMN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Interdisciplinary Symposium for Quasicrystals and Strongly Correlated Electron Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02401820v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">45Sc and 67Zn NMR studies in Tsai-type quasicrystal and approximant.</w:t>
+                <w:t xml:space="preserve">Nuclear magnetic resonance contribution to the understanding of the structure, the dynamics and the phase transitions of aperiodic crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An-Pang Tsai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMAR 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Québec city, Canada</w:t>
+              <w:t xml:space="preserve">14th International Conference on Quasicrystals (ICQ14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Kranjska Gora, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408504v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NQR of spins I=3/2 : Liouville spaces and Ernst angle. Ultraslow critical behavior of chloranil by 35Cl NQR</w:t>
+                <w:t xml:space="preserve">Tsai-type Quasicrystal ZnScAg and its 1/1 approximant Zn6Sc : 45Sc and 67Zn NMR study [Invited Seminar]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tsunetomo Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Trébosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lepollès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RMN Grand Bassin Parisien (Palaiseau, Ecole Polytechnique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">9ème Réunion utilisateurs de l’IR-RMN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413973v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximant Zn6Sc phase transition and Quasicrystal : 45Sc and 67Zn NMR</w:t>
+                <w:t xml:space="preserve">45Sc and 67Zn NMR studies in Tsai-type quasicrystal and approximant.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tsunetomo Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Ameline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Lepollès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Trébosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1rst Joint French-Portuguese NMR Conference Lisbon 19-23 April</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">ISMAR 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Québec city, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414012v1</w:t>
+                <w:t xml:space="preserve">hal-02408504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximant and Quasicrystal Zn6Sc : 67Zn and 45Sc NMR investigation</w:t>
+                <w:t xml:space="preserve">NQR of spins I=3/2 : Liouville spaces and Ernst angle. Ultraslow critical behavior of chloranil by 35Cl NQR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Guérin</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion RMN Grand Bassin Parisien (Thiais)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Thiais, France</w:t>
+              <w:t xml:space="preserve">RMN Grand Bassin Parisien (Palaiseau, Ecole Polytechnique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413991v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution structural and dynamical studies of aperiodic materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+                <w:t xml:space="preserve">Approximant Zn6Sc phase transition and Quasicrystal : 45Sc and 67Zn NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Odin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lepollès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Roiland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Trébosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th user meeting SOLEIL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SOLEIL, Jan 2015, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">1rst Joint French-Portuguese NMR Conference Lisbon 19-23 April</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01171627v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase Transitions in palladium based molecular conductor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approximant and Quasicrystal Zn6Sc : 67Zn and 45Sc NMR investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Odin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lepollès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Roiland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th French-Japanese joint workshop on Frontier Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Nantes, France</w:t>
+              <w:t xml:space="preserve">Réunion RMN Grand Bassin Parisien (Thiais)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Thiais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171631v1</w:t>
+                <w:t xml:space="preserve">hal-02413991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics in aperiodic materials</w:t>
+                <w:t xml:space="preserve">High resolution structural and dynamical studies of aperiodic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Ecolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th French-Japanese joint workshop on Frontier Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Nantes, France</w:t>
+              <w:t xml:space="preserve">10th user meeting SOLEIL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SOLEIL, Jan 2015, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171634v1</w:t>
+                <w:t xml:space="preserve">hal-01171627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From sub-nanotribology to nanotribology : Liquid behavior in confined environmentes and phase transition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase Transitions in palladium based molecular conductor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Condensed Matter in Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">7th French-Japanese joint workshop on Frontier Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171654v1</w:t>
+                <w:t xml:space="preserve">hal-01171631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveying the higher dimensions of the aperioic composite nonadecane/urea</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physics in aperiodic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ecolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUCr2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">7th French-Japanese joint workshop on Frontier Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01171663v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01171634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cristaux apériodiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">From sub-nanotribology to nanotribology : Liquid behavior in confined environmentes and phase transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Salah Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence à l'Unesco</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'académie des sciences, Jan 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Condensed Matter in Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01171694v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01171654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallography in superspace</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surveying the higher dimensions of the aperioic composite nonadecane/urea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garry James Mcintyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. H. Lemée-Cailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la diffusion Neutronique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Oléron, France</w:t>
+              <w:t xml:space="preserve">IUCr2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01171656v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01171663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les cristaux apériodiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">Conférence à l'Unesco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'académie des sciences, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171740v1</w:t>
+                <w:t xml:space="preserve">hal-01171694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes rapides pour analyser les désordres structuraux statiques et dynamiques dans l'immense espace réciproque</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Crystallography in superspace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFC2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journées de la diffusion Neutronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171711v1</w:t>
+                <w:t xml:space="preserve">hal-01171656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
               </w:r>
@@ -7324,51 +7229,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171796v1</w:t>
+                <w:t xml:space="preserve">hal-01171740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
               </w:r>
@@ -7432,51 +7337,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171742v1</w:t>
+                <w:t xml:space="preserve">hal-01171743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
               </w:r>
@@ -7540,51 +7445,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171741v1</w:t>
+                <w:t xml:space="preserve">hal-01171742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
               </w:r>
@@ -7648,280 +7553,284 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171743v1</w:t>
+                <w:t xml:space="preserve">hal-01171796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aperiodic composites crystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICQ12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Cracovie, Poland</w:t>
+              <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171700v1</w:t>
+                <w:t xml:space="preserve">hal-01171741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méthodes rapides pour analyser les désordres structuraux statiques et dynamiques dans l'immense espace réciproque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Bosak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International School and Sympoisum on Multifunctional Molecule-based Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">AFC2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01172175v1</w:t>
+                <w:t xml:space="preserve">hal-01171711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
               </w:r>
@@ -7955,431 +7864,431 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Collet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
+              <w:t xml:space="preserve">International School and Sympoisum on Multifunctional Molecule-based Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171794v1</w:t>
+                <w:t xml:space="preserve">hal-01172175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase transition in aperiodic composite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aperiodic composites crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th French-Japanese joint workshop on Frontier Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">ICQ12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171736v1</w:t>
+                <w:t xml:space="preserve">hal-01171700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural transformation with spatial and temporal high resolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase transitions in aperiodic crystals : symmetry breaking in superspaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd NIMS - Saint Gobain Center workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Tsukuba, Japan</w:t>
+              <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171738v1</w:t>
+                <w:t xml:space="preserve">hal-01171794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase transition and critical phenomena in crystallographic superspace</w:t>
+                <w:t xml:space="preserve">Phase transition in aperiodic composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ecolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">german crystallographic association meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Munich, Germany</w:t>
+              <w:t xml:space="preserve">6th French-Japanese joint workshop on Frontier Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171726v1</w:t>
+                <w:t xml:space="preserve">hal-01171736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The reciprocal space odyssey of spin-crossover compounds: complex ordering phenomena around stepped or photoinduced transitions</w:t>
               </w:r>
@@ -8484,892 +8393,901 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00930160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aperiodic Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Ecolivet</w:t>
+                <w:t xml:space="preserve">Phase transition and critical phenomena in crystallographic superspace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internation Symposium Quasicrystals Today</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, grenoble, France</w:t>
+              <w:t xml:space="preserve">german crystallographic association meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01172176v1</w:t>
+                <w:t xml:space="preserve">hal-01171726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking at structural transformation with spatial and emporal high resolution</w:t>
+                <w:t xml:space="preserve">Structural transformation with spatial and temporal high resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ecolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th French-Japanese joint workshop on Frontier Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">3rd NIMS - Saint Gobain Center workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Tsukuba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171733v1</w:t>
+                <w:t xml:space="preserve">hal-01171738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffuse scattering in one dimensional &amp;quot;liquid-like&amp;quot; aperiodic compisites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aperiodic Composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ecolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUCr2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">Internation Symposium Quasicrystals Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171727v1</w:t>
+                <w:t xml:space="preserve">hal-01172176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One dimensional confinement in aperiodic materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Looking at structural transformation with spatial and emporal high resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mark Hollingsworth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Argonne, United States</w:t>
+              <w:t xml:space="preserve">4th French-Japanese joint workshop on Frontier Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01171731v1</w:t>
+                <w:t xml:space="preserve">hal-01171733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New phase transitions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diffuse scattering in one dimensional &amp;quot;liquid-like&amp;quot; aperiodic compisites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th European Cristallography Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Darmstadt, Germany</w:t>
+              <w:t xml:space="preserve">IUCr2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662206v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01171727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristallographie haute résolution spatiale et temporelle appliquée aux transitions de phase</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">One dimensional confinement in aperiodic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hollingsworth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Association Française de Cristallographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">International school and symposium on multifunctional molecule-based materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Argonne, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662218v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01171731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instabilités structurales de cristaux moléculaires apériodiques hôte-invité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New phase transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Association Française de Cristallographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">26th European Cristallography Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Darmstadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00919242v1</w:t>
+                <w:t xml:space="preserve">hal-00662206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristallographie de superespace appliquéeà l'étude de transitions de phases de cristaux apériodiques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cristallographie haute résolution spatiale et temporelle appliquée aux transitions de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Association Française de Cristallographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, Rennes, France</w:t>
+              <w:t xml:space="preserve">, 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725540v1</w:t>
+                <w:t xml:space="preserve">hal-00662218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Études par diffraction de neutrons haute résolution de systèmes moléculaires apériodiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Huard</w:t>
+                <w:t xml:space="preserve">Instabilités structurales de cristaux moléculaires apériodiques hôte-invité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -9392,385 +9310,605 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes journées de la diffusion neutronique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Albé, France</w:t>
+              <w:t xml:space="preserve">Congrès Association Française de Cristallographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725572v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical and structural hidden degrees of freedom in aperiodic composites</w:t>
+                <w:t xml:space="preserve">Du clathrate d'eau au clathrate d'urée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Society Condensed Matter Division</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Colloque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725515v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du clathrate d'eau au clathrate d'urée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cristallographie de superespace appliquéeà l'étude de transitions de phases de cristaux apériodiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Rennes, France</w:t>
+              <w:t xml:space="preserve">Congrès Association Française de Cristallographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725565v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics and phase transitions in a 4d superspace</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Études par diffraction de neutrons haute résolution de systèmes moléculaires apériodiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ecolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Odin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Seminar on Neutron Scattering in Condensed Matter Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Poznan, Poland</w:t>
+              <w:t xml:space="preserve">16èmes journées de la diffusion neutronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Albé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725437v1</w:t>
+                <w:t xml:space="preserve">hal-00725572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original structural and dynamical properties of aperiodic intergrowth crystals</w:t>
+                <w:t xml:space="preserve">Dynamical and structural hidden degrees of freedom in aperiodic composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Toudic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Grenoble, France</w:t>
+              <w:t xml:space="preserve">European Physical Society Condensed Matter Division</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725560v1</w:t>
+                <w:t xml:space="preserve">hal-00725515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dynamics and phase transitions in a 4d superspace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ecolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Seminar on Neutron Scattering in Condensed Matter Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Poznan, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Original structural and dynamical properties of aperiodic intergrowth crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Toudic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aperiodic Features of Urea/Alkane Intergrowth Organic Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -9811,51 +9949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Breczewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1998, pp.679-683</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00090326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9865,154 +10003,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and Dynamics of a Tsai‐type quasicrystal and approximant from 45Sc and 67Zn NMR studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsunetomo Yamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Trébosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Pollès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMAR 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02408464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10022,51 +10160,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion diffuse : ordre - désordre , transitions de phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10108,73 +10246,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rayons X et Matière 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01689490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray diffraction for material science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10183,124 +10321,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Buron-Le Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Cailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Lorenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Servol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chapitre : 4 "colloque UVX 2008"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EDP Sciences, pp.21-27, 2009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/uvx/2009005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00670381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId238"/>
+      <w:footerReference w:type="default" r:id="rId240"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10368,51 +10506,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FBEA5365"/>
+    <w:nsid w:val="D1A090C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10599,51 +10737,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-toudic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031796397" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-6834-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04633189v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sougoti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Marrec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaufils" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ollivier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourges" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.024103" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833569v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mariette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rabiller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecolivet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Frantsuzov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.134109" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550904v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takefumi Yoshida" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Zatterin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadiy Simonov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Chernyshov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202100857" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780149v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simonov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rabiller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mariette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bosak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.054206" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02552322v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Trzop" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Boucekkine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.134103" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02634594v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Odin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Verezhak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.184107" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02303232v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Toudic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Frantsuzov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.182073" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994030v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ecolivet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verezhak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.224308" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689478v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/119/66004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689476v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Toudic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201715500004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596593v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Buron-Le Cointe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Czarnecki" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cailleau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7100285" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01400691v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.184105" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01164047v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Huard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.184101" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01168334v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zerdane" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Mcintyre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Lem&#233;e-Cailleau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520615005442" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01168329v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Sheng Chen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Bosak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zkri-2014-1773" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825698v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia-Orduna" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.104101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909586v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Huard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane M. Nichols" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3692329" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768148v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Watanabe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Br&#233;fuel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas. Palatinus" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Roudaut" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.257206" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732954v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lefort" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Currat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.205502" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695707v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourgeois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/93/16003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695641v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3663711" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136920v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Busselez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gu&#233;gan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2008.018704" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725179v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Garcia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/SCIENCE.1146745" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905284v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aubert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillaume" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJST/E2007-00031-1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01870053v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Limelette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Froyer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Gac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mor&#233;ac" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.215502" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090317v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Etrillard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510170021" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-670LDPHC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009316v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Lann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lefort" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-4526(99)01489-1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M9DD3FVQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090297v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Lann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Etrillard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009275v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Breczewski" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.4027" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090296v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Breczewski" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246878v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Even" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourdji" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1993255" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246664v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#233;lugeard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pichon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1992249" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246604v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cailleau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lechner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1992182" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A61F2CC5450A6603C977874F58B3C72449B9B002/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776481v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pichon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662076v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210782v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stahn" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Lechner" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dachs" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01988004906094900" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CCC3A499CB4FDD13E627FAEABD153AFF003A2D31/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00221315v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sanquer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19816230" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2F80B982025E8C7C4DAFAAE448EC34D0309296C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855456v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855464v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Takaishi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832456v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401720v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ameline" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An-Pang Tsai" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408439v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401820v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsunetomo Yamada" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lepoll&#232;s" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408504v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413973v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414012v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Roiland" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413991v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171627v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171631v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171634v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171654v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Amara" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171663v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garry James Mcintyre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Lem&#233;e-Cailleau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171694v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171656v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171740v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171711v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171796v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171742v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171741v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171743v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171700v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172175v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171794v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171736v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171738v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171726v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930160v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Br&#233;fuel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Toupet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tanaka" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172176v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171733v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171727v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171731v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hollingsworth" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662206v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662218v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919242v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725540v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Huard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725572v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725515v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725565v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725437v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725560v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090326v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408464v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Poll&#232;s" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689490v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670381v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Lorenc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Servol" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2009005" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-toudic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031796397" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-6834-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04633189v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sougoti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Marrec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaufils" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ollivier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourges" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.024103" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833569v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mariette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rabiller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecolivet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Frantsuzov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.134109" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550904v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takefumi Yoshida" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Zatterin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadiy Simonov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Chernyshov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202100857" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780149v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simonov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rabiller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mariette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bosak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.054206" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02552322v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Trzop" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Boucekkine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.134103" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02634594v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Odin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Verezhak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.184107" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02303232v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Toudic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Frantsuzov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.182073" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994030v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ecolivet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verezhak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.224308" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689478v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/119/66004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689476v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Toudic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201715500004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596593v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Buron-Le Cointe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Czarnecki" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cailleau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7100285" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01400691v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.184105" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01164047v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Huard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.184101" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01168334v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zerdane" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Mcintyre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Lem&#233;e-Cailleau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520615005442" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01168329v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Sheng Chen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Bosak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zkri-2014-1773" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825698v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia-Orduna" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.104101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909586v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Huard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane M. Nichols" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3692329" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768148v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Watanabe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Br&#233;fuel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas. Palatinus" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Roudaut" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.257206" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732954v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lefort" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Currat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.205502" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695707v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourgeois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/93/16003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695641v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3663711" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136920v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Busselez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gu&#233;gan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2008.018704" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725179v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Garcia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/SCIENCE.1146745" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905284v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aubert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillaume" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJST/E2007-00031-1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01870053v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Limelette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Froyer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Gac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mor&#233;ac" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.215502" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090317v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Etrillard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510170021" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-670LDPHC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009316v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Lann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lefort" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-4526(99)01489-1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M9DD3FVQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090297v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Lann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Etrillard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009275v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Breczewski" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.4027" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090296v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Breczewski" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246878v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Even" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourdji" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1993255" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246664v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#233;lugeard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pichon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1992249" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246604v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cailleau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lechner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1992182" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A61F2CC5450A6603C977874F58B3C72449B9B002/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776481v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pichon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662076v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210782v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stahn" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Lechner" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dachs" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01988004906094900" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CCC3A499CB4FDD13E627FAEABD153AFF003A2D31/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00221315v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sanquer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19816230" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2F80B982025E8C7C4DAFAAE448EC34D0309296C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566580v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568245v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855456v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855464v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Takaishi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832456v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401720v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ameline" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An-Pang Tsai" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408439v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401820v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsunetomo Yamada" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lepoll&#232;s" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408504v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413973v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414012v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Roiland" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413991v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171627v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171631v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171634v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171654v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Amara" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171663v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garry James Mcintyre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Lem&#233;e-Cailleau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171694v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171656v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171740v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171743v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171742v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171796v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171741v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171711v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172175v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171700v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171794v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171736v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930160v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Br&#233;fuel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Toupet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tanaka" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171726v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171738v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172176v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171733v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171727v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171731v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hollingsworth" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662206v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662218v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919242v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725565v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725540v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Huard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725572v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725515v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725437v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725560v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090326v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408464v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Poll&#232;s" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689490v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670381v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Lorenc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Servol" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2009005" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>