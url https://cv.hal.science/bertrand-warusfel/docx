--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -293,2871 +293,2871 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ne laissons pas détricoter la politique de transition écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Du Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 521, pp. 25-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurer la cybersécurité par l'OSINT : une offre de législation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Séjean-Chazal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Musso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10, pp.478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05331267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le renforcement des moyens juridiques pour faire face aux ingérences étrangères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de la sécurité et de la justice : revue de l'Institut national des hautes études de la sécurité et de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, n° 61, pp. 74-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le contrôle des techniques de renseignement, composante de la régulation du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études françaises de renseignement et de cyber</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2024/3 (n°4), pp. 52-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La propriété intellectuelle comme instrument d'une géopolitique de l'immatériel [Actes de colloque]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 93, pp.22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État de droit et renseignement - Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Du Marais</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floran Vadillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études françaises de renseignement et de cyber</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, vol. 1 (no. 1), pp. 21-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04368523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit peut-il encore protéger le secret ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04179941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renseignement et séparation des pouvoirs en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études françaises de renseignement et de cyber</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (1), pp. 55-72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04372101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La LOPMI et la transformation numérique des moyens de la sécurité intérieure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2099</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit des créations techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 83, pp.99-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violation des dispositions d’un contrat de logiciel : la Cour de cassation remet la jurisprudence en place&amp;quot;, note sous Cass 1civ. 5 déc. 2022, n° 21-15.386</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, p. 2255</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03913690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Secret de défense et archives publiques : le conflit exemplaire d’un système à mieux contrôler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de recherche sur le renseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n°1, pp.186-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18278/rrr.1.1.12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04941504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel droit pour les données dans une économie datacentrique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Août 2022, pp. 20-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construire un droit démocratique de la sécurité nationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Champs de Mars : revue d'études sur la guerre et la paix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2021/1 (36), pp.19-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régulation du numérique et souveraineté dans le cyberspace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, pp. 547-551</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une politique du brevet au service de la santé publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Bruguière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Chiariny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dhenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles De Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04959741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une politique du brevet au service de la santé publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Bruguière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Chiariny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dhenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles de Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.294-295</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la défense à la sécurité nationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Défense Nationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp. 11-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives et politiques du secret : Ramener l’État à la raison démocratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Forcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien-Yves Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 521, pp. 25-29</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Émilie Musso</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03280894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place de l’image : caméras et vidéoprotection dans la sécurité globale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10, pp.478</w:t>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le renforcement des moyens juridiques pour faire face aux ingérences étrangères</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03283273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Technologies et sécurité : réguler pour reprendre le contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la sécurité et de la justice : revue de l'Institut national des hautes études de la sécurité et de la justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 61, pp. 74-79</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La propriété intellectuelle comme instrument d'une géopolitique de l'immatériel [Actes de colloque]</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03120766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialogue anachronique sur le droit des brevets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 93, pp.22</w:t>
+              <w:t xml:space="preserve">, 2021, pp. 149-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...427 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03634720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numérisation de l’action publique et open data : une révolution face à ses limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 83, pp.99-110</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...310 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02549984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit des créations techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Derambure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp. 149-152</w:t>
+              <w:t xml:space="preserve">, 2020, 76, pp.124-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Technologies et sécurité : réguler pour reprendre le contrôle</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brevet et secret des affaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de la sécurité et de la justice : revue de l'Institut national des hautes études de la sécurité et de la justice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Propriété industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Bruguière</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit des créations techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11</w:t>
+              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 70, pp.92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...99 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justice et renseignement dans la lutte contre la radicalisation violente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, pp.294-295</w:t>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (3), pp.119-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01852564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit des créations techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Derambure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Défense Nationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp. 11-17</w:t>
+              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67, pp.81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux et limites de l’ouverture des données en matière de sécurité et de défense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (n°3), pp. 551-564</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle des politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64, pp.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit des créations techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Forcade</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien-Yves Laurent</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Derambure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 63, pp.96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte antiterroriste et l’État de droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Debacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Garapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Saint-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...110 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La propriété intellectuelle face à l'ingénierie inverse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dhenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">, 2016, 58, pp.20-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01852555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi Lemaire : les collectivités territoriales dans la République numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 76, pp.124-142</w:t>
+              <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01875876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petites et moyennes entreprises face au développement international de la propriété industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édith Blary-Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...281 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...143 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Galloux</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...241 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Galvez-Behar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entreprises et Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 82 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/eh.082.0124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01725634v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">hal-01875876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cryptologie au cœur de la cybersécurité : enjeux et choix</w:t>
               </w:r>
@@ -3804,234 +3804,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les prises de guerre aujourd’hui : procédures et directives en vigueur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit des prises de guerre : définitions, enjeux, exemples patrimoniaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée de l'Armée, Jan 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cybersécurité : enjeux de la coopération entre les acteurs publics et privés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ateliers Schuman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Laval, Oct 2024, Québec (Québec), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De l'éthique au droit de l'intelligence artificielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éthique, déontologie, intégrité scientifique et utilité sociale des recherches en sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris 8, Jun 2024, Saint-Denis (93), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04670022v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-05002012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en compte des enjeux de cybersécurité par le droit</w:t>
               </w:r>
@@ -4287,234 +4287,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une conséquence méconnue de la Commune : l’organisation de la surveillance et de la répression des « subversifs »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Commune de Paris (1871) au prisme du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherches juridique de Paris 8, May 2021, Saint-Denis, France. pp. 203-217</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les risques numériques pouvant affecter le processus électoral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le numérique et son impact sur la démocratie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille - Centre de recherches Droit et perspectives du droit (CRDP), Mar 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La construction inachevée d’un droit du renseignement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les nouveaux défis du renseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sciences Po Lyon, Apr 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668414v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04520133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'équilibre en droit des brevets</w:t>
               </w:r>
@@ -4701,510 +4701,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03241988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La numérisation de l'action publique : entre Big data et open data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Circulation des données et propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRPI, Sep 2018, Paris, France. pp.15 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cybercrises, nouvelles menaces internationales : quelles réponses multilatérales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12ème colloque international - Ateliers Schuman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Université Laval, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Crises sécuritaires et multilatéralisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Face à la crise de la Covid-19, repenser le multilatéralisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Université Laval, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03047503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La numérisation de l'action publique : entre Big data et open data</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit du numérique, un instrument utile pour redonner confiance dans la technologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation des données et propriétés intellectuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRPI, Sep 2018, Paris, France. pp.15 et s</w:t>
+              <w:t xml:space="preserve">13èmes Rencontres de l'ARCSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les cybercrises, nouvelles menaces internationales : quelles réponses multilatérales ?</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment mettre en contrat le développement logiciel en mode agile ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème colloque international - Ateliers Schuman</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Université Laval, Québec, Canada</w:t>
+              <w:t xml:space="preserve">La propriété intellectuelle en partage – Les nouvelles formes de création et d’exploitation collaboratives (Colloque ERCIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le juge face à l'innovation : perturbation de l'office ou valeur à protéger?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogues du juge et de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRPI; Université Paris II Panthéon Assas, Sep 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le secret, obstacle ou nécessité pour la sécurité nucléaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sûreté et la sécurité des installations nucléaires civiles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Colmar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498852v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">hal-04039063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cadre juridique européen de la cybersécurité</w:t>
               </w:r>
@@ -5561,557 +5561,557 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lamy droit du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mallet-Poujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wolters Kluwer, 39, 2024, 9782721221483</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04932350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact du numérique sur la justice – Volume 2 : IA générative &amp; décision du juge – IA générative &amp; résolution des litiges – Identité Numérique – NFT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Sagant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Popa-Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Benyekhlef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Callipel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.118, 2024, Etats des connaissances</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05193367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Lumières à l'ère numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Cayrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Douzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Farinella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérald Bronner. Presses Universitaires de France, 2022, 978-2130838067</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de l'ingénierie inverse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dhenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. , 2021, Logiques juridiques</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit du renseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Forcade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Documentation française, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamy droit du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Sagant</w:t>
+                <w:t xml:space="preserve">Michel Vivant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...485 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mallet-Poujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, 9782721221186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6970,354 +6970,354 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04813206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Prisonniers de guerre et renseignement : entre pratiques opérationnelles et droit international humanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincent Cattoir-Jonville. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cedant arma togae" – Mélanges en l’honneur du Professeur Jacques Aben</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 479-503, 2023, 978-2-14-027874-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04086835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le secret sur les essais nucléaires en Polynésie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grégoire Calley &amp; Florence Poirat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le traitement juridique contemporain du fait nucléaire en Polynésie française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions Pedone, 2023</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions A. Pedone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 59-74, 2023, 978-2-233-01052-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La propriété intellectuelle dans la politique économique nationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Cedant arma togae" – Mélanges en l’honneur du Professeur Jacques Aben</w:t>
+              <w:t xml:space="preserve">Propriétés intellectuelles en mouvements - Actes du colloque du 40e anniversaire de l'IRPI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp. 479-503, 2023, 978-2-14-027874-7</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IRPI</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 978-2-9569841-4-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le secret sur les essais nucléaires en Polynésie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grégoire Calley &amp; Florence Poirat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le traitement juridique contemporain du fait nucléaire en Polynésie française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp. 59-74, 2023, 978-2-233-01052-0</w:t>
+              <w:t xml:space="preserve">, Editions Pedone, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...57 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IRPI</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04347631v1</w:t>
+                <w:t xml:space="preserve">hal-04371985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance et répression des « subversifs » au début de la IIIe République</w:t>
               </w:r>
@@ -7624,514 +7624,514 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03298810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelques jalons pour une histoire du droit de l’informatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser le droit de la pensée - Mélanges en l’honneur de Michel Vivant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp. 491-515, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perspectives sur l’algorithme, entre technique et droits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Pierre Clavier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'algorithmisation de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Lamy droit du numérique Partie 2, Numérique et Libertés (mise à jour annuelle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mallet-Poujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vivant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Lamy droit du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wolters Kluwer, 2020, 9782721221483</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Quelques jalons pour une histoire du droit de l’informatique</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre l’espionnage économique : entre protection privée et sécurité nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penser le droit de la pensée - Mélanges en l’honneur de Michel Vivant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp. 491-515, 2020</w:t>
+              <w:t xml:space="preserve">Annuaire 2019 du droit de la sécurité et de la défense</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mare &amp; Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 173-185, 2019, 978-2-84934-444-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...106 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ambivalences de la notion d'invention mise en œuvre par ordinateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CEIPI. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les inventions mises en œuvre par ordinateur : Enjeux, pratiques et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LexisNexis, pp. 77-88, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02178631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The new French intelligence law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jan-Hendrik Dietrich, Klaus Ferdinand Gärditz, Kurt Graulich, Christoph Gusy &amp; Gunter Warg,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reform der Nachrichtendienste zwischen Vergesetzlichung und Internationalisierung</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mohr Siebeck, pp. 129-135, 2019, 978-3-16-158196-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1628/978-3-16-158197-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624600v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-02411181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contentieux de la sécurité nationale</w:t>
               </w:r>
@@ -8262,251 +8262,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01903838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les dimensions sécuritaires du droit et leurs limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antonin Forlen, Célia Hoffstetter, Luc Klein, Alice Marcel &amp; Julie Rondu. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare &amp; Martin, pp. 253-263, 2017, 978-2-84934-285-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État d'urgence : quand le droit rencontre la crise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire 2017 du droit de la sécurité et de la défense, 2017,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mare &amp; Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 175-185, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La transversalité du droit du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Warusfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études en l’honneur du Professeur Jérôme Huet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LGDJ, pp.411-423, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111872v1</w:t>
-              </w:r>
-[...153 lines deleted...]
-                <w:t xml:space="preserve">hal-04180250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Code de la sécurité intérieure commenté</w:t>
               </w:r>
@@ -9329,51 +9329,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F56B8EFC"/>
+    <w:nsid w:val="699A6760"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9560,51 +9560,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-warusfel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/028977831" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033965v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Warusfel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066210v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Du Marais" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05331267v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#233;jean-Chazal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Musso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391986v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989684v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179941v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04368523v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Guillaumin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Vadillo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372101v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795815v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941504v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18278/rrr.1.1.12" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034710v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Galloux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913690v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873129v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873135v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634720v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120766v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959741v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brugui&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Chiariny" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clavier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dhenne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles De Haas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205507v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles de Haas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500171v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280894v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forcade" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien-Yves Laurent" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283273v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549984v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034687v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derambure" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034656v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02065698v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020021v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852564v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034640v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038926v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034634v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143671v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Debacq" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Garapon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Saint-Bonnet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725634v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Blary-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cousin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Joly" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Galvez-Behar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.082.0124" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852555v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01875876v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946286v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03108793v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malaurie-Vignal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941599v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812449v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201072v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670027v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225813v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852557v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372233v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670022v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531533v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002012v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531530v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431707v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224891v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033956v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668414v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240083v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520133v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201071v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500176v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03241988v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047503v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039019v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047514v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498852v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427940v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02178666v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039063v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941612v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941602v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038921v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01891252v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852552v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193367v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sagant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Legrand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Popa-Fabre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benyekhlef" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Callipel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04932350v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vivant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mallet-Poujol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442362v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bronner" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cayrol" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cordonnier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Douzet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Farinella" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188385v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427880v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02624220v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521221v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gohin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Latour" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03110004v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lapousterle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178625v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03113136v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498429v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien-Yves Laurent" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03113130v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-05405484v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509615v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939196v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536000v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813206v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371985v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086835v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-cedant_arma_togae_melanges_en_l_honneur_du_professeur_jacques_aben_vincent_cattoir_jonville-9782140278747-76073.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430750v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pedone.info/livre/le-traitement-juridique-contemporain-du-fait-nucleaire-en-polynesie-francaise/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04347631v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irpi.fr/publications/fiche.asp?id_article=231&amp;amp;ref_arbo=32" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913634v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/la-commune-de-paris-au-prisme-du-droit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913647v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347116v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/conflits-crimes-et-regulations-dans-le-cyberespace/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298810v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/l-apres-covid-19-quel-multilateralisme-face-aux-enjeux-globaux-2021-9782802769781.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068425v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047489v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024493v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/l-algorithmisation-de-la-justice-2020-9782807922310.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178631v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624600v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/978-3-16-158197-7" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02411181v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/annuaire-2019-du-droit-de-la-securite-et-de-la-defense" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398594v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/annuaire-2018-du-droit-de-la-securite-et-de-la-defense" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01903838v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03111872v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613198v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180250v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afdsd.fr/wp-content/uploads/2022/08/AFDSD316urgenceWarusfel.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228968v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bagousse" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Millet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pauvert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03114880v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04347696v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372256v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372314v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758630v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758617v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758604v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01903827v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-warusfel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/028977831" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066210v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Warusfel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Du Marais" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05331267v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#233;jean-Chazal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Musso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391986v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033965v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989684v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04368523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Guillaumin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Vadillo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179941v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372101v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795815v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034710v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Galloux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913690v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941504v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18278/rrr.1.1.12" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873129v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873135v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959741v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brugui&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Chiariny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clavier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dhenne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles De Haas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205507v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles de Haas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500171v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280894v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forcade" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien-Yves Laurent" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283273v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120766v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634720v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549984v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034687v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derambure" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02065698v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034656v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852564v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034640v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020021v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038926v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034634v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143671v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Debacq" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Garapon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Saint-Bonnet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852555v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01875876v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725634v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Blary-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cousin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Joly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Galvez-Behar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.082.0124" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946286v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03108793v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malaurie-Vignal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941599v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812449v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201072v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670027v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225813v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852557v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372233v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531533v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002012v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670022v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531530v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431707v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224891v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033956v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240083v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520133v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668414v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201071v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500176v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03241988v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039019v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047514v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047503v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427940v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02178666v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039063v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498852v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941612v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941602v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038921v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01891252v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01852552v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04932350v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vivant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mallet-Poujol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193367v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sagant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Legrand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Popa-Fabre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benyekhlef" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Callipel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442362v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bronner" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cayrol" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cordonnier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Douzet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Farinella" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188385v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427880v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02624220v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521221v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gohin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Latour" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03110004v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lapousterle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178625v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03113136v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498429v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien-Yves Laurent" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03113130v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-05405484v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509615v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939196v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536000v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813206v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086835v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-cedant_arma_togae_melanges_en_l_honneur_du_professeur_jacques_aben_vincent_cattoir_jonville-9782140278747-76073.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430750v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pedone.info/livre/le-traitement-juridique-contemporain-du-fait-nucleaire-en-polynesie-francaise/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04347631v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irpi.fr/publications/fiche.asp?id_article=231&amp;amp;ref_arbo=32" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371985v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913634v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/la-commune-de-paris-au-prisme-du-droit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913647v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347116v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/conflits-crimes-et-regulations-dans-le-cyberespace/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298810v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/l-apres-covid-19-quel-multilateralisme-face-aux-enjeux-globaux-2021-9782802769781.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047489v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024493v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/l-algorithmisation-de-la-justice-2020-9782807922310.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068425v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02411181v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/annuaire-2019-du-droit-de-la-securite-et-de-la-defense" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178631v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624600v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/978-3-16-158197-7" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398594v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/annuaire-2018-du-droit-de-la-securite-et-de-la-defense" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01903838v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613198v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180250v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afdsd.fr/wp-content/uploads/2022/08/AFDSD316urgenceWarusfel.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03111872v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228968v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bagousse" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Millet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pauvert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03114880v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04347696v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372256v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372314v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758630v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758617v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758604v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01903827v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>