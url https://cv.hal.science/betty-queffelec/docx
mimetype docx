--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1489,277 +1489,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02450657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique maritime</w:t>
+                <w:t xml:space="preserve">Chronique maritime n°625</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Curtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Guéguen-Hallouët</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Cet-Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Gueguen Hallouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 625</w:t>
+              <w:t xml:space="preserve">, 2019, 625, pp.120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02151066v1</w:t>
+                <w:t xml:space="preserve">halshs-02450648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique maritime n°625</w:t>
+                <w:t xml:space="preserve">Chronique maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Curtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gaelle Gueguen Hallouet</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Cet Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Guéguen-Hallouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 625, pp.120</w:t>
+              <w:t xml:space="preserve">, 2019, 625</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02450648v1</w:t>
+                <w:t xml:space="preserve">hal-02151066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique maritime n°633</w:t>
               </w:r>
@@ -5106,51 +5106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="60AA43D1"/>
+    <w:nsid w:val="31AAC81C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5337,51 +5337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/betty-queffelec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6479-8387" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/110360370" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465255v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cudennec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gueguen Hallouet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Cet Bertin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935713v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aminian-Biquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Sletten" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Vincent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Pieraccini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-025-00104-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04687798v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gueguen-Hallouet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Cet-Bertin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04192940v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gu&#233;guen-Hallou&#235;t" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705597v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156514v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bonnin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ferreira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bertrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Teles da Silva" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsab006" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202983v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cudennec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gu&#233;guen-Hallou&#235;t" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boillet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Cet Bertin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Queffelec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202992v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02570699v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gueguen Hallouet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450657v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151066v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Curtil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450648v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450670v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02315214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Taillens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468891v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Ly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fotso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803405v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Tixerant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Guyader" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2018.05.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725556v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Cliquet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kervarec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Bogaert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Maes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2010.10.015" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZWHNQKBC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394445v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cummins" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2009.04.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWBT5P9W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226963v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238067v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Revelin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mignon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Noel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477765v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Stahl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Choquet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580267v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ricard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199058v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207524v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294885v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369521v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359275v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477676v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477686v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03651256v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477693v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moraes G.L." TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003523v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Peyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02315207v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02315204v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569966v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ngaido" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569962v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Khalifa Ly" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://horizon.documentation.ird.fr/exl-doc/pleins_textes/divers17-02/010069145.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569967v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156927v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156926v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pedone.info/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207268v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pedone.info/livre/le-transport-maritime-et-la-protection-de-la-biodiversite/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Ngaido" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ird.fr" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552161v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ould Zein" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Tixerant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02273751v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00422643v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/betty-queffelec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6479-8387" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/110360370" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465255v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cudennec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gueguen Hallouet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Cet Bertin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935713v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aminian-Biquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Sletten" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Vincent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Pieraccini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-025-00104-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04687798v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gueguen-Hallouet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Cet-Bertin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04192940v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gu&#233;guen-Hallou&#235;t" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705597v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156514v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bonnin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ferreira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bertrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Teles da Silva" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsab006" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202983v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cudennec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gu&#233;guen-Hallou&#235;t" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boillet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Cet Bertin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Queffelec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202992v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02570699v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gueguen Hallouet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450657v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450648v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Curtil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151066v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450670v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02315214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Taillens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468891v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Ly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fotso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803405v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Tixerant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Guyader" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2018.05.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725556v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Cliquet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kervarec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Bogaert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Maes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2010.10.015" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZWHNQKBC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394445v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cummins" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2009.04.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWBT5P9W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226963v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238067v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Revelin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mignon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Noel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477765v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Stahl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Choquet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580267v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ricard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199058v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207524v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294885v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369521v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359275v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477676v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477686v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03651256v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477693v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moraes G.L." TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003523v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Peyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02315207v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02315204v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569966v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ngaido" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569962v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Khalifa Ly" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://horizon.documentation.ird.fr/exl-doc/pleins_textes/divers17-02/010069145.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569967v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156927v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156926v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pedone.info/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207268v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pedone.info/livre/le-transport-maritime-et-la-protection-de-la-biodiversite/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Ngaido" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ird.fr" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552161v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ould Zein" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Tixerant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02273751v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00422643v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>