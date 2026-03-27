--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1165,563 +1165,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain boundary in NbCo(Pt)Sn half-Heusler compounds: Segregation and solute drag on grain boundary migration</w:t>
+                <w:t xml:space="preserve">Hierarchical nature of hydrogen-based direct reduction of iron oxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ting Luo</w:t>
+                <w:t xml:space="preserve">Yan Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Mangelinck</w:t>
+                <w:t xml:space="preserve">Isnaldi Souza Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Serrano-Sánchez</w:t>
+                <w:t xml:space="preserve">Yang Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenguang Fu</w:t>
+                <w:t xml:space="preserve">Johannes Schenk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Felser</w:t>
+                <w:t xml:space="preserve">Fabrice Patisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 226, pp.117604. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 213, pp.114571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.117604⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2022.114571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03858804v1</w:t>
+                <w:t xml:space="preserve">hal-03606295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making sustainable aluminum by recycling scrap: The science of “dirty” alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mysterious Field Evaporation Behavior of Hydrogen in Aluminium Based Material Analyzed with Atom Probe Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dierk Raabe</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk Ponge</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mario Paolantonio</w:t>
+                <w:t xml:space="preserve">Benoit Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pmatsci.2022.100947⟩</w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (S1), pp.690-691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927622003233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03665697v1</w:t>
+                <w:t xml:space="preserve">hal-03855834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical nature of hydrogen-based direct reduction of iron oxides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Grain boundary in NbCo(Pt)Sn half-Heusler compounds: Segregation and solute drag on grain boundary migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ting Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mangelinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Serrano-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Ma</w:t>
+                <w:t xml:space="preserve">Chenguang Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isnaldi Souza Filho</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Patisson</w:t>
+                <w:t xml:space="preserve">Claudia Felser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2022.114571⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 226, pp.117604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.117604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03606295v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mysterious Field Evaporation Behavior of Hydrogen in Aluminium Based Material Analyzed with Atom Probe Tomography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Rousseau</w:t>
+                <w:t xml:space="preserve">Making sustainable aluminum by recycling scrap: The science of “dirty” alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dierk Raabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Ponge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Uggowitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Maillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Leigh Stephenson</w:t>
+                <w:t xml:space="preserve">Moritz Roscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Gervais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Gault</w:t>
+                <w:t xml:space="preserve">Mario Paolantonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 28 (S1), pp.690-691. </w:t>
+              <w:t xml:space="preserve">Progress in Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1431927622003233⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pmatsci.2022.100947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855834v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nucleation mechanism of hetero-epitaxial recrystallization in wrought nickel-based superalloys</w:t>
               </w:r>
@@ -1835,364 +1835,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing atomic-scale vacancy-solute interaction in nickel</w:t>
+                <w:t xml:space="preserve">Partitioning of Solutes at Crystal Defects in Borides After Creep and Annealing in a Polycrystalline Superalloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felipe Morgado</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">François Vurpillot</w:t>
+                <w:t xml:space="preserve">Lola Lilensten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksander Kostka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lartigue-Korinek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sammy Tin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2021.114036⟩</w:t>
+              <w:t xml:space="preserve">JOM Journal of the Minerals, Metals and Materials Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 73, pp.2293-2302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11837-021-04736-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03474754v1</w:t>
+                <w:t xml:space="preserve">hal-03435740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partitioning of Solutes at Crystal Defects in Borides After Creep and Annealing in a Polycrystalline Superalloy</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revealing atomic-scale vacancy-solute interaction in nickel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sammy Tin</w:t>
+                <w:t xml:space="preserve">Felipe Morgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyam Katnagallu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Freysoldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Klaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOM Journal of the Minerals, Metals and Materials Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 73, pp.2293-2302. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 203, pp.114036. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11837-021-04736-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2021.114036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03435740v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03474754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced creep performance in a polycrystalline superalloy driven by atomic-scale phase transformation along planar faults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Lilensten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stoichko Antonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sammy Tin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevas Kontis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2555,51 +2555,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Lardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Delaroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Morgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.1-9. </w:t>
@@ -2765,481 +2765,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpreting nanovoids in atom probe tomography data for accurate local compositional measurements</w:t>
+                <w:t xml:space="preserve">Crack initiation mechanisms during very high cycle fatigue of Ni-based single crystal superalloys at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xing Wang</w:t>
+                <w:t xml:space="preserve">A. Cervellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constantinos Hatzoglou</w:t>
+                <w:t xml:space="preserve">S. Hémery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Sneed</w:t>
+                <w:t xml:space="preserve">P. Kürnsteiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhe Fan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wei Guo</w:t>
+                <w:t xml:space="preserve">P. Kontis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-14832-w⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 188, pp.131-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02571976v1</w:t>
+                <w:t xml:space="preserve">hal-02489468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model to predict image formation in the three-dimensional field ion microscope</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Delaroche</w:t>
+                <w:t xml:space="preserve">Enabling near-atomic-scale analysis of frozen water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman A. El-Zoka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Parviainen</w:t>
+                <w:t xml:space="preserve">Se-Ho Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Rolland</w:t>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger C. Newman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh T. Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Physics Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cpc.2020.107317⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (49), pp.eabd6324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abd6324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02571970v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain boundary segregation and precipitation in an Al-Zn-Mg-Cu alloy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dierk Raabe</w:t>
+                <w:t xml:space="preserve">New approach for FIB-preparation of atom probe specimens for aluminum alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lilensten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), pp.e0231179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/matecconf/202032601004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02990643v1</w:t>
+                <w:t xml:space="preserve">hal-03857500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Effects in Voltage Pulsed Atom Probe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Morgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leigh Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3248,703 +3209,742 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 26 (6), pp.1133-1146. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927620024587⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03013684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack initiation mechanisms during very high cycle fatigue of Ni-based single crystal superalloys at high temperature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Hémery</w:t>
+                <w:t xml:space="preserve">A model to predict image formation in the three-dimensional field ion microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Klaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Lardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Delaroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Kürnsteiner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Gault</w:t>
+                <w:t xml:space="preserve">Stefan Parviainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Kontis</w:t>
+                <w:t xml:space="preserve">Nicolas Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 188, pp.131-144. </w:t>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.107317. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.02.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2020.107317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02489468v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02571970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enabling near-atomic-scale analysis of frozen water</w:t>
+                <w:t xml:space="preserve">Interpreting nanovoids in atom probe tomography data for accurate local compositional measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayman A. El-Zoka</w:t>
+                <w:t xml:space="preserve">Xing Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se-Ho Kim</w:t>
+                <w:t xml:space="preserve">Constantinos Hatzoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Deville</w:t>
+                <w:t xml:space="preserve">Brian Sneed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger C. Newman</w:t>
+                <w:t xml:space="preserve">Zhe Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leigh T. Stephenson</w:t>
+                <w:t xml:space="preserve">Wei Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 6 (49), pp.eabd6324. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abd6324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-14832-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973797v1</w:t>
+                <w:t xml:space="preserve">hal-02571976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New approach for FIB-preparation of atom probe specimens for aluminum alloys</w:t>
+                <w:t xml:space="preserve">Grain boundary segregation and precipitation in an Al-Zn-Mg-Cu alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Lilensten</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Gault</w:t>
+                <w:t xml:space="preserve">Huan Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Ponge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Geuser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dierk Raabe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 15 (4), pp.e0231179. </w:t>
+              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 326, </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/202032601004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857500v1</w:t>
+                <w:t xml:space="preserve">hal-02990643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reflections on the analysis of interfaces and grain boundaries by atom probe tomography</w:t>
+                <w:t xml:space="preserve">Intermixing of Fe and Cu on the atomic scale by high-pressure torsion as revealed by DC-and AC-SQUID susceptometry and atom probe tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin M. Jenkins</w:t>
+                <w:t xml:space="preserve">Martin Stückler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Danoix</w:t>
+                <w:t xml:space="preserve">Heinz Krenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Gouné</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Zirong Peng</w:t>
+                <w:t xml:space="preserve">Philipp Kürnsteiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1431927620000197⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 196, pp.210 - 219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.06.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02533984v1</w:t>
+                <w:t xml:space="preserve">hal-02941083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermixing of Fe and Cu on the atomic scale by high-pressure torsion as revealed by DC-and AC-SQUID susceptometry and atom probe tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reflections on the analysis of interfaces and grain boundaries by atom probe tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin M. Jenkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Stückler</w:t>
+                <w:t xml:space="preserve">Mohamed Gouné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heinz Krenn</w:t>
+                <w:t xml:space="preserve">Paul. A. J. Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philipp Kürnsteiner</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric de Geuser</w:t>
+                <w:t xml:space="preserve">Zirong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 196, pp.210 - 219. </w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (2), pp.247-257. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.06.035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1431927620000197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02941083v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02533984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metrology of small particles and solute clusters by atom probe tomography</w:t>
               </w:r>
@@ -4015,295 +4015,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02491773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay of Chemistry and Faceting at Grain Boundaries in a Model Al Alloy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of nanoscale fluid inclusions in geomaterials by atom probe tomography: Experiments and numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liam Huber</w:t>
+                <w:t xml:space="preserve">R. Dubosq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenjun Lu</w:t>
+                <w:t xml:space="preserve">C. Hatzoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas J Peter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dayong An</w:t>
+                <w:t xml:space="preserve">K. Schweinar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.106102⟩</w:t>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 218, pp.113092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2020.113092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507468v1</w:t>
+                <w:t xml:space="preserve">hal-02921985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of nanoscale fluid inclusions in geomaterials by atom probe tomography: Experiments and numerical simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interplay of Chemistry and Faceting at Grain Boundaries in a Model Al Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huan Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Huber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Dubosq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Gault</w:t>
+                <w:t xml:space="preserve">Wenjun Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Hatzoglou</w:t>
+                <w:t xml:space="preserve">Nicolas J Peter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Schweinar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Vurpillot</w:t>
+                <w:t xml:space="preserve">Dayong An</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 218, pp.113092. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124, </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2020.113092⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.106102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921985v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical segregation and precipitation at anti-phase boundaries in thermoelectric Heusler-Fe2VAl</w:t>
               </w:r>
@@ -4449,104 +4449,104 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tehrani Kambiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Morgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leigh Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 26 (6), pp.1133-1146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1431927620024587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518683v1</w:t>
@@ -4685,740 +4685,740 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03614743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Automated Computational Approach for Complete In-Plane Compositional Interface Analysis by Atom Probe Tomography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">Unraveling the metastability of C n 2+ ( n = 2–4) Clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zirong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yifeng Lu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François Vurpillot</w:t>
+                <w:t xml:space="preserve">David Zanuttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1431927618016112⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (3), pp.581-588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.8b03449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02107351v1</w:t>
+                <w:t xml:space="preserve">hal-02107343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic-scale grain boundary engineering to overcome hot-cracking in additively-manufactured superalloys</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ti and its alloys as examples of cryogenic focused ion beam milling of environmentally-sensitive materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alisson Kwiatowski Da Silva</w:t>
+                <w:t xml:space="preserve">Yanhong Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjun Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guénolé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh Stephenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Szczpaniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2019.07.041⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-08752-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02556990v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02447118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D nanostructural characterisation of grain boundaries in atom probe data utilising machine learning methods</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">Atomic-scale grain boundary engineering to overcome hot-cracking in additively-manufactured superalloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paraskevas Kontis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zirong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Legros</w:t>
+                <w:t xml:space="preserve">Junyang He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisson Kwiatowski Da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0225041⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2019.07.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370198v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02556990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the metastability of C n 2+ ( n = 2–4) Clusters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">An Automated Computational Approach for Complete In-Plane Compositional Interface Analysis by Atom Probe Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zirong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Jacquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ivan Blum</w:t>
+                <w:t xml:space="preserve">Yifeng Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantinos Hatzoglou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisson Kwiatkowski da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.8b03449⟩</w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25, pp.389-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927618016112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02107343v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02107351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ti and its alloys as examples of cryogenic focused ion beam milling of environmentally-sensitive materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D nanostructural characterisation of grain boundaries in atom probe data utilising machine learning methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ye Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zirong Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanhong Chang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wenjun Lu</w:t>
+                <w:t xml:space="preserve">Markus Kühbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Guénolé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Leigh Stephenson</w:t>
+                <w:t xml:space="preserve">Andrew Breen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnieszka Szczpaniak</w:t>
+                <w:t xml:space="preserve">Marc Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (11), pp.e0225041. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-08752-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0225041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02447118v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02370198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging individual solute atoms at crystalline imperfections in metals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shyam Katnagallu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leigh T. Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5623,498 +5623,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02285951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hot cracking mechanism affecting a non-weldable Ni-based superalloy produced by selective electron Beam Melting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The effect of chromium and cobalt segregation at dislocations on nickel-based superalloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevas Kontis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Jägle</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Zhuangming Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dierk Raabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.09.047⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 145, pp.76-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2017.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02551361v1</w:t>
+                <w:t xml:space="preserve">hal-02310939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of chromium and cobalt segregation at dislocations on nickel-based superalloys</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zhuangming Li</w:t>
+                <w:t xml:space="preserve">Impact of local electrostatic field rearrangement on field ionization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyam Katnagallu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Collins</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dierk Raabe</w:t>
+                <w:t xml:space="preserve">Michal Dagan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Parviainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Nematollahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blazej Grabowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2017.10.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (10), pp.105601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/aaaba6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02310939v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02107446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of local electrostatic field rearrangement on field ionization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ali Nematollahi</w:t>
+                <w:t xml:space="preserve">Hot cracking mechanism affecting a non-weldable Ni-based superalloy produced by selective electron Beam Melting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paraskevas Kontis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blazej Grabowski</w:t>
+                <w:t xml:space="preserve">Eric Jägle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dierk Raabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 51 (10), pp.105601. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 142, pp.82-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/aaaba6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.09.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02107446v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parameter free quantitative analysis of atom probe data by correlation functions: Application to the precipitation in Al-Zn-Mg-Cu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huan Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Ponge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dierk Raabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Geuser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6161,51 +6161,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segregation assisted grain boundary precipitation in a model Al-Zn-Mg-Cu alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huan Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6295,51 +6295,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the detection of multiple events in atom probe tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zirong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6347,51 +6347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pyuck-Pa Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yujiao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dierk Raabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultramicroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 189, pp.54-60. </w:t>
@@ -6821,295 +6821,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01934743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reflections on the Projection of Ions in Atom Probe Tomography</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigation of solute/interphase interaction during ferrite growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo P. van Landeghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Langelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Panahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Korinek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1431927616012721⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 124, pp.536 - 543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2016.11.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611557v1</w:t>
+                <w:t xml:space="preserve">hal-01614350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of solute/interphase interaction during ferrite growth</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reflections on the Projection of Ions in Atom Probe Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Geuser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 124, pp.536 - 543. </w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (02), pp.238 - 246. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2016.11.035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1431927616012721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01614350v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01611557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomistic Simulations of Surface Effects Under High Electric Fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Parviainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Dagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shyam Katnagallu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8532,333 +8532,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02320469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical and thermal processes involved in ultrafast laser pulse interaction with a field emitter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correlated field evaporation as seen by atom probe tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. de Geuser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vella</w:t>
+                <w:t xml:space="preserve">A. Bostel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2007.02.004⟩</w:t>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 601 (2), pp.536 - 543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2006.10.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01928886v1</w:t>
+                <w:t xml:space="preserve">hal-00408087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlated field evaporation as seen by atom probe tomography</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optical and thermal processes involved in ultrafast laser pulse interaction with a field emitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Bostel</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Menand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 107 (9), pp.713--719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2007.02.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.susc.2006.10.019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00408087v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of an oxide layer by femtosecond-laser-assisted atom probe tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Menand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. De Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8957,77 +8957,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Menand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 77 (4), </w:t>
@@ -9235,51 +9235,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient Strain Age Hardening in Al-Mg and Al-Mg-Cu Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huan Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9550,103 +9550,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segregation and Precipitation at Grain Boundaries in a Model Al-Zn-Mg-Cu Alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huan Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Ponge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dierk Raabe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICAA17 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10290,273 +10290,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring precipitation in Al alloys by Atom Probe Tomography: a statistical methodology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automated calibration of Atom Probe reconstructions using a GPU based Fourier analysis in a Python workbench</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Katnagallu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Di Bernardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Stephenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rampp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Aluminium Alloys (ICAA 16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">International Conference on Atom-Probe Tomography &amp; Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Washington, DC, USA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01838868v1</w:t>
+                <w:t xml:space="preserve">hal-01838863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated calibration of Atom Probe reconstructions using a GPU based Fourier analysis in a Python workbench</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Di Bernardo</w:t>
+                <w:t xml:space="preserve">Monitoring precipitation in Al alloys by Atom Probe Tomography: a statistical methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. de Geuser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Stephenson</w:t>
+                <w:t xml:space="preserve">D. Ponge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rampp</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Raabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Atom-Probe Tomography &amp; Microscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Washington, DC, USA, United States</w:t>
+              <w:t xml:space="preserve">International Conference on Aluminium Alloys (ICAA 16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01838863v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01838868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting Field Ion Microscopy</w:t>
               </w:r>
@@ -10568,83 +10568,83 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Katnagallu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Vurpillot</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMS conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
@@ -10653,91 +10653,91 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Small Angle Scattering, Atom Probe Tomography and Differential Calorimetry for a Better Characterization of Solid Solution Decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10752,203 +10752,203 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMS conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, San Diego, CA, USA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementarity of atom probe, small angle scattering and differential scanning calorimetry for the study of precipitation in aluminium alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Williams Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Aluminium Alloys (ICAA 14)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Trondheim, Norway. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.794-796.926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Small Angle Scattering and Atom Probe Tomography as Complementary Tools for Characterising Precipitate Microstructures at the Nanoscale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10957,123 +10957,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Araullo-Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cairney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neutron and X-Ray Studies of Advanced Materials VI: Centennial and beyond" symposium of the 2013 TMS conference. 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00950644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of atom probe tomography in small-angle X-ray scattering investigations of phase separation in alloys : interplay between direct and reciprocal spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11102,73 +11102,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd International Field Emission Symposium (IFES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Tuscaloosa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical and structural characterization of delta' precipitates in an Al–Li–Mg alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11190,110 +11190,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X.Y. Cui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Moody</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd International Field Emission Symposium (IFES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Tuscaloosa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of atom probe tomography in small-angle X-ray scattering investigations of phase separation in alloys: interplay between direct and reciprocal spaces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11322,73 +11322,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Field Emission Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Tuscaloosa, Alabama, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in tomographic reconstruction for atom probe microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11447,73 +11447,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Solid-Solid Phase Transformations in Inorganic Materials (PTM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atom probe tomography and transmission electron microscopy study of T1 and theta' precipitation in an Al-Li-Cu-Mg-Ag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11572,73 +11572,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop ANR Alicantde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of the reconstruction parameters for Atom Probe Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11647,123 +11647,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.T. Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. P. Moody</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. C. Muddle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Australian Conference on Microscopy and Microanalysis (ACMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Perth, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atom probe tomography and transmission electron microscopy study of T1 and theta' precipitation in an Al-Li-Cu-Mg-Ag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11772,123 +11772,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.T. Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. P. Moody</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. P. Ringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Aluminium Alloys (ICAA 11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atom probe tomography calibration through post-analysis considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11897,502 +11897,502 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.T. Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. P. Moody</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. C. Muddle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51st International Field Emission Symposium (IFES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New approaches to the reconstruction in Atom Probe Tomography and applications to organic materials analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Moody</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Braet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51st International Field Emission Symposium (IFES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Perth, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a laser assisted wide-angle tomographic atom-probe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Deconihout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Vurpillot</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Interface Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.278--282, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sia.2491⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/sia.2491⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser atom probe tomography: Some applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Blavette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mangelinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hoummada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Lardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVNC and IFES 2006 - Technical Digest - l9th International Vacuum Nanoelectronics Conference and 50th International Field Emission Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.61--62, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IVNC.2006.335352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12402,91 +12402,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reflections on the spatial performance of atom probe tomography in the analysis of atomic neighbourhoods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Klaes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe F. Morgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Freysoldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12498,51 +12498,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03474777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12552,51 +12552,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the Role of Cu and Clustering on Strain Hardening and Strain Rate Sensitivity of Al-Mg-Si-Cu Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Langille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12605,110 +12605,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brad Diak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guiglionda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Meddeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Light Metals 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.143-151, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-05864-7_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12718,78 +12718,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why do We Need a High Performance Position Sensitive Detector in Atom Probe Tomography?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Geuser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12817,65 +12817,65 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th International Field Emission Symposium (IFES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Guilin, China. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId421"/>
+      <w:footerReference w:type="default" r:id="rId420"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13022,51 +13022,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526330v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. Kultz Unti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Aota" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S.N. Lopes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.G. Ribamar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121747" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526534v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Gi Lee" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byeong-Gyu Chae" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I-Jun Ro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyuseon Jang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nak-Kyoon Kim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2025.114296" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05319082v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Varoto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Courtois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Kwesi Nutor" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roure" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Papillon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121601" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410426v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Geuser" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Freysoldt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956017v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinren Chen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Kwiatkowski da Silva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanlai Liu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Woods" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202412060" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524881v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Giron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Polin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmaeil Adabifiroozjaei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyiwei Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Maccari" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67773-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04056079v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe F Morgado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Stephenson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rousseau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Evertz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad039" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jenkins" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Haley" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Burr" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154755" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858804v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Luo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mangelinck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Serrano-S&#225;nchez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Fu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Felser" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.117604" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665697v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dierk Raabe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Ponge" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Uggowitzer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Roscher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Paolantonio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmatsci.2022.100947" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03606295v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Ma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isnaldi Souza Filho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Bai" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Schenk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Patisson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2022.114571" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03855834v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gervais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927622003233" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030695v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyam Katnagallu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Vernier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agathe Charpagne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bozzolo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.09.012" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Morgado" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114036" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435740v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Kostka" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lartigue-Korinek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Tin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-021-04736-5" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995607v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoichko Antonov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevas Kontis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.10.062" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325734v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semih Ener" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin P Skokov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhanalakshmi Palanisamy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devillers" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Fischbacher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116968" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163089v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Medrano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhao" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.W. Sinclair" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116734" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474770v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Renaux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012629" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388125v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Li" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012952" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02571976v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Wang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Hatzoglou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sneed" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Fan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Guo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14832-w" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02571970v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Parviainen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2020.107317" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990643v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huan Zhao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032601004" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013684v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620024587" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489468v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cervellon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;mery" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K&#252;rnsteiner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kontis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.012" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973797v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman A. El-Zoka" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se-Ho Kim" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger C. Newman" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh T. Stephenson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd6324" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857500v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lilensten" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231179" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533984v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M. Jenkins" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Goun&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul. A. J. Bagot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zirong Peng" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620000197" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941083v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin St&#252;ckler" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Krenn" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp K&#252;rnsteiner" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.06.035" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491773v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.023" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507468v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Huber" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Lu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J Peter" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayong An" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.106102" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02921985v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dubosq" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hatzoglou" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schweinar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2020.113092" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051791v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie Gomell" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou Diack-Rasselio" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Maier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Perriere" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.04.037" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03518683v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehrani Kambiz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614743v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Zheng" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Sosa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish Fraser" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.05.004" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107351v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifeng Lu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927618016112" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556990v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chauvet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyang He" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Kwiatowski Da Silva" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.07.041" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370198v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Wei" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus K&#252;hbach" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Breen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0225041" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107343v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zanuttini" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b03449" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447118v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanhong Chang" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Szczpaniak" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-08752-7" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097141v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mouton" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparna P.A. Subramanyam" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ab5cc4" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285951v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaber Rezaei Mianroodi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratheek Shanthraj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.06.008" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551361v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric J&#228;gle" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.09.047" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310939v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuangming Li" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Collins" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2017.10.005" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107446v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Dagan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nematollahi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blazej Grabowski" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aaaba6" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807793v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.05.024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832872v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Szczepaniak" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.07.003" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061736v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pyuck-Pa Choi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujiao Li" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2018.03.018" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070371v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Colombara" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Werner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Schwarz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ca&#241;ero Infante" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fleming" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03115-0" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869035v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. T. T Stephenson" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.08.050" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934743v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mompiou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tingaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chang" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dirras" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.09.032" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611557v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616012721" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614350v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo P. van Landeghem" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Langelier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Panahi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korinek" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.11.035" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107478v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Moody" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927617003889" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963755v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Araullo-Peters" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Geuser" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deschamps" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cairney" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2013.12.001" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935033v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Larson" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Geiser" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cossms.2013.09.002" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728142v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Cui" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Moody" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sigli" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2012.02.021" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692313v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Haley" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Marquis" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2010.11.016" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GS27M4W7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692312v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourgeois" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.M. Gabble" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.P. Ringer" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2010.12.004" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SPVQJ49-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591219v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. La Fontaine" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.T. Stephenson" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927609991267" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457536v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moody" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Marquis" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Geiser" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927609092988" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457538v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tsafnat" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3068197" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457545v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Haley L.T. Stephenson" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3182351" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320469v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barrington Muddle" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927608080690" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928886v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vella" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menand" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blavette" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2007.02.004" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQGXMZ3H-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408087v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bostel" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.10.019" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320478v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De Geuser" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Deconihout" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Danoix" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2186394" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928897v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gilbert" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2194089" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937436v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Souksavat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Doriot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Onimus" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Brachet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158339v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Medrano" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Sinclair" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158331v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158342v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huber" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Lu" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peter" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. An" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158344v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379745v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Abdellaoui" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zaefferer" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bueno-Villoro" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158343v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kwiatkowski Da Silva" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Szczepaniak" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02418175v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Durand" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379664v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075282v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langille" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Diak" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guiglionda" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Meddeb" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838868v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ponge" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raabe" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838863v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Katnagallu" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Di Bernardo" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stephenson" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rampp" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838871v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dagan" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vurpillot" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838872v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ivanov" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couturier" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838893v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dorin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.794-796.926" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950644v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cairney" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Couturier" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838910v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838908v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dremont" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818001v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838923v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838924v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838926v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Moody" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. C. Muddle" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838928v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Ringer" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838927v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838925v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yang" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Braet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928893v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.2491" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8FMXSVXB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928901v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cadel" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hoummada" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVNC.2006.335352" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474777v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe F. Morgado" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158948v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guiglionda" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05864-7_20" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838932v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526330v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. Kultz Unti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Aota" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S.N. Lopes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.G. Ribamar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121747" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526534v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Gi Lee" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byeong-Gyu Chae" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I-Jun Ro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyuseon Jang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nak-Kyoon Kim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2025.114296" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05319082v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Varoto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Courtois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Kwesi Nutor" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roure" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Papillon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121601" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410426v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Geuser" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Freysoldt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956017v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinren Chen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Kwiatkowski da Silva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanlai Liu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Woods" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202412060" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524881v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Giron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Polin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmaeil Adabifiroozjaei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyiwei Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Maccari" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67773-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04056079v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe F Morgado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Stephenson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rousseau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Evertz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad039" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jenkins" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Haley" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Burr" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154755" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03606295v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Ma" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isnaldi Souza Filho" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Bai" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Schenk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Patisson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2022.114571" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03855834v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gervais" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927622003233" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858804v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Luo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mangelinck" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Serrano-S&#225;nchez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Fu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Felser" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.117604" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665697v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dierk Raabe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Ponge" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Uggowitzer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Roscher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Paolantonio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmatsci.2022.100947" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030695v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyam Katnagallu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Vernier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agathe Charpagne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bozzolo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.09.012" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435740v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Kostka" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lartigue-Korinek" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Tin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-021-04736-5" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474754v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Morgado" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114036" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995607v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoichko Antonov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevas Kontis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.10.062" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325734v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semih Ener" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin P Skokov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhanalakshmi Palanisamy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devillers" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Fischbacher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116968" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163089v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Medrano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhao" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.W. Sinclair" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116734" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474770v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Renaux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012629" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388125v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Li" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012952" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489468v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cervellon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;mery" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K&#252;rnsteiner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kontis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.012" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973797v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman A. El-Zoka" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se-Ho Kim" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger C. Newman" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh T. Stephenson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd6324" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857500v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lilensten" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231179" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013684v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620024587" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02571970v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Parviainen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2020.107317" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02571976v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Wang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Hatzoglou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sneed" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Fan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Guo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14832-w" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990643v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huan Zhao" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032601004" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941083v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin St&#252;ckler" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Krenn" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp K&#252;rnsteiner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.06.035" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533984v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M. Jenkins" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Goun&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul. A. J. Bagot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zirong Peng" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620000197" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491773v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.023" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02921985v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dubosq" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hatzoglou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schweinar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2020.113092" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507468v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Huber" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Lu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J Peter" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayong An" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.106102" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051791v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie Gomell" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou Diack-Rasselio" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Maier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Perriere" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.04.037" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03518683v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehrani Kambiz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614743v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Zheng" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Sosa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish Fraser" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.05.004" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107343v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zanuttini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b03449" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447118v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanhong Chang" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Szczpaniak" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-08752-7" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556990v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chauvet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyang He" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Kwiatowski Da Silva" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.07.041" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107351v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifeng Lu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927618016112" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370198v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Wei" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus K&#252;hbach" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Breen" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0225041" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097141v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mouton" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparna P.A. Subramanyam" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ab5cc4" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285951v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaber Rezaei Mianroodi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratheek Shanthraj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.06.008" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310939v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuangming Li" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Collins" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2017.10.005" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107446v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Dagan" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nematollahi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blazej Grabowski" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aaaba6" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551361v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric J&#228;gle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.09.047" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807793v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.05.024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832872v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Szczepaniak" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.07.003" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061736v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pyuck-Pa Choi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujiao Li" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2018.03.018" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070371v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Colombara" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Werner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Schwarz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ca&#241;ero Infante" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fleming" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03115-0" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869035v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. T. T Stephenson" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.08.050" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934743v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mompiou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tingaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chang" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dirras" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.09.032" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614350v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo P. van Landeghem" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Langelier" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Panahi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korinek" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.11.035" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611557v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616012721" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107478v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Moody" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927617003889" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963755v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Araullo-Peters" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Geuser" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deschamps" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cairney" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2013.12.001" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935033v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Larson" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Geiser" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cossms.2013.09.002" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728142v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Cui" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Moody" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sigli" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2012.02.021" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692313v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Haley" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Marquis" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2010.11.016" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GS27M4W7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692312v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourgeois" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.M. Gabble" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.P. Ringer" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2010.12.004" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SPVQJ49-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591219v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. La Fontaine" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.T. Stephenson" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927609991267" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457536v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moody" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Marquis" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Geiser" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927609092988" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457538v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tsafnat" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3068197" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457545v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Haley L.T. Stephenson" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3182351" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320469v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barrington Muddle" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927608080690" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408087v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bostel" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.10.019" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928886v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vella" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menand" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blavette" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2007.02.004" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQGXMZ3H-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320478v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De Geuser" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Deconihout" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Danoix" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2186394" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928897v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gilbert" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2194089" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937436v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Souksavat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Doriot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Onimus" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Brachet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158339v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Medrano" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Sinclair" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158331v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158342v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huber" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Lu" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peter" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. An" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158344v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379745v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Abdellaoui" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zaefferer" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bueno-Villoro" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158343v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kwiatkowski Da Silva" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Szczepaniak" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02418175v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Durand" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379664v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075282v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langille" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Diak" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guiglionda" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Meddeb" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838863v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Katnagallu" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Di Bernardo" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stephenson" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rampp" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838868v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ponge" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raabe" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838871v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dagan" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838872v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ivanov" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couturier" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838893v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dorin" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.794-796.926" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950644v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cairney" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Couturier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838910v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838908v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dremont" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818001v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838923v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838924v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838926v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Moody" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. C. Muddle" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838928v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Ringer" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838927v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838925v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yang" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Braet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928893v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.2491" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8FMXSVXB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928901v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cadel" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hoummada" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVNC.2006.335352" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474777v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe F. Morgado" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158948v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guiglionda" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05864-7_20" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838932v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>