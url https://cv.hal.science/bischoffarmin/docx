--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (56)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,161 +234,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05296572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal response of belowground and aboveground organisms to microclimate changes in irrigated mediterranean vineyards</w:t>
+                <w:t xml:space="preserve">Effects of solar panels and management on soil mesofauna, respiration and plant traits in solar parks of two southern French regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emile Melloul</w:t>
+                <w:t xml:space="preserve">Arnaud Lec'Hvien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Nicolas</w:t>
+                <w:t xml:space="preserve">Louison Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Rocher</w:t>
+                <w:t xml:space="preserve">Francis Isselin-Nondedeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Gros</w:t>
+                <w:t xml:space="preserve">Bertrand Schatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.31561. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 402, pp.129190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-06257-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2026.129190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242252v1</w:t>
+                <w:t xml:space="preserve">hal-05556701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal snapshot of parasitoid wasp communities on three flowering plant species and implications for the rosy apple aphid regulation (Dysaphis plantaginea) in apple orchards</w:t>
               </w:r>
@@ -508,6288 +508,6327 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of solar panels and management on pollinators and their interactions with plants in Southern French solar parks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lec'Hvien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louison Bienvenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Isselin-Nondedeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 307, pp.111209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocon.2025.111209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05101991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of irrigation on vegetation, mesofauna and organic matter decomposition in Mediterranean vineyards</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Temporal response of belowground and aboveground organisms to microclimate changes in irrigated mediterranean vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Melloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 386, pp.109592. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.31561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109592⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-06257-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05101990v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special issue: Biodiversity and ecosystem services in European vineyards: Innovative approaches for a sustainable future</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of irrigation on vegetation, mesofauna and organic matter decomposition in Mediterranean vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Melloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anita Kirmer</w:t>
+                <w:t xml:space="preserve">Olivier Blight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 88, pp.59-61. </w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 386, pp.109592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2025.08.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05296642v1</w:t>
+                <w:t xml:space="preserve">hal-05101990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Panels and Management on Plant Community Composition in Southern French Solar Parks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Gros</w:t>
+                <w:t xml:space="preserve">Special issue: Biodiversity and ecosystem services in European vineyards: Innovative approaches for a sustainable future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Kebaili</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anita Kirmer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/avsc.70037⟩</w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 88, pp.59-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2025.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242203v1</w:t>
+                <w:t xml:space="preserve">hal-05296642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive Effects of Inter‐Row Vegetation on Soil Fauna and Organic Matter Decomposition in Mediterranean Vineyards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocher Léo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rocher Léo</w:t>
+                <w:t xml:space="preserve">Younes Gaelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Melloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Younes Gaelle</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bischoff Armin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Use and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 41 (3), pp.e70127. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/sum.70127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05242222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous flowering vegetation favours hoverflies and parasitoid wasps in apple orchards but has low cascading effects on biological pest control</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effects of Panels and Management on Plant Community Composition in Southern French Solar Parks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louison Bienvenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lec'Hvien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Kebaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Schatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2023.108766⟩</w:t>
+              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (3), pp.e70037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/avsc.70037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04466909v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Origin, conservation, and restoration of the threatened European grassland ecosystem in the Anthropocene</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From novel ecosystems to novel natures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasper Montana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Heger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Mahy</w:t>
+                <w:t xml:space="preserve">Rosine Kelz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Torok</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rob Buitenwerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fevo.2024.1487211⟩</w:t>
+              <w:t xml:space="preserve">GAIA - Ecological Perspectives for Science and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (1), pp.146-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14512/gaia.33.1.6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04761376v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From novel ecosystems to novel natures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Editorial: Origin, conservation, and restoration of the threatened European grassland ecosystem in the Anthropocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Mahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Torok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jasper Montana</w:t>
+                <w:t xml:space="preserve">Kathrin Kiehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tina Heger</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GAIA - Ecological Perspectives for Science and Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14512/gaia.33.1.6⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.148721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2024.1487211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639826v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04761376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of habitat restoration and solar panels on soil properties and functions in solar parks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Lambert</w:t>
+                <w:t xml:space="preserve">Effect of spontaneous vegetation on beneficial arthropods in Mediterranean vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Melloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blight</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2024.105614⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 359, pp.108740. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2023.108740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791628v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04409915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant geographic distribution influences chemical defences in native and introduced Plantago lanceolata populations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Schmöckel</w:t>
+                <w:t xml:space="preserve">Effects of habitat restoration and solar panels on soil properties and functions in solar parks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.14535⟩</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 203, pp.105614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2024.105614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04523272v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of spontaneous vegetation on beneficial arthropods in Mediterranean vineyards</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Blight</w:t>
+                <w:t xml:space="preserve">Plant geographic distribution influences chemical defences in native and introduced Plantago lanceolata populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Medina-van Berkum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Schmöckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Carrasco-Farias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Catford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2023.108740⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (4), pp.883-896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.14535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04409915v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of sown and spontaneous inter-row vegetation on weeds and beneficial arthropods in vineyards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Melloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blight</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 81, pp.17-24. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.baae.2024.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irrigation decreases flower cover and beneficial arthropod abundances in Mediterranean vineyards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Melloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 77, pp.1-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.baae.2024.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04689218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using priority effects for grassland restoration: Sequential sowing can promote subordinate species</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aure Durbecq</w:t>
+                <w:t xml:space="preserve">Spontaneous flowering vegetation favours hoverflies and parasitoid wasps in apple orchards but has low cascading effects on biological pest control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Renaud Jaunatre</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Blaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lescourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Franck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/avsc.12748⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 359, pp.108766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2023.108766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04327974v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persisting effects of seed bed preparation and early grazing on plant communities in grassland restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aure Durbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jaunatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandra Favale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Maudieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fevo.2023.1152549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04327992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photovoltaic power stations: an opportunity to promote European semi-natural grasslands?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Lambert</w:t>
+                <w:t xml:space="preserve">Using priority effects for grassland restoration: Sequential sowing can promote subordinate species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aure Durbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Gros</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Corcket</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Jaunatre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Environmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fenvs.2023.1137845⟩</w:t>
+              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (4), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/avsc.12748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04448112v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04327974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species and functional responses of ants to inter-row tillage and vegetation in organic Mediterranean vineyards</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Chloé Blaise</w:t>
+                <w:t xml:space="preserve">Photovoltaic power stations: an opportunity to promote European semi-natural grasslands?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Blight</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Enea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2022.11.009⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.1137845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fenvs.2023.1137845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889624v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04448112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mountain grassland restoration using hay and brush material transfer combined with temporary wheat cover</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aure Durbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jaunatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Dupré La Tour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 174, pp.106447. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2021.106447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03454196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation Biological Control of Codling Moth (Cydia pomonella): Effects of Two Aromatic Plants, Basil (Ocimum basilicum) and French Marigolds (Tagetes patula)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Gautier</w:t>
+                <w:t xml:space="preserve">Florent Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (10), pp.908. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/insects13100908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03927386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological restoration of solar park plant communities and the effect of solar panels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Gros</w:t>
+                <w:t xml:space="preserve">Species and functional responses of ants to inter-row tillage and vegetation in organic Mediterranean vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Blaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 182, pp.106722. </w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 65, pp.126-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2022.106722⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2022.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04043001v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetation increases abundances of ground and canopy arthropods in Mediterranean vineyards</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Mazzia</w:t>
+                <w:t xml:space="preserve">Ecological restoration of solar park plant communities and the effect of solar panels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-07529-1⟩</w:t>
+              <w:t xml:space="preserve">Ecological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 182, pp.106722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2022.106722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03615364v1</w:t>
+                <w:t xml:space="preserve">hal-04043001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-site experiment to test biocontrol effects of wildflower strips in different French climate zones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vegetation increases abundances of ground and canopy arthropods in Mediterranean vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mazzia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2022.04.003⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.3680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-07529-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03725154v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The key role of inter-row vegetation and ants on predation in Mediterranean organic vineyards</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A multi-site experiment to test biocontrol effects of wildflower strips in different French climate zones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ponel</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Pollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Tricault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 311, pp.107327. </w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62, pp.33-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107327⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2022.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03135152v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seedling recruitment in mountain grassland restoration: Effects of soil preparation and grazing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aure Durbecq</w:t>
+                <w:t xml:space="preserve">Effects of solar park construction and solar panels on soil quality, microclimate, CO 2 effluxes, and vegetation under a Mediterranean climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux d'Ambly</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Renaud Jaunatre</w:t>
+                <w:t xml:space="preserve">Sixtine Cueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cluchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 24 (1), pp.e12564. </w:t>
+              <w:t xml:space="preserve">Land Degradation and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (18), pp.5190-5202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/avsc.12564⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ldr.4101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03174057v1</w:t>
+                <w:t xml:space="preserve">hal-03440295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of solar park construction and solar panels on soil quality, microclimate, CO 2 effluxes, and vegetation under a Mediterranean climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Lambert</w:t>
+                <w:t xml:space="preserve">Quels facteurs limitent l’installation d’une graminée pérenne dominante pour la restauration écologique des pelouses sèches méditerranéennes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Vidaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land Degradation and Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 32 (18), pp.5190-5202. </w:t>
+              <w:t xml:space="preserve">Naturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24, </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ldr.4101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5852/naturae2021a24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03440295v1</w:t>
+                <w:t xml:space="preserve">hal-03432719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels facteurs limitent l’installation d’une graminée pérenne dominante pour la restauration écologique des pelouses sèches méditerranéennes ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+                <w:t xml:space="preserve">The key role of inter-row vegetation and ants on predation in Mediterranean organic vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mazzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5852/naturae2021a24⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 311, pp.107327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03432719v1</w:t>
+                <w:t xml:space="preserve">hal-03135152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key issues in North-western Mediterranean dry grassland restoration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Seedling recruitment in mountain grassland restoration: Effects of soil preparation and grazing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aure Durbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux d'Ambly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christel Vidaller</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Jaunatre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cluchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Restoration Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/rec.13258⟩</w:t>
+              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (1), pp.e12564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/avsc.12564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02913080v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03174057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of neutral and adaptive differentiation in the Mediterranean grass Brachypodium retusum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Key issues in North-western Mediterranean dry grassland restoration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aure Durbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Arruda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Vidaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botanical Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/botlinnean/boz089⟩</w:t>
+              <w:t xml:space="preserve">Restoration Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29, pp.37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/rec.13258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02983389v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying reference communities in ecological restoration: the use of environmental conditions driving vegetation composition</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Cluchier</w:t>
+                <w:t xml:space="preserve">Comparison of neutral and adaptive differentiation in the Mediterranean grass Brachypodium retusum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Vidaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Baumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianick Juin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Restoration Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 28 (6), pp.1445-1453. </w:t>
+              <w:t xml:space="preserve">Botanical Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 192 (3), pp.536-549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/rec.13232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/botlinnean/boz089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964222v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root growth plasticity to drought in seedlings of perennial grasses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hans Martin Hanslin</w:t>
+                <w:t xml:space="preserve">Identifying reference communities in ecological restoration: the use of environmental conditions driving vegetation composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aure Durbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Jaunatre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cluchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Knut Anders Hovstad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-019-04117-7⟩</w:t>
+              <w:t xml:space="preserve">Restoration Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (6), pp.1445-1453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/rec.13232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02463457v1</w:t>
+                <w:t xml:space="preserve">hal-02964222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sowing of margin strips rich in floral resources improves herbivore control in adjacent crop fields</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
+                <w:t xml:space="preserve">Fire increases the reproduction of the dominant grass Brachypodium retusum and Mediterranean steppe diversity in a combined burning and grazing experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Vidaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Ramone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/afe.12318⟩</w:t>
+              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (1), pp.127-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/avsc.12418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277259v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957579v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fire increases the reproduction of the dominant grass Brachypodium retusum and Mediterranean steppe diversity in a combined burning and grazing experiment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+                <w:t xml:space="preserve">Root growth plasticity to drought in seedlings of perennial grasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Martin Hanslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Ramone</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Armin Bischoff</w:t>
+                <w:t xml:space="preserve">Knut Anders Hovstad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 22 (1), pp.127-137. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 440 (1-2), pp.551-568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/avsc.12418⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-019-04117-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957579v2</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02463457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors limiting early establishment of the Mediterranean grassland species Brachypodium retusum at disturbed sites</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Ramone</w:t>
+                <w:t xml:space="preserve">Sowing of margin strips rich in floral resources improves herbivore control in adjacent crop fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Pollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Tricault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 37, pp.10-19. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (1), pp.119-129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2019.04.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/afe.12318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02125384v1</w:t>
+                <w:t xml:space="preserve">hal-02277259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding plant–arthropod interactions in multitrophic communities to improve conservation biological control: useful traits and metrics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
+                <w:t xml:space="preserve">Factors limiting early establishment of the Mediterranean grassland species Brachypodium retusum at disturbed sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Vidaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Ramone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Valantin-Morison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10340-018-0958-0⟩</w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37, pp.10-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2019.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01778315v1</w:t>
+                <w:t xml:space="preserve">hal-02125384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of spontaneous field margin vegetation on the regulation of herbivores in two winter crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Pollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Guillomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Tricault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Plantegenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 27, pp.71 - 82. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.baae.2018.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive differentiation among populations of the Mediterranean dry grassland species Brachypodium retusum : The role of soil conditions, grazing, and humidity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Vidaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yosra Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Martin Hanslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 105 (7), pp.1123 - 1132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajb2.1116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01930446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of forest fragments on abundance, diversity and species composition of predatory ants in sugarcane fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luan A. O. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odair Aparecido  Fernandes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 33, pp.58-65. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.baae.2018.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01930443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hay and seed transfer to re-establish rare grassland species and communities: How important are date and soil preparation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Hoboy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Winter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Warthemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 221, pp.182 - 189. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocon.2018.02.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priority actions to improve provenance decision making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Breed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Harrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Breed</w:t>
+                <w:t xml:space="preserve">Paula Durruty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Gellie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 68 (7), pp.510 - 516. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/biosci/biy050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01787836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the margin vegetation on the conservation of aphid biological control in apple orchards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luan Alberto Odorizzi dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlice Botelho Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luan Alberto Odorizzi dos Santos</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odair Aparecido  Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 22 (3-4), pp.465-474. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10841-018-0074-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01930442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the stable isotope marker C-13 to study extrafloral nectar uptake by parasitoids under controlled conditions and in the field</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Tricault</w:t>
+                <w:t xml:space="preserve">Understanding plant–arthropod interactions in multitrophic communities to improve conservation biological control: useful traits and metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Valantin-Morison</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eea.12495⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 91 (3), pp.943-955. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10340-018-0958-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">hal-01444023v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01778315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of spontaneous field margin vegetation and surrounding landscape on Brassica oleracea crop herbivory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using the stable isotope marker C-13 to study extrafloral nectar uptake by parasitoids under controlled conditions and in the field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Pollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dosdat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Tricault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Cortesero</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2016.02.029⟩</w:t>
+              <w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 161 (2), pp.131--140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eea.12495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01444064v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01444023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restauration écologique d'une ancienne maïsiculture en zone alluviale : l'île de Raymond en bord de Garonne, Penne ar Bed.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of spontaneous field margin vegetation and surrounding landscape on Brassica oleracea crop herbivory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Pollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orlane Salvadori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Cortesero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in press</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 223, pp.135--143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2016.02.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335599v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01444064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scales and drivers of local adaptation in [i]Brassica nigra[/i] ([i]Brassicaceae[/i]) populations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Restauration écologique d'une ancienne maïsiculture en zone alluviale : l'île de Raymond en bord de Garonne, Penne ar Bed.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Corcket</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lise Benot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Poncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basile Hurault</w:t>
+                <w:t xml:space="preserve">L. Henriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">in press</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01220057v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiation and adaptation in Brassica nigra populations: interactions with related herbivores</w:t>
+                <w:t xml:space="preserve">Scales and drivers of local adaptation in [i]Brassica nigra[/i] ([i]Brassicaceae[/i]) populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Tremulot</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Hurault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00442-010-1798-7⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 100 (6), pp.1162-1170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3732/ajb.1200500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00730153v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene flow from foreign provenances into local plant populations: Fitness consequences and implications for biodiversity restoration.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Differentiation and adaptation in Brassica nigra populations: interactions with related herbivores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Steinger</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tremulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3732/ajb.0900103⟩</w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 165 (4), pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-010-1798-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729689v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing population differentiation in plant species - how important are environmental maternal effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Müller-Schärer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oikos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 119 (3), pp.445-454. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1600-0706.2009.17776.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00796826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Importance of Plant Provenance and Genotypic Diversity of Seed Material Used for Ecological Restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Steinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Müller-Schärer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Restoration Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (3), pp.338-348. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1526-100X.2008.00454.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1526-100X.2008.00454.x⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing population differentiation in plant species - how important are environmental maternal effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Müller-Schärer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oikos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 119 (3), pp.445-454. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1600-0706.2009.17776.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A question of origin: Where and how to collect seed for ecological restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Vander Mijnsbrugge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Smith</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11 (4), pp.300-311. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2009.09.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2009.09.002⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing hay transfer as a method to restore Cnidium dubium meadows of the Elbe river valley near Dessau (Germany). [Renaturierung von Brenndolden-Auenwiesen durch Mahdgutübertragung in der Elbeaue bei Dessau.]</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Winter</w:t>
+                <w:t xml:space="preserve">Gene flow from foreign provenances into local plant populations: Fitness consequences and implications for biodiversity restoration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisèle Crémieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heinz Müller-Schärer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Steinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturschutz im Land Sachsen-Anhalt</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 97 (1), pp.94-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3732/ajb.0900103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730085v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Succession of floodplain grasslands following reduction in land use intensity: the importance of environmental conditions, management and dispersal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Warthemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Klotz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6800,185 +6839,280 @@
               <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 46, pp.241-249. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2664.2008.01581.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Testing hay transfer as a method to restore Cnidium dubium meadows of the Elbe river valley near Dessau (Germany). [Renaturierung von Brenndolden-Auenwiesen durch Mahdgutübertragung in der Elbeaue bei Dessau.]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Warthemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Winter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturschutz im Land Sachsen-Anhalt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 46 (1), pp.49-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Potential contribution of natural enemies to patterns of local adaptation in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cremieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Smilauerova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.S. Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.R. Mortimer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 180, pp.524-533. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2008.02545.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6988,152 +7122,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin, Conservation, and Restoration of the Threatened European Grassland Ecosystem in the Anthropocene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Mahy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Kiehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Péter Török</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mahy, Grégory; Dutoit, Thierry; Kiehl, Kathrin; Bischoff, Armin; Török, Péter. Frontiers Media SA, pp.5-7, 2024, 978-2-8325-4406-8. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/978-2-8325-4406-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7143,65 +7277,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A metabarcoding exploration of ecological interactions among hoverflies, spontaneous vegetation and aphids in apple orchards.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7242,3134 +7376,3134 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IOBC/WPRS Working Groups "Landscape Management for Functional Biodiversity"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 170, IOBC-WPRS, pp.71-74, 2024, Landscape Management for Functional Biodiversity</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plant geographic distribution influences chemical defenses in native and introduced Plantago lanceolata populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Medina-van Berkum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Schmöckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Carrasco-Farias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Catford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mountain grassland restoration using hay and brush material transfer combined with temporary wheat cover</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aure Durbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jaunatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Dupré La Tour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Conference on Ecological Restoration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for Ecological Restoration, Sep 2023, Darwin, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04564358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La restauration des écosystèmes : de l'amélioration des services écosystémiques à la restauration écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Saby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Blaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Kubien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Melloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNRIUT 2023 Saint Pierre - La Réunion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUT de Saint Pierre, Jun 2023, Saint Pierre (La Réunion), La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04326684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restauration et succession des pelouses steppiques de Haute-Durance après perturbation du sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aure Durbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dupré La Tour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jaunatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cluchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème rencontres du Réseau d'Échanges et de Valorisation en Écologie de la Restauration : Rêver et laisser faire ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Arles, France. pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of agro-ecological infrastructures on the control of insect pests in apple orchards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luan Odorizzi dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlice Botelho Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odair Aparecido  Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. meeting of the IOBC-WPRS Working Group Landscape management for functional biodiversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Organisation for Biological Control (IOBC). Organisation Internationale de Lutte Biologique (OILB), FRA., Mar 2017, Dundee, United Kingdom. 178 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction du séminaire. Le projet ANR Peerless : viabilité d’une gestion écologique renforcée de la santé des plantes dans les paysages agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Ecologisation des systèmes de productions agricoles pour renforcer le contrôle biologique des bioagresseurs"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle des plantes sauvages en bordure des parcelles dans la régulation des ravageurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gardarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Odorizzi dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Ecologisation des systèmes de productions agricoles pour renforcer le contrôle biologique des bioagresseurs"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VÉGÉTAL LOCAL : UNE MARQUE FRANÇAISE POUR LA CONSERVATION DE LA FLORE INDIGÈNE</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Damien D. Provendier</w:t>
+                <w:t xml:space="preserve">Recherches pour définir des leviers de gestion de la biodiversité améliorants le contrôle biologique des ravageurs en vergers de pommiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Franck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlice Botelho Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boutaud, Michel</w:t>
+                <w:t xml:space="preserve">Manon Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Olivares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurogard VII The Seventh European Botanic Gardens Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">RED agro écologie 2015 : Réussir l’agroécologie en région méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01778344v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherches pour définir des leviers de gestion de la biodiversité améliorants le contrôle biologique des ravageurs en vergers de pommiers</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">VÉGÉTAL LOCAL : UNE MARQUE FRANÇAISE POUR LA CONSERVATION DE LA FLORE INDIGÈNE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Thomas</w:t>
+                <w:t xml:space="preserve">Malaval, Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hédont, Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien D. Provendier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boutaud, Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RED agro écologie 2015 : Réussir l’agroécologie en région méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Avignon, France</w:t>
+              <w:t xml:space="preserve">Eurogard VII The Seventh European Botanic Gardens Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02799942v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01778344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can biodiversity of agricultural landscapes help control pest insects? In “Joint seminar of the postgraduate programmes in comparative biology and entomology”</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détermination d'unités écologiques et de trajectoires végétales en milieu perturbé et réhabilité : cas d'une ancienne maïsiculture en bord de Garonne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Corcket</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Poncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lise Benot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Oloumane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint seminar of the postgraduate programmes in comparative biology and entomology”, University of Sao Paulo (Brazil), campus Ribeirao Preto, Department of Biology (FFLCRP-USP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Sao Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">REVER 5 Cinquièmes Journées Ateliers du Réseau d'Échanges et de Valorisation en Écologie de la Restauration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01326837v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01326974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scales and drivers of local adaptation in plant populations. In “Joint Annual Meeting of the Britisch Ecological Society (BES) and “la Societé Française d’Ecologie”</w:t>
+                <w:t xml:space="preserve">The role of herbivory in local adaptation of Brassica nigra populations. In “Seminar of the Department of Plant and Environmental Sciences”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Annual Meeting of the Britisch Ecological Society (BES) and “la Societé Française d’Ecologie(SFE).</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Lille, France</w:t>
+              <w:t xml:space="preserve">Seminar of the Department of Plant and Environmental Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01329309v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01329368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of herbivory in local adaptation of Brassica nigra populations. In “Seminar of the Department of Plant and Environmental Sciences”</w:t>
+                <w:t xml:space="preserve">Scales and drivers of local adaptation in plant populations. In “Joint Annual Meeting of the Britisch Ecological Society (BES) and “la Societé Française d’Ecologie”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminar of the Department of Plant and Environmental Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">Joint Annual Meeting of the Britisch Ecological Society (BES) and “la Societé Française d’Ecologie(SFE).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01329368v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01329309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can seedling functional traits be targeted to increase restoration success?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.M. Hanslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Anders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Conference on Ecological Restoration. SER Europe.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Oulu, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01326840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination d'unités écologiques et de trajectoires végétales en milieu perturbé et réhabilité : cas d'une ancienne maïsiculture en bord de Garonne.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florelocale : Un signe national pour encadrer la production d’espèces végétales sauvages d’origine locale. I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Provendier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boutaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dao</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REVER 5 Cinquièmes Journées Ateliers du Réseau d'Échanges et de Valorisation en Écologie de la Restauration</w:t>
+              <w:t xml:space="preserve">REVER5 Cinquièmes Journées Ateliers du Réseau d'Échanges et de Valorisation en Écologie de la Restauration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01326974v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01327230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florelocale : Un signe national pour encadrer la production d’espèces végétales sauvages d’origine locale. I</w:t>
+                <w:t xml:space="preserve">Can biodiversity of agricultural landscapes help control pest insects? In “Joint seminar of the postgraduate programmes in comparative biology and entomology”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Dao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REVER5 Cinquièmes Journées Ateliers du Réseau d'Échanges et de Valorisation en Écologie de la Restauration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Rouen, France</w:t>
+              <w:t xml:space="preserve">Joint seminar of the postgraduate programmes in comparative biology and entomology”, University of Sao Paulo (Brazil), campus Ribeirao Preto, Department of Biology (FFLCRP-USP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Sao Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01327230v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01326837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédation des pucerons par un cortège d’ennemis naturels sur Brassicacées légumières : quantification et facteurs de variation à l’échelle du paysage agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Tricault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Cortesero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jaloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Parisey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Réunion annuelle du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Lyon (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00924691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic differentiation and adaptation of plant populations: how important are related herbivores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tremulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gfö 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Bayreuth (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local plant adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Warthemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Biology Congress Freiburg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Fribourg (CH), Switzerland. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00924692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local plant adaptation and biotic interactions: implications for species introduction in ecological restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tremulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41ème congrès du Groupe Français des Pesticide</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Czeske Budejovice (CZ), Czech Republic. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00924675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure du paysage et colonisation des parcelles de Brassicacées légumières par les insectes phytophages et leurs ennemis naturels</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'adaptation locale des plantes : interactions biotiques et implications pour la restauration écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Crémieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Trémulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hurault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Müller-Schärer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées techniques "Biodiversité fonctionnelle" GIE Fleurs et Plantes du Sud- Ouest.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Bordeaux (FR), France</w:t>
+              <w:t xml:space="preserve">7. Colloque en écologie des communautés végétales ECOVEG 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Angers (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849134v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'adaptation locale des plantes : interactions biotiques et implications pour la restauration écologique</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Structure du paysage en parcelles de Brassicacées : impact sur les insectes phytophages et leurs ennemis naturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Cortesero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Le Ralec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saulais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ezanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Colloque en écologie des communautés végétales ECOVEG 7</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Angers (FR), France</w:t>
+              <w:t xml:space="preserve">9ème Conférence Internationale sur les Ravageurs en Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Montpellier (FR), France. non paginé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849113v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure du paysage en parcelles de Brassicacées : impact sur les insectes phytophages et leurs ennemis naturels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId276" w:history="1">
+                <w:t xml:space="preserve">Structure du paysage et colonisation des parcelles de Brassicacées légumières par les insectes phytophages et leurs ennemis naturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Le Ralec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Coteso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jaloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Conférence Internationale sur les Ravageurs en Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Montpellier (FR), France. non paginé</w:t>
+              <w:t xml:space="preserve">Journées techniques "Biodiversité fonctionnelle" GIE Fleurs et Plantes du Sud- Ouest.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Bordeaux (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849133v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersal and microsite limitation in floodplain grassland restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Warthemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54th symposium international association vegetation science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Avignon (FR), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Succession des prairies alluviales après conversion vers un usage traditionnel : l'importance de la dispersion et des conditions environnementales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Warthemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque en écologie des communautés végétales ECOVEG 6</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Rouen (FR), Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing population differentiation in plant species - how important are environmental maternal effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant population biology in a changing world</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Bern (CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Randstrukturen in der Kulturlandschaft und ihre Bedeutung für die Anbauflächen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nachhaltiger Pflanzenbau in Trockengebieten Internationale wissenschaftliche Konferenz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Bernburg (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of seed provenance in ecological restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SER Summer School Restoration Ecology 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Münster (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restoring plant biodiversity in riverine grasslands of Central Germany.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Warthemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Winter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Society of Ecology (GfÖ)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Leipzig (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729795v1</w:t>
-              </w:r>
-[...152 lines deleted...]
-                <w:t xml:space="preserve">hal-04639801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PIESO Boost - Boîte à outils pour l'optimisation des suivis écologiques et des techniques d'intégration de l'énergie solaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Kaldonski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxine Thorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Vellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cluchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Illac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IMBE Institut Méditerranéen de Biodiversité et d'Ecologie marine et continentale. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05347083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10379,654 +10513,654 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restauration de pelouses steppiques de Haute-Durance après perturbation du sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Durbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jaunatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cluchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Duhautois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes journées du Réseau d'Échanges et de Valorisation en Écologie de la Restauration : REVER et laisser faire ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Arles, France. pp.1, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi d'une population de gratiole, Gratiola officinalis L., dans un parc urbain à Angers: besoin de restaurer ou pas ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferreol Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REVER9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Tour du Valat, Arles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02419509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological restoration and plant succession of dry grasslands in the Haute-Durance valley following soil disturbance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Durbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jaunatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cluchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Duhautois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SER Europe Conference 2018: Restoration in the Era of Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Reykjavik, Iceland. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage agricole et la flore des bordures de champ au service de la régulation des insectes ravageurs par les insectes auxiliaires ? Le cas des cultures de colza et de blé en Maine et Loire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Tricault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jaloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Plantegenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saphore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7e journées françaises de l’Ecologie du Paysage </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01328542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of field margin vegetation on the regulation of crop herbivores.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Tricault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jaloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Plantegenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saphore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Annual Meeting of the Britisch Ecological Society (BES) and “la Societé Française d’Ecologie(SFE).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01329352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11036,112 +11170,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The limits of local adaptation in plants and consequences for ecological restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armin Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guidelines for native seed production and grassland restoration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01329363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId312"/>
+      <w:footerReference w:type="default" r:id="rId314"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11288,51 +11422,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05296572v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Cesarin de Oliveira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelline Tsafack" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Cario" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Rodrigo Rossatto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Bischoff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.70011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242252v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Melloul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Nicolas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rocher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gros" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-06257-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominga Mujica-Fuentes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Olivares" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12674" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-05101991v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lec'Hvien" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Bienvenu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Isselin-Nondedeu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.111209" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-05101990v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109592" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-05296642v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Kirmer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2025.08.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242203v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Kebaili" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.70037" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242222v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocher L&#233;o" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Gaelle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bischoff Armin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.70127" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466909v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blaya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Franck" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108766" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761376v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Mahy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Torok" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Kiehl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2024.1487211" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639826v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper Montana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Heger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Kelz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Buitenwerf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14512/gaia.33.1.6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04791628v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lambert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105614" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04523272v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Medina-van Berkum" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schm&#246;ckel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Carrasco-Farias" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Catford" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14535" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04409915v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108740" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04790866v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2024.10.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689218v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2024.03.003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327974v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Durbecq" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jaunatre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12748" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327992v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Favale" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Maudieu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2023.1152549" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448112v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Enea" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2023.1137845" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03889624v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.11.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454196v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dupr&#233; La Tour" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2021.106447" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927386v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gilles" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gomez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13100908" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04043001v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2022.106722" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03615364v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mazzia" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Millon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-07529-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725154v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pollier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tricault" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.04.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03135152v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107327" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174057v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux d'Ambly" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cluchier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12564" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03440295v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Cueff" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.4101" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432719v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vidaller" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2021a24" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913080v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Arruda" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rec.13258" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02983389v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianick Juin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/botlinnean/boz089" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964222v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rec.13232" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02463457v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Martin Hanslin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Anders Hovstad" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04117-7" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02277259v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12318" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957579v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ramone" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12418" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125384v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2019.04.003" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778315v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-018-0958-0" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778303v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Guillomo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2018.02.004" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01930446v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ibrahim" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.1116" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01930443v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan A. O. Santos" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odair Aparecido  Fernandes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2018.08.009" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778291v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Hoboy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Winter" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Warthemann" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2018.02.033" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01787836v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breed" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Harrison" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Durruty" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Gellie" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biy050" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01930442v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan Alberto Odorizzi dos Santos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlice Botelho Costa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-018-0074-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444023v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dosdat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.12495" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WFM0B60L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444064v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lamarre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Salvadori" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Cortesero" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.02.029" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXHX48XK-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335599v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Benot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poncin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Henriot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220057v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Hurault" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1200500" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730153v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tremulot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-010-1798-7" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z7852PCS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729689v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lis&#232;le Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz M&#252;ller-Sch&#228;rer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Steinger" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.0900103" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00796826v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0706.2009.17776.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729688v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1526-100X.2008.00454.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LXM19W6Z-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729687v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729690v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Vander Mijnsbrugge" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Smith" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2009.09.002" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2BLDWFP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730085v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Warthemann" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Winter" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730077v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2008.01581.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729898v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cremieux" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Smilauerova" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Lawson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Mortimer" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2008.02545.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770786v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter T&#246;r&#246;k" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-8325-4406-8" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668804v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04564358v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326684v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saby" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kubien" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608601v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dupr&#233; La Tour" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cluchier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605409v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Franck" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan Odorizzi dos Santos" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734496v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738356v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pollier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Odorizzi dos Santos" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778344v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaval, Sandra" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;dont, Marie" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D. Provendier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutaud, Michel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799942v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lefebvre" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thomas" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326837v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329309v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329368v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326840v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Hanslin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Anders" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326974v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Corcket" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Oloumane" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327230v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Provendier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutaud" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dao" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924691v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Cortesero" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jaloux" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Parisey" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729214v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924692v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924675v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849134v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Ralec" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baudry" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Coteso" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849113v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tr&#233;mulot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hurault" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. M&#252;ller-Sch&#228;rer" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849133v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saulais" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ezanic" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729691v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729692v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730086v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730063v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730095v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729795v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639801v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347083v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaldonski" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxine Thorel" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Vellot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Illac" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608599v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durbecq" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duhautois" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02419509v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bulot" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreol Braud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chollet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Huet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608603v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328542v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saphore" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329352v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329363v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05296572v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Cesarin de Oliveira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelline Tsafack" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Cario" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Rodrigo Rossatto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Bischoff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.70011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556701v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lec'Hvien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Bienvenu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Isselin-Nondedeu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2026.129190" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominga Mujica-Fuentes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Olivares" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12674" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-05101991v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gros" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.111209" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242252v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Melloul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Nicolas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rocher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-06257-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-05101990v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109592" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-05296642v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Kirmer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2025.08.005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242222v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocher L&#233;o" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Gaelle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bischoff Armin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.70127" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242203v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Kebaili" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.70037" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639826v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper Montana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Heger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Kelz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Buitenwerf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14512/gaia.33.1.6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761376v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Mahy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Torok" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Kiehl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2024.1487211" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04409915v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108740" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04791628v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lambert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105614" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04523272v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Medina-van Berkum" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schm&#246;ckel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Carrasco-Farias" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Catford" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14535" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04790866v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2024.10.001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689218v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2024.03.003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466909v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blaya" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Franck" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108766" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327992v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Durbecq" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jaunatre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Favale" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Maudieu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2023.1152549" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327974v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12748" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448112v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Enea" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2023.1137845" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454196v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dupr&#233; La Tour" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2021.106447" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927386v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gilles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gomez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13100908" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03889624v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.11.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04043001v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2022.106722" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03615364v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mazzia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Millon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-07529-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725154v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pollier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tricault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.04.003" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03440295v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Cueff" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cluchier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.4101" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432719v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vidaller" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2021a24" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03135152v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107327" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174057v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux d'Ambly" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12564" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913080v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Arruda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rec.13258" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02983389v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianick Juin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/botlinnean/boz089" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964222v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rec.13232" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957579v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ramone" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12418" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02463457v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Martin Hanslin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Anders Hovstad" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04117-7" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02277259v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12318" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125384v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2019.04.003" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778303v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Guillomo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2018.02.004" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01930446v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ibrahim" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.1116" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01930443v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan A. O. Santos" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odair Aparecido  Fernandes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2018.08.009" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778291v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Hoboy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Winter" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Warthemann" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2018.02.033" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01787836v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breed" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Harrison" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Durruty" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Gellie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biy050" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01930442v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan Alberto Odorizzi dos Santos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlice Botelho Costa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-018-0074-8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778315v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-018-0958-0" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444023v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dosdat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.12495" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WFM0B60L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444064v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lamarre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Salvadori" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Cortesero" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.02.029" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXHX48XK-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335599v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Benot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poncin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Henriot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220057v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Hurault" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1200500" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730153v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tremulot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-010-1798-7" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z7852PCS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00796826v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz M&#252;ller-Sch&#228;rer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0706.2009.17776.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729688v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Steinger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1526-100X.2008.00454.x" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LXM19W6Z-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729687v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729690v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Vander Mijnsbrugge" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Smith" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2009.09.002" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2BLDWFP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729689v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lis&#232;le Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.0900103" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730077v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Warthemann" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2008.01581.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730085v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Winter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729898v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cremieux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Smilauerova" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Lawson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Mortimer" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2008.02545.x" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770786v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter T&#246;r&#246;k" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-8325-4406-8" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668804v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639801v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04564358v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326684v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saby" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kubien" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608601v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dupr&#233; La Tour" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cluchier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605409v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Franck" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan Odorizzi dos Santos" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734496v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738356v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pollier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Odorizzi dos Santos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albert" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799942v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lefebvre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thomas" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-01778344v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaval, Sandra" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;dont, Marie" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D. Provendier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutaud, Michel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326974v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Corcket" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Oloumane" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329368v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329309v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326840v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Hanslin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Anders" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327230v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Provendier" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutaud" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dao" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326837v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924691v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Cortesero" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jaloux" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Parisey" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729214v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924692v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924675v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849113v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tr&#233;mulot" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hurault" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. M&#252;ller-Sch&#228;rer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849133v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Ralec" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saulais" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ezanic" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baudry" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849134v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Coteso" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729691v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729692v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730086v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730063v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730095v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729795v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347083v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaldonski" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxine Thorel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Vellot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Illac" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608599v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durbecq" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duhautois" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02419509v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bulot" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreol Braud" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chollet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Huet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608603v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328542v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saphore" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329352v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329363v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>