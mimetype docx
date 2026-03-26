--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Blanche Segrestin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (81)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How To Keep Track On Impact Investing Promises: Exploring The Potentials Of New Governance Schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 49 (1), pp.23-53. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/e.jie.pr2.0192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial du dossier spécial - Sociétés à missions : réalités du déploiement et nouvelles perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Dany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 2025-1 (17)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Ownership As Usual: The Implications of Steward-Ownership For Management Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Manelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Waldkirch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heather Hachigian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Jamal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/10564926251357812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vigilance, nouvelle grammaire de la gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.289-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociétés à mission. Une étude des comités de mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.213 - 233. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/rfg.2025.93⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Fiduciary Duties to Management Standards: Rethinking the Corporation for Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in the Sociology of Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 98, pp.83-107. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/s0733-558x20250000098005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger la transformation des pratiques financières pour comprendre le pouvoir transformatif de la finance responsable. L’étude de cas de la méthode de mesure d’alignement de MIROVA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Coeslier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2024 – 1 (n° 15)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À qui appartient l’entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cause commune. Revue d'action politique du PCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Eté (45), pp.34-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir un patrimoine de création pour une start-up deeptech en phase de scale-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (S1), pp.30 - 44. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37725/mgmt.2024.8889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer le risque de black-out: Pour une application du modèle du péril commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (309), pp.101-117. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.309.101-118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit-with-purpose corporations: Why purpose needs law and why it matters for management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/emre.12628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward “Generative” Corporate Governance for Responsible Innovation: The Case of a French Mission Committee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (2024/1), pp.131-158. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter la diversité des formes de société au prisme de leurs missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (14), pp.107-130. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16593-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire de la raison d’être un facteur de résilience : le cas GRTgaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Delfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023/1, pp.84 - 87. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rindu1.231.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the purpose of the corporation with the creative power of the enterprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in the Sociology of Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance de la société à mission.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Entreprise &amp; Société, 2022-1 (11), pp.97-111. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13800-6.p.0097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03745584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management & Law: The Forgotten Contribution of P. Selznick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (1), pp.69-78. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37725/mgmt.v25.8521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ressource commune au péril commun : Repenser nos modèles de l'action climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the Law Distinguishes Between the Enterprise and the Corporation: The Case of the New French Law on Corporate Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 171, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10551-020-04439-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing institutional investor engagement: from activism to stewardship to custodianship?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Corporate Law Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-38. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14735970.2021.1965338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03392972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theoretical framework for tracking farmers’ innovations to support farming system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (5), pp.61. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-021-00713-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03392992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’engagement de La Poste pour un numérique inclusif : un éclairage sur le rôle d’opérateur de service public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105 (4), pp.88-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner sans financer : une nouvelle doctrine d’investissement de l’État au capital des ETI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 | 1er semestre/spring 2021, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.18833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la loi a instauré l’entreprise comme un acteur politique. Analyse historique et théorique de la loi Pacte et de la loi sur le devoir de vigilance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (3), pp.184-197. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.104.0184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Captains of industry? Value allocation and the partnering effect of managerial discretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Starkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Organizational History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (4), pp.295-314. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17449359.2021.1877558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Innovative Management for Cultivated Biodiversity: Lessons from a Pioneering Collaboration between French Farmers, Facilitators and Researchers around Participatory Bread Wheat Breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa E. Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Bosshardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Malicet-Chebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle van Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (2), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12020605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of equipment for agroecology: Coupled innovation processes led by farmer-designers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sinoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Templier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 183, pp.102856. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2020.102856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Captains of Industry? Value Allocation and the Partnering Effect of Managerial Discretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Starkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Organizational History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir de vigilance : la norme de gestion comme source de droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°106 (3), pp.667. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/drs1.106.0667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les juges se saisissent de la performativité du discours managérial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 3, pp.161-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FROM BALANCED ENTERPRISE TO HOSTILE TAKEOVER: HOW THE LAW FORGOT ABOUT MANAGEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legal Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 39 (1), pp.75-97. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/lst.2018.32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE SEPARATION OF DIRECTORS AND MANAGERS: A HISTORICAL EXAMINATION OF THE STATUS OF MANAGERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 25 (2), pp.141-164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise à mission comme vecteur de long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (Novembre 2019), pp.39-44. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rindu1.194.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02361070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firms with a mission as a vector of the long term</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying ecological knowledge to the innovative design of sustainable agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (1), pp.44-51. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.13173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Inventing the Purpose-Driven Enterprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valuation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.87 - 93. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3384/VS.2001-5992.196187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'entreprise moderne à l’entreprise à mission : les métamorphoses de l'objet social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 1 (5), pp.47-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financing the Next Generations of Innovation: New Dimensions in the Private Equity Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of innovation economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, n°29 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.029.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02129063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A century old and still visionary: Fayol's innovative theory of management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (2), pp.399-412. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/emre.12292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission de l’entreprise, variable clé de la démocratie sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (77), pp.107-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Separation of Directors and Managers: A Historical Examination of the Legal Status of Managers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (1), </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5465/ambpp.2018.134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genealogy of design reasoning in agronomy: Lessons for supporting the design of agricultural systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 164, pp.277-290. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2018.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Anerkennung des Unternehmens im Recht: für eine »Société à Mission«</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trivium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un contrat de société sans contrat d’investissement ? Les interrogations des actionnaires minoritaires sur le droit des sociétés : Dialogue avec Colette NEUVILLE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 132, pp.33-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser le statut du management pour relier entreprise et société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicating the role of innovation intermediaries in the 'unknown': a contingency approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Fredberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Strategy and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10 (1), pp.19 - 39. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JSMA-01-2015-0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When innovation implied corporate reform: A historical perspective through the writings of Walther Rathenau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renault-Nissan : une plate-forme pour l'entre-deux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renault Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, OCTOBRE 2016 (37)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01405802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;Société à Objet Social Etendu&amp;quot; : un nouveau statut pour une entreprise innovante et responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Espaces Marx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, L'entreprise est à nous ! Deuxième semestre 2014-Premier semestre 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01251340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ENTREPRISE, CONSÉQUENCE DE LA SCIENCE MODERNE (1919)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 83 (2), pp.132-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation a-t-elle joué un rôle dans la naissance de l’administrative science ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Galvez-Behar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen O'Connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.083.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois propositions pour fonder une entreprise convivialiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, S'émanciper, oui, mais de quoi ?, 48 (second semestre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01394413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering agro-ecosystems as ecological funds for collective design: New perspectives for environmental policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa T. Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon M. Hickey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 61, pp.108-115. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2016.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant fayolien : des révolutions industrielles à la naissance de l’entreprise moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Le tournant fayolien, 83 (2), pp.5-12. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.083.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'innovation appelait à réformer l'entreprise : l'éclairage apporté par Walther Rathenau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 125 (Septembre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Fayol et la théorie du chef d’entreprise : une nouvelle figure de l’autorité au tournant du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (83), pp.108 - 108. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.083.0108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01501332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;société&amp;quot; à objet étendu&amp;quot; : un nouveau statut pour une entreprise innovante et responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Espaces Marx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01256327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subordonner le travail ou l'ordonner à un futur commun ? Pour de nouveaux contrats d’engagement dans l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Hors série (2), pp.73-88. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.hs1.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les finalités de l’entreprise. La contribution des sciences de gestion dans un monde post-hégélien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40 (245), pp.179-200. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.245.179-200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’objet social étendu » : une voie pour réaligner le droit et la théorie des parties prenantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17 (3), pp.30-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société à objet social étendu, un statut innovant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La jaune et la rouge [revue mensuelle de la société amicale des anciens élèves de l'Ecole Polytechnique]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 690 (Décembre), pp.32-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en 2053</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail &amp; Changement. Revue de la qualité de vie au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, n°352, pp. 6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00972258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en 2053. Point de vue Travail & Changement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail &amp; Changement. Revue de la qualité de vie au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 352 (Novembre/Décembre), pp.6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaitre l'entreprise en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue socialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50 (2ème trimestre), pp.122-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refonder l'entreprise : un itinéraire de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Libellio d'AEGIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.53-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse à &amp;quot; Autorité de gestion et avaries communes : une note de lecture &amp;quot; : pour une modélisation de la gouvernance en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (1/2), pp.en ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing the Design Process of Farming Practices Ensuring Little Bustard Conservation: Lessons for Collective Landscape Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sustainable Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 36 (3), pp.319-336. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10440046.2011.627988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impensé de la RSE : La révision du cadre légal de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 38 (228-229), pp.185-200. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.228-229.185-200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autorité de gestion et avaries communes : pour un complément du droit de l'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (2), pp.9-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle &amp;quot; modern corporation &amp;quot; : relecture gestionnaire de l'ouvrage de Berle et Means.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 104, pp.95-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00637306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Agency Theory, a Post-crisis View of Corporate Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22, pp.484-499. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-8551.2011.00763.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00637286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel droit pour l'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (décembre), pp.8-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on partager la direction de l'entreprise ? Retour sur les &amp;quot; entreprises démocratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (57), pp.126-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00707795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise, une invention moderne en attente de droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (décembre), pp.218-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable development through innovative design: lessons from the KCP method experimented with an automotive firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Elmquist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Automotive Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9 (2), pp.229-244. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJATM.2009.026399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The shortcomings of the corporate standard: towards new enterprise frameworks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (8), pp.429-445. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02692170802137547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another look on product diversity: some new propositions to design profitable product ranges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Automotive Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8 (1), pp.4-21. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJATM.2008.018765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société contre l'entreprise ? Vers une norme d'entreprise à progrès collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 65 (1), pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation et variété : comment sortir de l’embarras du choix ? Leçons du cas de l'automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48, pp.59-73. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.048.59.73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02914431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and project development : an impossible equation ? Lessons from an innovative automobile project development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37 (1), pp.37-47. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-9310.2007.00457.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00644623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment concilier innovation et réduction des délais?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Comptabilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.43-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Companies with Multiple Purposes: A Study of Governance in French Sociétés à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Cophenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SUSTAINABLE CORPORATE GOVERNANCE: ELEMENTARY MECHANISMS AND IMPLICATIONS FOR ALTERNATIVE LEGAL FORMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual Purpose Corporations and Boards Expertise - an Exploratory Study in French Société à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managing with Purpose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM 2025, Jun 2025, Florence, Italia, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing B Corp Certification: Opportunities and Complexities in Addressing Grand Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managing with purpose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AOM 2025, Jul 2025, Copenaghen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le sauvetage commun pour dépasser les dilemmes équité/ efficacité dans la gestion publique de l’atténuation climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management Publics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, La rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies environnementales et travail. Une investigation empirique dans les entreprises à raison d’être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès RIODD 2024 : Imaginer, expérimenter et pérenniser la soutenabilité forte. Quelles institutions en Europe et au-delà ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC - Brussels Management SCHOOL, Nov 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et finalités multiples. Etude de la gouvernance de la société à mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC Brussels Management School, Sep 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONDITIONS FOR A TRUSTWORTHY COMMITMENT: UNPACKING THE CONTENT OF THE PURPOSES OF PROFIT-WITH-PURPOSE CORPORATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fostering innovation to address Grand Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM 2024, Jun 2024, Bath (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Building on financial relationships to enable the environmental and social performance of responsible portfolios?”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fostering Innovation To Address Grand Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM, Jun 2024, Bath (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate mitigation as rescuing: managing equity and effectiveness dilemmas in policy design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Sessions of workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Consortium of Political Research, Mar 2024, Lüneburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INCORPORATING THE PURPOSE IN THE LAW: A MODEL OF PURPOSE-CONTROLLED CORPORATE GOVERNANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bath, Jun 2024, Bath, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et finalités multiples : discussion du schéma de gouvernance des sociétés à mission à partir de cas empiriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès RIODD 2024 : Imaginer, expérimenter et pérenniser la soutenabilité forte. Quelles institutions en Europe et au-delà ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC - Brussels Management School, Nov 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identiques, différents ou les deux ? Regard sur les organes de gouvernance des sociétés à mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès du RIODD - Imaginer, expérimenter et pérenniser la soutenabilité forte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC Brussels Management School, Sep 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04801816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes de performance climatique des entreprises et effectivité des transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19E CONGRÈS DU RIODD : IMAGINER, EXPÉRIMENTER ET PÉRENNISER LA SOUTENABILITÉ FORTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC Brussels Management School; Université libre de Bruxelles (ULB); UCLouvain Saint Louis Bruxelles, Sep 2024, Bruxelle, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOCIAL, BENEFIT OR PURPOSE-DRIVEN CORPORATIONS: A CONCEPTUAL FRAMEWORK TO NAVIGATE BETWEEN THE NEW CORPORATE FORMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Trinity College, Jun 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04129840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignement 2°C : une contrainte additionnelle sur le processus d’investissement responsable ? L’étude de cas de la méthode d’alignement de Mirova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18E CONGRÈS DU RIODD : CHANGER OU S'EFFONDRER ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When fairness increases robustness and efficiency, ‘tariff equalization’ as a rule for power network design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Pablo de Olavide, Jun 2023, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comités de mission : tentative de modélisation des premières expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18E CONGRÈS DU RIODD : CHANGER OU S'EFFONDRER ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Profit-with-purpose Corporation Confronted to Grand Societal challenges: Insights From the Study of a Formulation Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transforming Business for Good</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM, Jun 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formuler une promesse dans un contexte de grand challenge : formes et implications pour le contrôle des Sociétés à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changer ou s'effronder ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing for Impact in Highly Interdependent Systems: the case of equity management in the French electricity network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Product Development Management 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la validation du business model au patrimoine de création : le scale-up vu par la conception. Cas d'une startup à la frontière avec la deeptech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellyn Redheuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Internationale de Management Stratégique (AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Annecy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning the logic of collective climate action: framing the climate action situation and the model of &amp;quot;Common rescue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th EGOS ( European Group for Organizational Studies ) Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of multipolar corporate governance: the case of Danone and the French Société à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2022 - LEADING THE DIGITAL TRANSFORMATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Winterthur, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approach to build on innovations developed by farmers : « Tracking farmers’ innovations »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International workshop for Farming Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FSD international network, Oct 2022, Marrakech (Morocco), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir du dilemme équité/ efficacité pour la réduction de la pollution de l’air ? Penser le « péril commun » pour régénérer les modèles d’action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Annecy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electric Solidarity : a Research Program to Model Interdependence Management in Current Power Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Devulder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ringeissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale des grands réseaux électriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observing preservations in apparent ruptures with a design approach: Scale-up of deeptech start-ups as an exploratory phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th EGOS Colloquium. Organizing: The beauty of imperfection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avaries communes : étude d'une alternative plus équitable à la taxe carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03406020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Société à Mission: a renewal in non-shareholder stakeholders’ rights to sue a corporation for misconduct?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SASE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Duisburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the law establishes the enterprise as a political actor: A historical and theoretical analysis of recent French corporate law innovations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MANCEPT Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale-up phase in deeptech start-ups: Replication or massive learnings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Online, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of the Innovative Purpose for Responsible Innovation : Towards Design-Based Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Design conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Dubrovnik, Croatia. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of the Innovative Purpose for Responsible Innovation : Towards Design-Based Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIGN Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Online, France. pp.1999-2008, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the concept of corporate purpose through the lens of organizational identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Purpose-Driven Corporate Forms: Tackling Grand Societal Challenges with Innovations in Governance and Corporate Responsibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Brakman Reiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Günter K. Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Voegtlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02296447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to design agricultural machineries for agroecology? Lessons from open-design processes at the Atelier Paysan.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sinoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Templier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bratzlawsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium for Farming Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Etat-actionnaire au service de la croissance des entreprises de taille intermédiaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFEP-IIPPE - Penser l'économie de demain et le futur de l'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02296332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit-with-purpose companies and institutional dynamics: lessons from a public service company</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème conférence de l’Association Internationale de Management Stratégique (AIMS).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02132542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual mapping of the logics of institutional investors' corporate governance responsibilities: The case for &amp;quot;custodian&amp;quot; investor stewardship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management (EURAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAPTAINS OF INDUSTRY? VALUE ALLOCATION AND THE PARTNERING EFFECT OF MANAGERIAL DISCRETION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Starkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">79th Annual Meeting of the Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commitment in the unknown: An innovative use of the Profit-with-Purpose corporate framework to ensure responsible innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dakar, Senegal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is a Shift Always a Drift? Governing Hybrid Organizations with Innovative Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2019 - Exploring the Future of Management: Facts, Fashion and Fado</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01982969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual mapping of the logics of institutional investors' corporate governance responsibilities: The case for &amp;quot;custodian&amp;quot; investor stewardship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit-with-purpose companies and institutional logics' dynamics: lessons from a public service company</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Management Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going back to the roots of different design regimes, to better understand current challenges in farming system design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium for Farming Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Primacy to Commitment: Revising corporate governance theories to account for recent legal innovations in the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01777788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE SEPARATION OF DIRECTORS AND MANAGERS: A HISTORICAL EXAMINATION OF THE STATUS OF MANAGERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01822284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The agronomist-designer : genealogy of their reasoning and challenges to face current issues in agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. SIG Design Theory Paris Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation de l'impact ou génération d’alternatives ? Une étude des méthodes d'évaluation de l'investissement à impact.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2018 - Pour durer ou pour changer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bringing to light and sharing farmer’s innovative practices: lessons from R&D initiatives in support of innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SISA3 - Third International workshop on System Innovation toward Sustainable Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Riga, Latvia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financing innovation: two models of private equity investment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference 2018 “R&amp;Designing Innovation: Transformational Challenges for Organizations and Society” </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768986v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principals and stewards? An exploration of the role of institutional investors in corporate governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791931v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE INCOMPLETE SEPARATION OF OWNERSHIP AND CONTROL: WHERE ARE THE MANAGERS IN LAW?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rekyavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01822286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investing in Innovative Middle-Market Companies: Taking Innovation Capabilities into Account to Enrich Private Equity Investment Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24TH INNOVATION AND PRODUCT DEVELOPMENT MANAGEMENT CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, REYKJAVIK, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying ecology to the innovative design of sustainable agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Long-Term Ecological Research ILTER 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Long-Term Ecosystem Research in Europe (LTER Europe). INT., Oct 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Stewardship CEO Pay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euram Academy Of Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir de vigilance : les normes de gestion comme sources de droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congrès 2017 du RIODD (Réseau International de Recherche sur les Organisations et le Développement Durable)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des salariés au prisme du régime d’innovation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation des travailleurs à la gestion dans l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is law normalizing Hybrid Organizations? Putting profit-with-purpose corporations into historical perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01497085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outscaling on farm innovative practices: promising approaches to foster the design of agroecological farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Agroecology Europe Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Lyon, France. 125 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outscaling innovative practices on farm: promising approaches to foster the design of agroecological farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecology Europe Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneur’s Wealth vs. Firm’s Welfare: Exploring an “evergreen” governance for firm succession</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilizing ecology for the innovative design of sustainable agro-ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSummit 2016 Ecological Sustainability: Engineering Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des biens communs aux inconnus communs : initier un processus collectif de conception pour la gestion durable d'un agro-écosystème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxy voting policies as tools for shareholder engagement in CSR: an exploratory study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management Conference (EURAM 2016): "Manageable cooperation?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01312918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Purpose-driven corporations: how corporate law reorders the field of corporate governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management Conference (EURAM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01323118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des biens communs aux inconnus communs : stimuler l’innovation collective pour une agriculture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Etienne, France. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reviving the debate on the Corporate Purpose: A purpose-driven model of the corporation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management (EURAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance for innovation-driven companies: the legacy of Walther Rathenau on the German Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Advancement of Socio-Economics (SASE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Law Normalizing Hybrid Organizations? Guidelines from Multi-purpose Corporations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMS Conference Denver</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance for innovation-driven companies: the legacy of Walther Rathenau on the German Model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Advancement of Socio-Economics (SASE) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating value for everyone – when product design crafts ecosystem regulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Klasing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles formes de gouvernance et de société : Pour une réhabilitation de l’objet social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNEES INTERNATIONALES DE LA SOCIETE DE LEGISLATION COMPAREE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A purpose-driven theory of the corporation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The nature and governance of the corporation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WINIR, Apr 2015, lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services &amp; common goods: A design perspective to highlight the pitfalls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conference of the Ecosystem Services Partnership (ESP): “Local action for the common good"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, San José, Costa Rica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Blind Spot of Corporate Social Responsibility: Changing the legal framework of the firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00969099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOTIVATIONS FOR INNOVATION IN PUBLIC TRANSPORT: THE BENEFITS OF A LOW COST PERSPECTIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Klasing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dubrovnik, Croatia. pp.ID 1571</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can venture capital foster innovation? A study of the coupling between innovation and finance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00969096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Role of Collective Imaginary in the Dynamics of Expectations: The Space Industry Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cabanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01010134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partnering to innovate or partnering innovation ? The binding effect of generative potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A contingency approach of open innovation intermediaries - the management principles of the &amp;quot;intermediary of the unknown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Fredberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Annual Conference of the European Academy of Management, EURAM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Academy of Management (ERM). Paris, FRA., Jun 2013, Istanbul, Turkey. 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance challenges raised by the design of multiple ecosystem services in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecosummit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ohio State University (OSU). Columbus, USA., Oct 2012, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00781246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mission-centric view of the firm: Lessons from Social Entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing design space extension. Lessons from the Louvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Coblence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Product Development Management (IPDM) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Murcia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparing industry ecosystems for the future : insights from French National Space Agency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Murcia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artist and employee: revisiting the employees’ status through the case of art-based firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management (EURAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent is it possible to combine lead time reduction and innovation ? Lessons from a recent automobile project development?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shareholders and Responsibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Economics and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.143-149, 2025, 978-3-031-71248-7. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71249-4_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société à mission face au capitalisme spéculatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Entreprise comme sujet politique. Travail, convention et gouvernance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.25-42, 2025, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18412-6.p.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprise sociale et entreprise à mission : penser la variété des formes de société au prisme de leurs finalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les entreprises sociales: quels statuts, quels acteurs, pour quel impact ? Regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruylant, pp.89-104, 2024, Economie sociale et solidaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'action climatique équitable : sortir de l'impasse théorique et de la paralysie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le changement climatique comme péril commun. Réconcilier action climatique et justice sociale.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsibility, Ownership, and the Role of Shareholders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Lagoarde-Segot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Money and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.485-509, 2023, 978-3-031-14232-1. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-14232-1_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04074013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Stimec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Dahl Rendtorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bonnafous-Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Stakeholder Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.79-83, 2023, 9781800374232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise à mission comme nouvelle forme de citoyenneté économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benoit Hamon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La citoyenneté économique peut-elle sauver l'avenir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Des Equateurs Eds., 2022, 2382842296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Work: A Category That Has Lost Its Managerial Foundations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shifting Categories of Work. Unsettling the Ways We Think about Jobs, Labor, and Activities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2022, 9781032376622</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost from view: the legal invisibility of managers in the U.K.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Andrea Colli; Knut Sogner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Emergence of Corporate Governance. People, Power, and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, 978-0-367-44334-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité, Raison d’être et société à mission. Les sources théoriques d’une réforme pionnière de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexandre Menais. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raison d’être, responsabilité et engagement: l’entreprise au-delà du capitalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 7. From Financial Growth to Generative Growth: A Renewal of Private Equity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL INNOVATION INDEX 2020. Who Will Finance Innovation?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relire Fayol, à l'heure de l'entreprise responsable (introduction critique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Hatchuel; Blanche Segrestin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fayol : le Traité et la Notice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost from view: the legal invisibility of managers in the U.K.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Corporate Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises, Responsabilités et Civilisations. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vernac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kevin Levillain; Blanche Segrestin; Armand Hatchuel; Stéphane Vernac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises, Responsabilités et Civilisations. Vers un nouveau cycle du Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, 2020, 978-2-35671-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit- with-Purpose Corporations An Innovation in Corporate Law to Meet Contemporary Corporate Social Responsibility Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. McWilliams, D. Rupp, D. Siegel, G. Stahl &amp; D. Waldman. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Handbook of Corporate Social Responsibility: Psychological and Organizational Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.490-512, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01845518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'objet social à la mission : une réinvention du cadre de responsabilité de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions cachées de la RSE : leçons du mouvement des Profit-with-Purpose Corporations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting Long-Term Commitment: Legal and Organizational Means</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon C Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rory Ridley-Duff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Veldman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ciaran Driver &amp; Grahame Thompson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corporate Governance in Contention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, 2018, 9780198805274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01845513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une nouvelle théorie du contrôle : du droit de contrôle au contrat de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'introduction moderne à l'entreprise responsable : normes de gestion et mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel and the Refoundation of Management Research: Design Theory and the Epistemology of Collective Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David B. Szabla, William A. Pasmore, Mary A. Barnes, Asha N. Gipson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Organizational Change Thinkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, Springer, pp.1-15, 2017, 978-3-319-49820-1. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-49820-1_80-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Fayol, théoricien de l’entreprise innovante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des « ingénieurs civils des mines » (XIXe-XXe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutenir l'émergence des entreprises à impact social : la proposition de la Société à Objet Social Etendu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Méhaignerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association d’économie financière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport Moral sur l’Argent dans le Monde 2015-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association d’économie financière, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01323210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt social et objet social, ou comment renouveler une convention d'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Batifoulier, Franck Bessis, Ariane Ghirardello, Guillemette de Larquier, Delphine Remillon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des conventions. Autour des travaux d'Olivier Favereau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.174-178, 2016, 978-2-7574-1327-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles formes de gouvernance et de sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Fauvarque-Cosson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit comparé au XXIème siècle. Enjeux et défis.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de législation comparée, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01229347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La "Société à Objet Social Étendu": un nouveau statut pour l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, presses des Mines, 2015, 9782356712004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'objet social étendu : une condition pour l'industrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Veltz, Thierry Weil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'industrie, notre avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, pp. 316-324, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création salariée: une analyse croisée des nouveaux collectifs de création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Drai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Normes juridiques et normes managériales: Enjeux et méthode d'une nouvelle internormativité (dir. E. Pezet, J. Sénéchal)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L.G.D.J, 2014, Droit et société, 978-2-275-02892-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Baudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Baudoin Roger; Stéphane Vernac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, point aveugle du savoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Humaines, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normer l’entreprise pour l’émanciper ? Vers de nouvelles options juridiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Baudoin Roger; Stéphane Vernac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, point aveugle du savoir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Humaines, 2014, 9782361062224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser la confiance et la solidarité dans l'entreprise.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes de confiance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Textuel, pp.116-125, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00972246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fonctions de direction dans les entreprises coopératives : Discussion de quelques idées reçues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baudoin Roger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, formes de la propriété et responsabilités sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Lethielleux, pp.413-437, 2012, Collège des Bernardins, 978-2-249-62225-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00708231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards new R&D processes for sustainable development in the automotive industry: experiencing innovative design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Elmquist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giuseppe Calabrese. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Greening of the Automotive Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, chapter 4, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un droit de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Rosanvallon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Refaire société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seuil, pp.120, 2011, 978.2.02.105431.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00684516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise comme dispositif de création collective : vers un nouveau type de contrat collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, formes de la propriété et responsabilités sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parole et Silence/Lethielleux, chapitre 5, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment concilier innovation et réduction des délais?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dubreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales de l'Ecole de Paris du Management, vol. IX </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-131, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser l'agir moderne. Rationalités créatives, entreprises responsables et périls communs. Autour des travaux d'Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lenfle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dinah Louda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ESKA, 2025, 978-2-7472-3521-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge University Press, 2025, Elements in Corporate Governance, Thomas Clarke, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781009623544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement climatique comme péril commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Traité et la Notice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Armand Hatchuel. Presses des Mines, 2020, 9782356716248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises, Responsabilités et Civilisations. Vers un nouveau cycle du Développement Durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vernac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines, 2020, 978-2-35671-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission de l’entreprise responsable. Principes et normes de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouvernement, participation et mission de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;Société à Objet Social Etendu&amp;quot; : un nouveau statut pour l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-2-35671-200-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise, point aveugle du savoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Baudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Baudoin Roger; Stéphane Vernac. Sciences Humaines, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refonder l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Seuil, pp.120, 2012, La République des Idées, Pierre Rosanvallon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00684515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle meilleure gouvernance pour les entreprises de presse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S’inspirer du Bauhaus, une école de design pionnière, pour gérer la transition verte.” The Conversation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patagonia : quand une entreprise cherche à être durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04034982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une alternative solidaire à la taxe carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau social: vers un devoir de vigilance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimenter et soigner la planète : l’injonction paradoxale faite à l’agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04034984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimenter et soigner la planète : l’injonction paradoxale faite à l’agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier sur la participation. Entretien avec Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission, un nouveau contrat social pour l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise, variable clé de la démocratie sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01988673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate govermance for sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Veldman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Eccles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Deakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Davis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réconcilier écologie et justice sociale grâce au principe des &amp;quot;avaries communes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01988666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission, un nouveau contrat social pour l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.90-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit de contrôle des actionnaires : une refonte juridique s'impose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réconcilier entreprise et société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les salariés qui acceptent une baisse de salaire devraient recevoir une compensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'efficacité des codes de gouvernance. Perspectives comparées et pluridisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Harnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Sachs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Deckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Llense</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ballot-Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Mission de Recherche Droit et Justice. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01701153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des partenariats d'exploration : spécificités, crises et formes de rationalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. École Nationale Supérieure des Mines de Paris, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2003ENMP1127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00000601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId387"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Blanche Segrestin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (83)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we trust purpose? Corporate legal forms and built‐in purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/emre.70061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05547772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier &amp;quot;La Société à Mission : Réalités Du Déploiement et Nouvelles Perspectives&amp;quot;. Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Dany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1, 2025 (17), pp.49-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How To Keep Track On Impact Investing Promises: Exploring The Potentials Of New Governance Schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 49 (1), pp.23-53. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/e.jie.pr2.0192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial du dossier spécial - Sociétés à missions : réalités du déploiement et nouvelles perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Dany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 2025-1 (17)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Ownership As Usual: The Implications of Steward-Ownership For Management Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Manelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Pek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Waldkirch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heather Hachigian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Jamal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/10564926251357812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vigilance, nouvelle grammaire de la gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.289-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger la transformation des pratiques financières pour comprendre le pouvoir transformatif de la finance responsable. L’étude de cas de la méthode de mesure d’alignement de MIROVA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Coeslier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2024 – 1 (n° 15)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Fiduciary Duties to Management Standards: Rethinking the Corporation for Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in the Sociology of Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 98, pp.83-107. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/s0733-558x20250000098005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociétés à mission. Une étude des comités de mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.213 - 233. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/rfg.2025.93⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À qui appartient l’entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cause commune. Revue d'action politique du PCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Eté (45), pp.34-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir un patrimoine de création pour une start-up deeptech en phase de scale-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (S1), pp.30 - 44. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37725/mgmt.2024.8889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer le risque de black-out: Pour une application du modèle du péril commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (309), pp.101-117. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.309.101-118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit-with-purpose corporations: Why purpose needs law and why it matters for management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/emre.12628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward “Generative” Corporate Governance for Responsible Innovation: The Case of a French Mission Committee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (2024/1), pp.131-158. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter la diversité des formes de société au prisme de leurs missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (14), pp.107-130. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16593-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire de la raison d’être un facteur de résilience : le cas GRTgaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Delfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023/1, pp.84 - 87. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rindu1.231.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the purpose of the corporation with the creative power of the enterprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in the Sociology of Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance de la société à mission.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Entreprise &amp; Société, 2022-1 (11), pp.97-111. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13800-6.p.0097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03745584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management & Law: The Forgotten Contribution of P. Selznick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (1), pp.69-78. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37725/mgmt.v25.8521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ressource commune au péril commun : Repenser nos modèles de l'action climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the Law Distinguishes Between the Enterprise and the Corporation: The Case of the New French Law on Corporate Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 171, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10551-020-04439-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing institutional investor engagement: from activism to stewardship to custodianship?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Corporate Law Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-38. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14735970.2021.1965338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03392972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner sans financer : une nouvelle doctrine d’investissement de l’État au capital des ETI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 | 1er semestre/spring 2021, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.18833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theoretical framework for tracking farmers’ innovations to support farming system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (5), pp.61. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-021-00713-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03392992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’engagement de La Poste pour un numérique inclusif : un éclairage sur le rôle d’opérateur de service public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105 (4), pp.88-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Captains of industry? Value allocation and the partnering effect of managerial discretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Starkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Organizational History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (4), pp.295-314. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17449359.2021.1877558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la loi a instauré l’entreprise comme un acteur politique. Analyse historique et théorique de la loi Pacte et de la loi sur le devoir de vigilance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (3), pp.184-197. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.104.0184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Innovative Management for Cultivated Biodiversity: Lessons from a Pioneering Collaboration between French Farmers, Facilitators and Researchers around Participatory Bread Wheat Breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa E. Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Bosshardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Malicet-Chebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle van Frank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (2), </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12020605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of equipment for agroecology: Coupled innovation processes led by farmer-designers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sinoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Templier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 183, pp.102856. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2020.102856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir de vigilance : la norme de gestion comme source de droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°106 (3), pp.667. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/drs1.106.0667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Captains of Industry? Value Allocation and the Partnering Effect of Managerial Discretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Starkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Organizational History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les juges se saisissent de la performativité du discours managérial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 3, pp.161-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise à mission comme vecteur de long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (Novembre 2019), pp.39-44. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rindu1.194.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02361070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FROM BALANCED ENTERPRISE TO HOSTILE TAKEOVER: HOW THE LAW FORGOT ABOUT MANAGEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legal Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 39 (1), pp.75-97. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/lst.2018.32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE SEPARATION OF DIRECTORS AND MANAGERS: A HISTORICAL EXAMINATION OF THE STATUS OF MANAGERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 25 (2), pp.141-164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firms with a mission as a vector of the long term</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying ecological knowledge to the innovative design of sustainable agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (1), pp.44-51. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.13173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Inventing the Purpose-Driven Enterprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valuation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.87 - 93. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3384/VS.2001-5992.196187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'entreprise moderne à l’entreprise à mission : les métamorphoses de l'objet social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprise &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 1 (5), pp.47-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financing the Next Generations of Innovation: New Dimensions in the Private Equity Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of innovation economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, n°29 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.029.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02129063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A century old and still visionary: Fayol's innovative theory of management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (2), pp.399-412. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/emre.12292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission de l’entreprise, variable clé de la démocratie sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (77), pp.107-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Separation of Directors and Managers: A Historical Examination of the Legal Status of Managers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (1), </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5465/ambpp.2018.134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genealogy of design reasoning in agronomy: Lessons for supporting the design of agricultural systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 164, pp.277-290. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2018.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Anerkennung des Unternehmens im Recht: für eine »Société à Mission«</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trivium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un contrat de société sans contrat d’investissement ? Les interrogations des actionnaires minoritaires sur le droit des sociétés : Dialogue avec Colette NEUVILLE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 132, pp.33-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser le statut du management pour relier entreprise et société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicating the role of innovation intermediaries in the 'unknown': a contingency approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Fredberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Strategy and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10 (1), pp.19 - 39. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JSMA-01-2015-0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When innovation implied corporate reform: A historical perspective through the writings of Walther Rathenau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;Société à Objet Social Etendu&amp;quot; : un nouveau statut pour une entreprise innovante et responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Espaces Marx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, L'entreprise est à nous ! Deuxième semestre 2014-Premier semestre 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01251340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renault-Nissan : une plate-forme pour l'entre-deux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renault Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, OCTOBRE 2016 (37)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01405802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ENTREPRISE, CONSÉQUENCE DE LA SCIENCE MODERNE (1919)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 83 (2), pp.132-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation a-t-elle joué un rôle dans la naissance de l’administrative science ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Galvez-Behar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen O'Connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.083.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois propositions pour fonder une entreprise convivialiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, S'émanciper, oui, mais de quoi ?, 48 (second semestre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01394413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant fayolien : des révolutions industrielles à la naissance de l’entreprise moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Le tournant fayolien, 83 (2), pp.5-12. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.083.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'innovation appelait à réformer l'entreprise : l'éclairage apporté par Walther Rathenau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 125 (Septembre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering agro-ecosystems as ecological funds for collective design: New perspectives for environmental policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa T. Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon M. Hickey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 61, pp.108-115. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2016.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Fayol et la théorie du chef d’entreprise : une nouvelle figure de l’autorité au tournant du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (83), pp.108 - 108. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.083.0108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01501332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;société&amp;quot; à objet étendu&amp;quot; : un nouveau statut pour une entreprise innovante et responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Espaces Marx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01256327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subordonner le travail ou l'ordonner à un futur commun ? Pour de nouveaux contrats d’engagement dans l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Hors série (2), pp.73-88. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.hs1.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les finalités de l’entreprise. La contribution des sciences de gestion dans un monde post-hégélien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40 (245), pp.179-200. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.245.179-200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’objet social étendu » : une voie pour réaligner le droit et la théorie des parties prenantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17 (3), pp.30-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société à objet social étendu, un statut innovant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La jaune et la rouge [revue mensuelle de la société amicale des anciens élèves de l'Ecole Polytechnique]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 690 (Décembre), pp.32-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en 2053</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail &amp; Changement. Revue de la qualité de vie au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, n°352, pp. 6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00972258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaitre l'entreprise en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue socialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50 (2ème trimestre), pp.122-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en 2053. Point de vue Travail & Changement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail &amp; Changement. Revue de la qualité de vie au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 352 (Novembre/Décembre), pp.6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refonder l'entreprise : un itinéraire de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Libellio d'AEGIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.53-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse à &amp;quot; Autorité de gestion et avaries communes : une note de lecture &amp;quot; : pour une modélisation de la gouvernance en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (1/2), pp.en ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing the Design Process of Farming Practices Ensuring Little Bustard Conservation: Lessons for Collective Landscape Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sustainable Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 36 (3), pp.319-336. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10440046.2011.627988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impensé de la RSE : La révision du cadre légal de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 38 (228-229), pp.185-200. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.228-229.185-200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autorité de gestion et avaries communes : pour un complément du droit de l'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (2), pp.9-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle &amp;quot; modern corporation &amp;quot; : relecture gestionnaire de l'ouvrage de Berle et Means.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 104, pp.95-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00637306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Agency Theory, a Post-crisis View of Corporate Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22, pp.484-499. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-8551.2011.00763.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00637286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel droit pour l'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (décembre), pp.8-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on partager la direction de l'entreprise ? Retour sur les &amp;quot; entreprises démocratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (57), pp.126-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00707795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise, une invention moderne en attente de droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (décembre), pp.218-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable development through innovative design: lessons from the KCP method experimented with an automotive firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Elmquist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Automotive Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9 (2), pp.229-244. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJATM.2009.026399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The shortcomings of the corporate standard: towards new enterprise frameworks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (8), pp.429-445. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02692170802137547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another look on product diversity: some new propositions to design profitable product ranges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Automotive Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8 (1), pp.4-21. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJATM.2008.018765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société contre l'entreprise ? Vers une norme d'entreprise à progrès collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 65 (1), pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation et variété : comment sortir de l’embarras du choix ? Leçons du cas de l'automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48, pp.59-73. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.048.59.73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02914431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and project development : an impossible equation ? Lessons from an innovative automobile project development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37 (1), pp.37-47. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-9310.2007.00457.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00644623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment concilier innovation et réduction des délais?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Comptabilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.43-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Companies with Multiple Purposes: A Study of Governance in French Sociétés à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Cophenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SUSTAINABLE CORPORATE GOVERNANCE: ELEMENTARY MECHANISMS AND IMPLICATIONS FOR ALTERNATIVE LEGAL FORMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual Purpose Corporations and Boards Expertise - an Exploratory Study in French Société à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managing with Purpose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM 2025, Jun 2025, Florence, Italia, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing B Corp Certification: Opportunities and Complexities in Addressing Grand Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managing with purpose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AOM 2025, Jul 2025, Copenaghen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le sauvetage commun pour dépasser les dilemmes équité/ efficacité dans la gestion publique de l’atténuation climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management Publics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, La rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies environnementales et travail. Une investigation empirique dans les entreprises à raison d’être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès RIODD 2024 : Imaginer, expérimenter et pérenniser la soutenabilité forte. Quelles institutions en Europe et au-delà ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC - Brussels Management SCHOOL, Nov 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et finalités multiples. Etude de la gouvernance de la société à mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC Brussels Management School, Sep 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONDITIONS FOR A TRUSTWORTHY COMMITMENT: UNPACKING THE CONTENT OF THE PURPOSES OF PROFIT-WITH-PURPOSE CORPORATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fostering innovation to address Grand Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM 2024, Jun 2024, Bath (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Building on financial relationships to enable the environmental and social performance of responsible portfolios?”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fostering Innovation To Address Grand Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM, Jun 2024, Bath (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identiques, différents ou les deux ? Regard sur les organes de gouvernance des sociétés à mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès du RIODD - Imaginer, expérimenter et pérenniser la soutenabilité forte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC Brussels Management School, Sep 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04801816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INCORPORATING THE PURPOSE IN THE LAW: A MODEL OF PURPOSE-CONTROLLED CORPORATE GOVERNANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bath, Jun 2024, Bath, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate mitigation as rescuing: managing equity and effectiveness dilemmas in policy design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Sessions of workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Consortium of Political Research, Mar 2024, Lüneburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et finalités multiples : discussion du schéma de gouvernance des sociétés à mission à partir de cas empiriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès RIODD 2024 : Imaginer, expérimenter et pérenniser la soutenabilité forte. Quelles institutions en Europe et au-delà ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC - Brussels Management School, Nov 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes de performance climatique des entreprises et effectivité des transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19E CONGRÈS DU RIODD : IMAGINER, EXPÉRIMENTER ET PÉRENNISER LA SOUTENABILITÉ FORTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC Brussels Management School; Université libre de Bruxelles (ULB); UCLouvain Saint Louis Bruxelles, Sep 2024, Bruxelle, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOCIAL, BENEFIT OR PURPOSE-DRIVEN CORPORATIONS: A CONCEPTUAL FRAMEWORK TO NAVIGATE BETWEEN THE NEW CORPORATE FORMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Trinity College, Jun 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04129840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When fairness increases robustness and efficiency, ‘tariff equalization’ as a rule for power network design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Pablo de Olavide, Jun 2023, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignement 2°C : une contrainte additionnelle sur le processus d’investissement responsable ? L’étude de cas de la méthode d’alignement de Mirova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18E CONGRÈS DU RIODD : CHANGER OU S'EFFONDRER ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comités de mission : tentative de modélisation des premières expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18E CONGRÈS DU RIODD : CHANGER OU S'EFFONDRER ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Profit-with-purpose Corporation Confronted to Grand Societal challenges: Insights From the Study of a Formulation Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transforming Business for Good</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM, Jun 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formuler une promesse dans un contexte de grand challenge : formes et implications pour le contrôle des Sociétés à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changer ou s'effronder ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la validation du business model au patrimoine de création : le scale-up vu par la conception. Cas d'une startup à la frontière avec la deeptech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellyn Redheuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Internationale de Management Stratégique (AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Annecy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing for Impact in Highly Interdependent Systems: the case of equity management in the French electricity network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Product Development Management 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning the logic of collective climate action: framing the climate action situation and the model of &amp;quot;Common rescue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th EGOS ( European Group for Organizational Studies ) Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of multipolar corporate governance: the case of Danone and the French Société à Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2022 - LEADING THE DIGITAL TRANSFORMATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Winterthur, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approach to build on innovations developed by farmers : « Tracking farmers’ innovations »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International workshop for Farming Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FSD international network, Oct 2022, Marrakech (Morocco), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir du dilemme équité/ efficacité pour la réduction de la pollution de l’air ? Penser le « péril commun » pour régénérer les modèles d’action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Annecy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electric Solidarity : a Research Program to Model Interdependence Management in Current Power Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goutaland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Devulder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ringeissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale des grands réseaux électriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observing preservations in apparent ruptures with a design approach: Scale-up of deeptech start-ups as an exploratory phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th EGOS Colloquium. Organizing: The beauty of imperfection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avaries communes : étude d'une alternative plus équitable à la taxe carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03406020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Société à Mission: a renewal in non-shareholder stakeholders’ rights to sue a corporation for misconduct?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SASE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Duisburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the law establishes the enterprise as a political actor: A historical and theoretical analysis of recent French corporate law innovations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MANCEPT Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale-up phase in deeptech start-ups: Replication or massive learnings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Online, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of the Innovative Purpose for Responsible Innovation : Towards Design-Based Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIGN Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Online, France. pp.1999-2008, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of the Innovative Purpose for Responsible Innovation : Towards Design-Based Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Design conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Dubrovnik, Croatia. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the concept of corporate purpose through the lens of organizational identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Purpose-Driven Corporate Forms: Tackling Grand Societal Challenges with Innovations in Governance and Corporate Responsibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Brakman Reiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Günter K. Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Voegtlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02296447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to design agricultural machineries for agroecology? Lessons from open-design processes at the Atelier Paysan.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sinoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Templier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bratzlawsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium for Farming Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Etat-actionnaire au service de la croissance des entreprises de taille intermédiaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFEP-IIPPE - Penser l'économie de demain et le futur de l'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02296332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit-with-purpose companies and institutional dynamics: lessons from a public service company</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème conférence de l’Association Internationale de Management Stratégique (AIMS).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02132542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commitment in the unknown: An innovative use of the Profit-with-Purpose corporate framework to ensure responsible innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dakar, Senegal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAPTAINS OF INDUSTRY? VALUE ALLOCATION AND THE PARTNERING EFFECT OF MANAGERIAL DISCRETION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Starkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">79th Annual Meeting of the Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual mapping of the logics of institutional investors' corporate governance responsibilities: The case for &amp;quot;custodian&amp;quot; investor stewardship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management (EURAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual mapping of the logics of institutional investors' corporate governance responsibilities: The case for &amp;quot;custodian&amp;quot; investor stewardship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is a Shift Always a Drift? Governing Hybrid Organizations with Innovative Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2019 - Exploring the Future of Management: Facts, Fashion and Fado</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01982969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit-with-purpose companies and institutional logics' dynamics: lessons from a public service company</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Management Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going back to the roots of different design regimes, to better understand current challenges in farming system design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium for Farming Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE SEPARATION OF DIRECTORS AND MANAGERS: A HISTORICAL EXAMINATION OF THE STATUS OF MANAGERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01822284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Primacy to Commitment: Revising corporate governance theories to account for recent legal innovations in the US</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01777788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The agronomist-designer : genealogy of their reasoning and challenges to face current issues in agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. SIG Design Theory Paris Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation de l'impact ou génération d’alternatives ? Une étude des méthodes d'évaluation de l'investissement à impact.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2018 - Pour durer ou pour changer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bringing to light and sharing farmer’s innovative practices: lessons from R&D initiatives in support of innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SISA3 - Third International workshop on System Innovation toward Sustainable Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Riga, Latvia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financing innovation: two models of private equity investment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference 2018 “R&amp;Designing Innovation: Transformational Challenges for Organizations and Society” </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768986v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principals and stewards? An exploration of the role of institutional investors in corporate governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791931v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE INCOMPLETE SEPARATION OF OWNERSHIP AND CONTROL: WHERE ARE THE MANAGERS IN LAW?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rekyavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01822286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investing in Innovative Middle-Market Companies: Taking Innovation Capabilities into Account to Enrich Private Equity Investment Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24TH INNOVATION AND PRODUCT DEVELOPMENT MANAGEMENT CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, REYKJAVIK, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying ecology to the innovative design of sustainable agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Long-Term Ecological Research ILTER 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Long-Term Ecosystem Research in Europe (LTER Europe). INT., Oct 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Stewardship CEO Pay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euram Academy Of Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir de vigilance : les normes de gestion comme sources de droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congrès 2017 du RIODD (Réseau International de Recherche sur les Organisations et le Développement Durable)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des salariés au prisme du régime d’innovation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation des travailleurs à la gestion dans l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is law normalizing Hybrid Organizations? Putting profit-with-purpose corporations into historical perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01497085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outscaling on farm innovative practices: promising approaches to foster the design of agroecological farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Agroecology Europe Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Lyon, France. 125 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outscaling innovative practices on farm: promising approaches to foster the design of agroecological farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecology Europe Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilizing ecology for the innovative design of sustainable agro-ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSummit 2016 Ecological Sustainability: Engineering Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneur’s Wealth vs. Firm’s Welfare: Exploring an “evergreen” governance for firm succession</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des biens communs aux inconnus communs : initier un processus collectif de conception pour la gestion durable d'un agro-écosystème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Purpose-driven corporations: how corporate law reorders the field of corporate governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management Conference (EURAM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01323118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxy voting policies as tools for shareholder engagement in CSR: an exploratory study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management Conference (EURAM 2016): "Manageable cooperation?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01312918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des biens communs aux inconnus communs : stimuler l’innovation collective pour une agriculture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Etienne, France. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance for innovation-driven companies: the legacy of Walther Rathenau on the German Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Advancement of Socio-Economics (SASE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Law Normalizing Hybrid Organizations? Guidelines from Multi-purpose Corporations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMS Conference Denver</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reviving the debate on the Corporate Purpose: A purpose-driven model of the corporation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management (EURAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance for innovation-driven companies: the legacy of Walther Rathenau on the German Model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Advancement of Socio-Economics (SASE) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating value for everyone – when product design crafts ecosystem regulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Klasing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles formes de gouvernance et de société : Pour une réhabilitation de l’objet social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNEES INTERNATIONALES DE LA SOCIETE DE LEGISLATION COMPAREE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A purpose-driven theory of the corporation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The nature and governance of the corporation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WINIR, Apr 2015, lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Blind Spot of Corporate Social Responsibility: Changing the legal framework of the firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00969099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services &amp; common goods: A design perspective to highlight the pitfalls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conference of the Ecosystem Services Partnership (ESP): “Local action for the common good"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, San José, Costa Rica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOTIVATIONS FOR INNOVATION IN PUBLIC TRANSPORT: THE BENEFITS OF A LOW COST PERSPECTIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Klasing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dubrovnik, Croatia. pp.ID 1571</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can venture capital foster innovation? A study of the coupling between innovation and finance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00969096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Role of Collective Imaginary in the Dynamics of Expectations: The Space Industry Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cabanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01010134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partnering to innovate or partnering innovation ? The binding effect of generative potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A contingency approach of open innovation intermediaries - the management principles of the &amp;quot;intermediary of the unknown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Fredberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Annual Conference of the European Academy of Management, EURAM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Academy of Management (ERM). Paris, FRA., Jun 2013, Istanbul, Turkey. 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance challenges raised by the design of multiple ecosystem services in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecosummit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ohio State University (OSU). Columbus, USA., Oct 2012, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00781246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mission-centric view of the firm: Lessons from Social Entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing design space extension. Lessons from the Louvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Coblence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Product Development Management (IPDM) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Murcia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparing industry ecosystems for the future : insights from French National Space Agency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Product Development Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Murcia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artist and employee: revisiting the employees’ status through the case of art-based firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management (EURAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent is it possible to combine lead time reduction and innovation ? Lessons from a recent automobile project development?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shareholders and Responsibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Economics and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.143-149, 2025, 978-3-031-71248-7. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71249-4_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dinah Louda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lenfle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser l'agir moderne. Rationalités créatives, entreprises responsables et périls communs. Autour des travaux d'Armand Hatchuel.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESKA, 2025, 978-2-7472-3521-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05548052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société à mission face au capitalisme spéculatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Entreprise comme sujet politique. Travail, convention et gouvernance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.25-42, 2025, </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18412-6.p.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprise sociale et entreprise à mission : penser la variété des formes de société au prisme de leurs finalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les entreprises sociales: quels statuts, quels acteurs, pour quel impact ? Regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruylant, pp.89-104, 2024, Economie sociale et solidaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'action climatique équitable : sortir de l'impasse théorique et de la paralysie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le changement climatique comme péril commun. Réconcilier action climatique et justice sociale.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsibility, Ownership, and the Role of Shareholders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Belinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Lagoarde-Segot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Money and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.485-509, 2023, 978-3-031-14232-1. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-14232-1_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04074013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Stimec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Dahl Rendtorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Bonnafous-Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Stakeholder Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.79-83, 2023, 9781800374232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise à mission comme nouvelle forme de citoyenneté économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benoit Hamon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La citoyenneté économique peut-elle sauver l'avenir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Des Equateurs Eds., 2022, 2382842296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Work: A Category That Has Lost Its Managerial Foundations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shifting Categories of Work. Unsettling the Ways We Think about Jobs, Labor, and Activities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2022, 9781032376622</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité, Raison d’être et société à mission. Les sources théoriques d’une réforme pionnière de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexandre Menais. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raison d’être, responsabilité et engagement: l’entreprise au-delà du capitalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost from view: the legal invisibility of managers in the U.K.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Andrea Colli; Knut Sogner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Emergence of Corporate Governance. People, Power, and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, 978-0-367-44334-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 7. From Financial Growth to Generative Growth: A Renewal of Private Equity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Parpaleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL INNOVATION INDEX 2020. Who Will Finance Innovation?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relire Fayol, à l'heure de l'entreprise responsable (introduction critique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Hatchuel; Blanche Segrestin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fayol : le Traité et la Notice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost from view: the legal invisibility of managers in the U.K.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Corporate Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises, Responsabilités et Civilisations. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vernac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kevin Levillain; Blanche Segrestin; Armand Hatchuel; Stéphane Vernac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises, Responsabilités et Civilisations. Vers un nouveau cycle du Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, 2020, 978-2-35671-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit- with-Purpose Corporations An Innovation in Corporate Law to Meet Contemporary Corporate Social Responsibility Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. McWilliams, D. Rupp, D. Siegel, G. Stahl &amp; D. Waldman. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Handbook of Corporate Social Responsibility: Psychological and Organizational Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.490-512, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01845518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting Long-Term Commitment: Legal and Organizational Means</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon C Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rory Ridley-Duff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Veldman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ciaran Driver &amp; Grahame Thompson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corporate Governance in Contention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, 2018, 9780198805274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01845513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions cachées de la RSE : leçons du mouvement des Profit-with-Purpose Corporations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'objet social à la mission : une réinvention du cadre de responsabilité de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une nouvelle théorie du contrôle : du droit de contrôle au contrat de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'introduction moderne à l'entreprise responsable : normes de gestion et mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise responsable. Principes et normes de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel and the Refoundation of Management Research: Design Theory and the Epistemology of Collective Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David B. Szabla, William A. Pasmore, Mary A. Barnes, Asha N. Gipson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Organizational Change Thinkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, Springer, pp.1-15, 2017, 978-3-319-49820-1. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-49820-1_80-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Fayol, théoricien de l’entreprise innovante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des « ingénieurs civils des mines » (XIXe-XXe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt social et objet social, ou comment renouveler une convention d'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Batifoulier, Franck Bessis, Ariane Ghirardello, Guillemette de Larquier, Delphine Remillon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des conventions. Autour des travaux d'Olivier Favereau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.174-178, 2016, 978-2-7574-1327-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutenir l'émergence des entreprises à impact social : la proposition de la Société à Objet Social Etendu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Méhaignerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association d’économie financière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport Moral sur l’Argent dans le Monde 2015-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association d’économie financière, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01323210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La "Société à Objet Social Étendu": un nouveau statut pour l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, presses des Mines, 2015, 9782356712004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles formes de gouvernance et de sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Fauvarque-Cosson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit comparé au XXIème siècle. Enjeux et défis.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de législation comparée, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01229347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'objet social étendu : une condition pour l'industrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Veltz, Thierry Weil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'industrie, notre avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, pp. 316-324, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Baudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Baudoin Roger; Stéphane Vernac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, point aveugle du savoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Humaines, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création salariée: une analyse croisée des nouveaux collectifs de création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Drai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Normes juridiques et normes managériales: Enjeux et méthode d'une nouvelle internormativité (dir. E. Pezet, J. Sénéchal)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L.G.D.J, 2014, Droit et société, 978-2-275-02892-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normer l’entreprise pour l’émanciper ? Vers de nouvelles options juridiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Baudoin Roger; Stéphane Vernac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, point aveugle du savoir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Humaines, 2014, 9782361062224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser la confiance et la solidarité dans l'entreprise.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes de confiance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Textuel, pp.116-125, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00972246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fonctions de direction dans les entreprises coopératives : Discussion de quelques idées reçues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baudoin Roger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, formes de la propriété et responsabilités sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Lethielleux, pp.413-437, 2012, Collège des Bernardins, 978-2-249-62225-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00708231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards new R&D processes for sustainable development in the automotive industry: experiencing innovative design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Elmquist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giuseppe Calabrese. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Greening of the Automotive Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, chapter 4, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un droit de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Rosanvallon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Refaire société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seuil, pp.120, 2011, 978.2.02.105431.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00684516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise comme dispositif de création collective : vers un nouveau type de contrat collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise, formes de la propriété et responsabilités sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parole et Silence/Lethielleux, chapitre 5, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment concilier innovation et réduction des délais?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dubreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales de l'Ecole de Paris du Management, vol. IX </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-131, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser l'agir moderne. Rationalités créatives, entreprises responsables et périls communs. Autour des travaux d'Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Aggeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lenfle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dinah Louda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ESKA, 2025, 978-2-7472-3521-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge University Press, 2025, Elements in Corporate Governance, Thomas Clarke, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781009623544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement climatique comme péril commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Demonsant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Traité et la Notice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Armand Hatchuel. Presses des Mines, 2020, 9782356716248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises, Responsabilités et Civilisations. Vers un nouveau cycle du Développement Durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vernac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines, 2020, 978-2-35671-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission de l’entreprise responsable. Principes et normes de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouvernement, participation et mission de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;Société à Objet Social Etendu&amp;quot; : un nouveau statut pour l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-2-35671-200-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise, point aveugle du savoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Baudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernac Stéphane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanche Segrestin; Baudoin Roger; Stéphane Vernac. Sciences Humaines, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refonder l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Seuil, pp.120, 2012, La République des Idées, Pierre Rosanvallon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00684515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle meilleure gouvernance pour les entreprises de presse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S’inspirer du Bauhaus, une école de design pionnière, pour gérer la transition verte.” The Conversation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patagonia : quand une entreprise cherche à être durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04034982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une alternative solidaire à la taxe carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau social: vers un devoir de vigilance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimenter et soigner la planète : l’injonction paradoxale faite à l’agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04034984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimenter et soigner la planète : l’injonction paradoxale faite à l’agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier sur la participation. Entretien avec Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission, un nouveau contrat social pour l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission de l'entreprise, variable clé de la démocratie sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01988673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate govermance for sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Veldman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Eccles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Deakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Davis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réconcilier écologie et justice sociale grâce au principe des &amp;quot;avaries communes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01988666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mission, un nouveau contrat social pour l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.90-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit de contrôle des actionnaires : une refonte juridique s'impose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réconcilier entreprise et société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Hatchuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les salariés qui acceptent une baisse de salaire devraient recevoir une compensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'efficacité des codes de gouvernance. Perspectives comparées et pluridisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Harnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Sachs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Deckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Llense</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ballot-Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Mission de Recherche Droit et Justice. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01701153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des partenariats d'exploration : spécificités, crises et formes de rationalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Segrestin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. École Nationale Supérieure des Mines de Paris, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2003ENMP1127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00000601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId391"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884344v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Enjalbert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Levillain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Segrestin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.jie.pr2.0192" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520437v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dany" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05212881v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Manelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Waldkirch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Hachigian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jamal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10564926251357812" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05090041v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Hatchuel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234858v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2025.93" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05405518v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/s0733-558x20250000098005" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04978177v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Coeslier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281753v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04687759v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Taupin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Masson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.8889" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202843v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goutaland" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Demonsant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.309.101-118" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04353095v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12628" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204359v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0149" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04530583v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16593-4" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991787v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delfeld" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.231.0084" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03393036v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745584v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13800-6.p.0097" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03609700v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v25.8521" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03630940v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02465609v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-020-04439-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03392972v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Johnston" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Belinga" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14735970.2021.1965338" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03392992v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salembier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Weil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadoux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00713-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03562323v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Ragot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411399v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Parpaleix" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.18833" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411409v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.104.0184" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03161402v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Starkey" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17449359.2021.1877558" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02445107v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa E. Berthet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bosshardt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Malicet-Chebbah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle van Frank" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Weil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12020605" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03108292v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sinoir" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Templier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2020.102856" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030219v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03119031v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.106.0667" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02533449v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aggeri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01781371v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lst.2018.32" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01957329v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02361070v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.194.0039" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030229v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826821v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13173" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02011872v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/VS.2001-5992.196187" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02383655v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129063v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.029.0007" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02441273v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12292" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01964678v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01885773v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5465/ambpp.2018.134" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810426v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.05.005" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ST7W0J6M-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01875903v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736507v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01949706v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01481878v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Agogu&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Fredberg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSMA-01-2015-0005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736509v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01405802v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251340v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336830v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336831v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Galvez-Behar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Henry" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen O'Connor" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.083.0121" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394413v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305924v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa T. Berthet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon M. Hickey" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2016.04.005" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03L5H917-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336829v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.083.0005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487379v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01501332v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.083.0108" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01256327v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228964v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.hs1.0073" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288340v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.245.179-200" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01083622v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernac St&#233;phane" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487483v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00972258v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487474v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487473v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737122v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737119v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686801v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10440046.2011.627988" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00796499v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.228-229.185-200" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-VS50W078-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00643704v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00637306v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00637286v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8551.2011.00763.x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-96V0N331-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737111v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00707795v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gand" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737114v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00450992v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elmquist" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJATM.2009.026399" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737108v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02692170802137547" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00450994v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ballot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJATM.2008.018765" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00450998v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02914431v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.048.59.73" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644623v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9310.2007.00457.x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KM791XWR-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01745157v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05405522v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015399v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914415v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Acker" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015647v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681083v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802611v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04803657v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562660v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600440v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681078v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04803653v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802512v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04801816v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04699055v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04129840v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04600419v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04479629v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04243843v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130125v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244745v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03819120v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03708134v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barbier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellyn Redheuil" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722106v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689828v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295360v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722115v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03819149v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Devulder" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ringeissen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752338v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03406020v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411432v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411422v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03383828v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02489027v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.89" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04346501v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441286v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02296447v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Brakman Reiser" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter K. Stahl" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Voegtlin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422252v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bratzlawsky" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02296332v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132542v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02167819v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02281514v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02171252v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982969v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02444756v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445262v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422248v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777788v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01822284v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786546v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897420v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422296v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768986v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01791931v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01822286v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01496269v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763230v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736516v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736517v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736519v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01497085v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736364v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736512v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01292956v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763219v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349984v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01312918v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323118v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694178v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202492v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202495v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01143317v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253178v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147408v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Klasing Chen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hooge" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01148204v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01148198v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795545v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egizio Valceschini" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00969099v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00988174v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00969096v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01010134v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabanes" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00920839v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00881577v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00781246v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733413v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00498620v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coblence" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133982v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias B&#233;jean" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133987v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01745123v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333676v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71249-4_15" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05096930v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18412-6.p.0025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04602756v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073997v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04074013v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14232-1_15" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03940849v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stimec" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Dahl Rendtorff" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bonnafous-Boucher" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03874445v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03942658v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03269901v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411406v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928392v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030214v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030222v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030217v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vernac" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01845518v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290148v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290043v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01845513v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon C Parker" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Ridley-Duff" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Veldman" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290038v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290029v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01516296v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert David" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-49820-1_80-1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361243v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323210v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;haignerie" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288342v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100916070" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01229347v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01109033v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01096231v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132997v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Drai" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01083436v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Baudoin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487571v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00972246v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00708231v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737118v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00684516v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737127v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01745158v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dubreil" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235294v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lenfle" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinah Louda" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04977316v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781009623544" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073976v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03117850v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030216v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01949704v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01949688v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110767v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01079627v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00684515v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987745v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04884705v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04034982v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416500v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416508v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04034984v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416496v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416602v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02331888v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01988673v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070488v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Eccles" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deakin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Davis" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01988666v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723953v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736511v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01065964v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01080212v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737125v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01701153v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Harnay" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Sachs" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Deckert" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Llense" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ballot-L&#233;na" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000601v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003ENMP1127" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547772v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Segrestin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Levillain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.70061" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520422v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dany" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884344v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Enjalbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.jie.pr2.0192" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520437v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05212881v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Manelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pek" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Waldkirch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Hachigian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jamal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10564926251357812" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05090041v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Hatchuel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04978177v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Coeslier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05405518v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/s0733-558x20250000098005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2025.93" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281753v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04687759v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Taupin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Masson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.8889" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202843v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goutaland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Demonsant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.309.101-118" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04353095v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12628" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204359v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0149" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04530583v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16593-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991787v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delfeld" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.231.0084" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03393036v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745584v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13800-6.p.0097" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03609700v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v25.8521" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03630940v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02465609v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-020-04439-y" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03392972v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Johnston" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Belinga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14735970.2021.1965338" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411399v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Parpaleix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.18833" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03392992v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salembier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Weil" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadoux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00713-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03562323v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Ragot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03161402v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Starkey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17449359.2021.1877558" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411409v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.104.0184" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02445107v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa E. Berthet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bosshardt" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Malicet-Chebbah" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle van Frank" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Weil" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12020605" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03108292v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sinoir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Templier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2020.102856" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03119031v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.106.0667" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030219v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02533449v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aggeri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02361070v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.194.0039" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01781371v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/lst.2018.32" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01957329v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030229v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13173" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02011872v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/VS.2001-5992.196187" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02383655v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129063v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.029.0007" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02441273v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12292" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01964678v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01885773v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5465/ambpp.2018.134" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810426v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.05.005" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ST7W0J6M-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01875903v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736507v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01949706v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01481878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Agogu&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Fredberg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSMA-01-2015-0005" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736509v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251340v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01405802v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336830v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336831v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Galvez-Behar" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Henry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen O'Connor" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.083.0121" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394413v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336829v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.083.0005" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487379v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305924v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa T. Berthet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon M. Hickey" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2016.04.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03L5H917-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01501332v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.083.0108" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01256327v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228964v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.hs1.0073" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288340v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.245.179-200" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01083622v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernac St&#233;phane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487483v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00972258v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487473v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487474v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737122v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737119v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686801v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10440046.2011.627988" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00796499v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.228-229.185-200" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-VS50W078-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00643704v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00637306v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00637286v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8551.2011.00763.x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-96V0N331-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737111v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00707795v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gand" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737114v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00450992v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elmquist" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJATM.2009.026399" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737108v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02692170802137547" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00450994v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ballot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJATM.2008.018765" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00450998v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02914431v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.048.59.73" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644623v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9310.2007.00457.x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KM791XWR-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01745157v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05405522v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015399v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914415v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Acker" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015647v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681083v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802611v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04803657v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562660v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600440v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04801816v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04803653v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681078v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802512v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04699055v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04129840v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04479629v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04600419v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04243843v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130125v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244745v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03708134v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barbier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellyn Redheuil" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03819120v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722106v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689828v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295360v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722115v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03819149v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Devulder" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ringeissen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752338v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03406020v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411432v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411422v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03383828v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04346501v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.89" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02489027v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441286v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02296447v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Brakman Reiser" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter K. Stahl" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Voegtlin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422252v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bratzlawsky" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02296332v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132542v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02171252v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02281514v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02167819v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02444756v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982969v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445262v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422248v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01822284v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777788v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786546v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897420v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422296v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768986v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01791931v2" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01822286v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01496269v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763230v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736516v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736517v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736519v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01497085v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736364v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736512v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763219v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01292956v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349984v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323118v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01312918v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694178v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202495v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01143317v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202492v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253178v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147408v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Klasing Chen" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hooge" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01148204v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01148198v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00969099v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795545v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egizio Valceschini" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00988174v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00969096v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01010134v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabanes" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00920839v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00881577v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00781246v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733413v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00498620v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coblence" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133982v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias B&#233;jean" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133987v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01745123v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333676v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71249-4_15" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05548052v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinah Louda" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lenfle" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05096930v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18412-6.p.0025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04602756v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073997v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04074013v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14232-1_15" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03940849v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stimec" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Dahl Rendtorff" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bonnafous-Boucher" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03874445v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03942658v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03411406v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03269901v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928392v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030214v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030222v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030217v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vernac" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01845518v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01845513v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon C Parker" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Ridley-Duff" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Veldman" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290043v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290148v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290038v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02290029v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01516296v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert David" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-49820-1_80-1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361243v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288342v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100916070" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323210v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;haignerie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01109033v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01229347v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01096231v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01083436v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Baudoin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132997v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Drai" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01487571v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00972246v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00708231v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737118v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00684516v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737127v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01745158v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dubreil" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235294v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04977316v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781009623544" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073976v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03117850v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03030216v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01949704v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01949688v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110767v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01079627v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00684515v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987745v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04884705v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04034982v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416500v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416508v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04034984v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416496v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03416602v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02331888v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01988673v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070488v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Eccles" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deakin" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Davis" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01988666v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723953v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736511v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01065964v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01080212v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00737125v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01701153v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Harnay" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Sachs" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Deckert" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Llense" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ballot-L&#233;na" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000601v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003ENMP1127" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>