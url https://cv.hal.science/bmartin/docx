--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -475,553 +475,553 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeatibility of enteric methane measurements using GreenFeed systems on upland pastures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Would a shift to agroecological systems change dairy products' role in meeting human nutritional needs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Coppa</w:t>
+                <w:t xml:space="preserve">L. Rey-Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+                <w:t xml:space="preserve">Aziz Mouhanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Pichon</w:t>
+                <w:t xml:space="preserve">Stefaan de Smet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Chadaigne</w:t>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Paris, France. Institut de l’Elevage - INRAE, Rencontres autour des Recherches sur les Ruminants, pp.261, 27èmes Rencontres Recherches Ruminants</w:t>
+              <w:t xml:space="preserve">World Dairy Summit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04832685v1</w:t>
+                <w:t xml:space="preserve">hal-04697088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeatability of enteric methane measurements using GreenFeed systems on upland pastures</w:t>
+                <w:t xml:space="preserve">Repeatibility of enteric methane measurements using GreenFeed systems on upland pastures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Rochette</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Chadaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Florence, Italy. Wageningen Academic Publishers, ​​Annual Meeting of the European Association for Animal Production, 34, pp.454, 75èmes Annual Meeting of the European Federation of Animal Science</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Paris, France. Institut de l’Elevage - INRAE, Rencontres autour des Recherches sur les Ruminants, pp.261, 27èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04752947v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is the effect of switching from a corn-based to a grass-based forage system on the contribution of dairy products to the human nutritional requirements?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repeatability of enteric methane measurements using GreenFeed systems on upland pastures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rey-Cadilhac</w:t>
+                <w:t xml:space="preserve">Christian Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Martin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ronan Chadaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Mountain Livestock Farming Systems Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Clermont - Ferrand, France. pp.40</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Florence, Italy. Wageningen Academic Publishers, ​​Annual Meeting of the European Association for Animal Production, 34, pp.454, 75èmes Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613767v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04752947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Would a shift to agroecological systems change dairy products' role in meeting human nutritional needs?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">What is the effect of switching from a corn-based to a grass-based forage system on the contribution of dairy products to the human nutritional requirements?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rey-Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Dairy Summit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Paris, France. 2024</w:t>
+              <w:t xml:space="preserve">3rd Mountain Livestock Farming Systems Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Clermont - Ferrand, France. pp.40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697088v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repeatability of enteric methane measurements using GreenFeed® systems on upland pastures UE Herbipôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1464,51 +1464,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Meugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cheillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1563,51 +1563,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The INTAQT project tools to assess and authenticate poultry, beef and dairy products.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Laithier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1701,51 +1701,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial and botanical diversity of pastures affects the Cantal-type cheese sensory properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Manzocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2188,51 +2188,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementing goats with sainfoin pellets (vs alfalfa) modifies cheese sensory properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffen Werne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2438,51 +2438,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grassland-based products: quality and authentication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cabiddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2602,51 +2602,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Rouel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2865,51 +2865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Conference on Microbial Diversity: The Challenge of Complexity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Perugia, Italie, Italy. SIMTREA, 334 p., 2015, Microbial Diversity 2015: The challenge of Complexity</w:t>
@@ -2938,51 +2938,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The main fatty acids of bulk milks can be predicted with rapid farm surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3089,51 +3089,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3197,51 +3197,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction des taux protéique et butyreux du lait de tank à partir des caractéristiques du troupeau et des pratiques d’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3577,51 +3577,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3672,51 +3672,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la race (Montbéliarde vs Prim'Holstein) et de la monotraite sur les caractéristiques des fromages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3963,77 +3963,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary inclusion of hay of greater digestibility and water-soluble carbohydrate content increases performance of dairy cows, irrespective of concentrate type and breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4136,51 +4136,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abimael Ortiz-Chura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4270,64 +4270,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal - Open Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 4, pp.100099. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4508,51 +4508,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ruminal and faecal microbiota, digestion processes, and milk composition of dairy cows are modified by the botanical biodiversity of pastures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Musati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Delbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4655,51 +4655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lepoivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Marie Grollemund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4776,64 +4776,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dataset on productive functional traits at first lactation and productive longevity from a herd of 185 Montbéliarde and Holstein cows managed on a low-input mountain-area grassland farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Barreto Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4940,51 +4940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5212,51 +5212,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey A. Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Rigolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5346,51 +5346,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5480,51 +5480,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5765,51 +5765,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Valenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16 (Supplement 1), pp.100375. </w:t>
@@ -6132,51 +6132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of forage quantity and access-time restriction on feeding behaviour, feed efficiency, nutritional status, and dairy performance of dairy cows fed indoors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Cremilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6266,51 +6266,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementing goats' diet with sainfoin pellets (versus alfalfa) modifies cheese sensory properties and fatty acid profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruggero Menci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffen Werne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6439,51 +6439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Sturaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16 (6), pp.100536. </w:t>
@@ -6653,472 +6653,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03445602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topics and trends in Mountain Livestock Farming research: a text mining approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Authentification de la composition de la ration des vaches laitières par une analyse en spectroscopie visible et infrarouge sur le lait et le fromage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Zuliani</w:t>
+                <w:t xml:space="preserve">Sophie Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Contiero</w:t>
+                <w:t xml:space="preserve">Pauline Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.K. Schneider</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Bernués</w:t>
+                <w:t xml:space="preserve">Joël Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2020.100058⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (2), pp.127-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.2.4837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03228457v1</w:t>
+                <w:t xml:space="preserve">hal-03510419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-construction of a method for evaluating the intrinsic quality of bovine milk in relation to its fate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topics and trends in Mountain Livestock Farming research: a text mining approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Contiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Rey-Cadilhac</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne Ferlay</w:t>
+                <w:t xml:space="preserve">M.K. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Hulin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+                <w:t xml:space="preserve">G. Arsenos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bernués</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 15 (7), pp.100264. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100264⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 15 (1), pp.100058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2020.100058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03259574v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authentification de la composition de la ration des vaches laitières par une analyse en spectroscopie visible et infrarouge sur le lait et le fromage</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">Co-construction of a method for evaluating the intrinsic quality of bovine milk in relation to its fate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Rey-Cadilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joël Guillemin</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 34 (2), pp.127-138. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (7), pp.100264. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.2.4837⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510419v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03259574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of indicators of cow diet composition and authentication of feeding specifications of Protected Designation of Origin cheese using mid-infrared spectroscopy on milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7333,51 +7333,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Little Difference in Milk Fatty Acid and Terpene Composition Among Three Contrasting Dairy Breeds When Grazing a Biodiverse Mountain Pasture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madeline Koczura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilena Musci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7467,64 +7467,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review: Authentication of grass-fed meat and dairy products from cattle and sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 14 (4), pp.854-863. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7843,51 +7843,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early-Life Dam-Calf Contact and Grazing Experience Influence Post-Weaning Behavior and Herbage Selection of Dairy Calves in the Short Term</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Nicolao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7958,697 +7958,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk composition, but not cheese properties, are impaired the day after transhumance to alpine pastures</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recruitment of CXCR3+ T cells into injured tissues in adult IgA vasculitis patients correlates with disease activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germano Turille</w:t>
+                <w:t xml:space="preserve">Alexandra Audemard-Verger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimo de Marchi</w:t>
+                <w:t xml:space="preserve">Evangeline Pillebout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Kreuzer</w:t>
+                <w:t xml:space="preserve">Agnès Jamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2019.104540⟩</w:t>
+              <w:t xml:space="preserve">Journal of Autoimmunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99, pp.73-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaut.2019.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622633v1</w:t>
+                <w:t xml:space="preserve">inserm-02146095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasted effects of dietary extruded linseed supplementation on carotenoid and liposoluble vitamin status in lactating Holstein or Montbéliarde cows fed hay or corn silage</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Milk fat composition modifies the texture and appearance of Cantal-type cheeses but not their flavor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fretin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Desserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rene Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 102 (7), pp.6210-6225. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 102 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2018-15534⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2018-16138⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02623157v1</w:t>
+                <w:t xml:space="preserve">hal-01972723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forage system is the key driver of mountain milk specificity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Verbič</w:t>
+                <w:t xml:space="preserve">Milk composition, but not cheese properties, are impaired the day after transhumance to alpine pastures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madeline Koczura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germano Turille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo de Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kreuzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2019-16726⟩</w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99, pp.104540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2019.104540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02410531v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk fat composition modifies the texture and appearance of Cantal-type cheeses but not their flavor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rene Lavigne</w:t>
+                <w:t xml:space="preserve">Forage system is the key driver of mountain milk specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sibra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Verbič</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 102 (2), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2018-15534⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 102 (11), pp.10483-10499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2019-16726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01972723v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recruitment of CXCR3+ T cells into injured tissues in adult IgA vasculitis patients correlates with disease activity</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laureline Berthelot</w:t>
+                <w:t xml:space="preserve">Contrasted effects of dietary extruded linseed supplementation on carotenoid and liposoluble vitamin status in lactating Holstein or Montbéliarde cows fed hay or corn silage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Aufray</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carole Cirie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Autoimmunity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 99, pp.73-80. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 102 (7), pp.6210-6225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaut.2019.01.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2018-16138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02146095v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of dairy products to dietary intakes and the influence of dairy cow forage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8656,51 +8656,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Uijttewaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 239 (2), pp.193-202</w:t>
@@ -8742,64 +8742,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verifying the dietary authenticity of grass-fed meat or milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 239 (2), pp.211-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8841,51 +8841,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grazing behaviour of dairy cows on biodiverse mountain pastures is more influenced by slope than cow breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Koczura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8956,338 +8956,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02625013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From cow to cheese: Novel phenotypes related to the sensory profile of model cheeses from individual cows</w:t>
+                <w:t xml:space="preserve">Holstein ou Montbéliarde : des différences phénotypiques aux conséquences économiques à l’échelle de l’exploitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Cipolat-Gotet</w:t>
+                <w:t xml:space="preserve">Nathan Balandraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Cecchinato</w:t>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. Drake</w:t>
+                <w:t xml:space="preserve">François Dubief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Marangon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Martin</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Goron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 101 (7), pp.5865-5877. </w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (4), pp.337-352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2017-14342⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2018.31.4.2394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621198v1</w:t>
+                <w:t xml:space="preserve">hal-02124762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holstein ou Montbéliarde : des différences phénotypiques aux conséquences économiques à l’échelle de l’exploitation</w:t>
+                <w:t xml:space="preserve">From cow to cheese: Novel phenotypes related to the sensory profile of model cheeses from individual cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Balandraud</w:t>
+                <w:t xml:space="preserve">C. Cipolat-Gotet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Mosnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Delaby</w:t>
+                <w:t xml:space="preserve">A. Cecchinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Dubief</w:t>
+                <w:t xml:space="preserve">M.A. Drake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Goron</w:t>
+                <w:t xml:space="preserve">A. Marangon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 31 (4), pp.337-352. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 101 (7), pp.5865-5877. </w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2018.31.4.2394⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2017-14342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02124762v1</w:t>
+                <w:t xml:space="preserve">hal-02621198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial community assembly from cow teat skin to ripened cheeses is influenced by grazing systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9524,51 +9524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Huguenin-Elie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9619,51 +9619,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of heat stress on tarentaise and holstein cow performance in the mediterranean climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rahma Bellagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9749,64 +9749,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the calf presence during milking on dairy performance, milk fatty acid composition, lipolysis and cheese composition in Salers cows during winter and grazing seasons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anamaria Cozma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Cirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9883,51 +9883,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mineral, vitamin A and fat composition of bulk milk related to European production conditions throughout the year</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joze Verbic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10056,51 +10056,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco Biasioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia Gasperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 48 (1), pp.89. </w:t>
@@ -10132,459 +10132,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton transfer reaction time-of-flight mass spectrometry: A highthroughput and innovative method to study the influence of dairy system and cow characteristics on the volatile compound fingerprint of cheeses</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapeseed or linseed in dairy cow diets over 2 consecutive lactations: effects on adipose fatty acid profile and carry-over effects on milk fat composition in subsequent early lactation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cecchinato</w:t>
+                <w:t xml:space="preserve">S. Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Cipolat-Gotet</w:t>
+                <w:t xml:space="preserve">A Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">- Aprea</w:t>
+                <w:t xml:space="preserve">Carole Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Cappellin</w:t>
+                <w:t xml:space="preserve">K.J. Shingfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 98 (12), pp.8414-8427. </w:t>
+              <w:t xml:space="preserve">, 2015, 98 (2), pp.1005-1018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2015-9803⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2014-8578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02638030v1</w:t>
+                <w:t xml:space="preserve">hal-01576094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extruded linseeds, vitamin E and plant extracts in corn silage-based diets of dairy cows: Effects on sensory properties of raw milk and uncooked pressed cheese</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proton transfer reaction time-of-flight mass spectrometry: A highthroughput and innovative method to study the influence of dairy system and cow characteristics on the volatile compound fingerprint of cheeses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Bergamaschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lerch</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoit Graulet</w:t>
+                <w:t xml:space="preserve">A Cecchinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Cirie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">I. Verdier-Metz</w:t>
+                <w:t xml:space="preserve">C Cipolat-Gotet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Aprea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Cappellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2015.07.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 98 (12), pp.8414-8427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2015-9803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01575788v1</w:t>
+                <w:t xml:space="preserve">hal-02638030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapeseed or linseed in dairy cow diets over 2 consecutive lactations: effects on adipose fatty acid profile and carry-over effects on milk fat composition in subsequent early lactation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">Extruded linseeds, vitamin E and plant extracts in corn silage-based diets of dairy cows: Effects on sensory properties of raw milk and uncooked pressed cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Carole Delavaud</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.J. Shingfield</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+                <w:t xml:space="preserve">C. Cirie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 98 (2), pp.1005-1018. </w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51, pp.65-74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2014-8578⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2015.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576094v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of milk fatty acid composition to predict diet composition and authenticate feeding systems and altitude origin of European bulk milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10674,51 +10674,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of phenological stage and proportion of fresh herbagein cow diets on milk fatty acid composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10834,51 +10834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11098,51 +11098,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11218,103 +11218,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of milk from feeding systems based on herbage or corn silage with or without flaxseed and authentication through fatty acid profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dutreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dairy Science &amp; Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 94 (2), pp.103-123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11342,299 +11342,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentials and challenges for future sustainable grassland utilisation in animal production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutions et perspectives de l’élevage des ruminants dans les montagnes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Leiber</w:t>
+                <w:t xml:space="preserve">M. Lherm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Jouven</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Béranger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Options Méditerranéennes. Série A : Séminaires Méditerranéens</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27 (1), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2014.27.1.3050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01499073v1</w:t>
+                <w:t xml:space="preserve">hal-04050822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutions et perspectives de l’élevage des ruminants dans les montagnes françaises</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Potentials and challenges for future sustainable grassland utilisation in animal production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Leiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Jouven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Priolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Options Méditerranéennes. Série A : Séminaires Méditerranéens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, A (109), pp.33-48</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04050822v1</w:t>
+                <w:t xml:space="preserve">hal-01499073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of calf presence during milking on yield, composition, fatty acid profile and lipolytic system of milk in Prim’Holstein and Salers cow breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anamaria Cozma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Guiadeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11724,51 +11724,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infrared spectroscopic methods for the discrimination of cow milk according to the feeding systems, cow breed and altitude of the dairy farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo B. Valenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11909,51 +11909,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 141 (1), pp.209 - 214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11999,51 +11999,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of bulk milk fatty acid composition based on farming practices collected through on-farm surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12159,51 +12159,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Napoleone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Genevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12258,64 +12258,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authentication of cow feeding and geographic origin on milk using visible and near-infrared spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12405,51 +12405,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels équilibres entre production, biodiversité et qualité des fromages AOP dans les systèmes de pâturage du Massif Central ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12507,420 +12507,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02642326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le système de pâturage influence-t-il les caractéristiques nutritionnelles et sensorielles des fromages ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Coppa</w:t>
+                <w:t xml:space="preserve">Rapeseed or linseed supplements in grass-based diets: effects on milk fatty acid composition of Holstein cows over two consecutive lactations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Monsallier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pradel</w:t>
+                <w:t xml:space="preserve">Kevin Shingfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 95 (9), pp.5221-5241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2012-5337⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02648391v1</w:t>
+                <w:t xml:space="preserve">hal-02646116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapeseed or linseed supplements in grass-based diets: effects on milk fatty acid composition of Holstein cows over two consecutive lactations</w:t>
+                <w:t xml:space="preserve">Rapeseed or linseed supplements in grass-based diets: Effects on dairy performance of Holstein cows over 2 consecutive lactations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 95 (9), pp.5221-5241. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2012-5337⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 95 (4), pp.1956-1970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2011-4575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646116v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapeseed or linseed supplements in grass-based diets: Effects on dairy performance of Holstein cows over 2 consecutive lactations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lerch</w:t>
+                <w:t xml:space="preserve">Le système de pâturage influence-t-il les caractéristiques nutritionnelles et sensorielles des fromages ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">José Pires</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Monsallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 209, pp.33-41</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644294v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations des teneurs en micronutriments de l'herbe des prairies de moyenne montagne et transfert au lait</w:t>
               </w:r>
@@ -12958,51 +12958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Duriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 209, pp.59-68</w:t>
@@ -13025,644 +13025,644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02646114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of different grazing systems on upland pastures compared with hay diet on cheese sensory properties evaluated at different ripening times</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">An improved grazed class method to estimate species selection and dry matter intake by cows at pasture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Ferlay</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert R. Didienne</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Giampiero Lombardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 21, pp.815-822. </w:t>
+              <w:t xml:space="preserve">Italian Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2011.04.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4081/ijas.2011.e13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02644998v1</w:t>
+                <w:t xml:space="preserve">hal-02644989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methane output and rumen microbiota in dairy cows in response to long-term supplementation with linseed or rapeseed of grass silage- or pasture-based diets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+                <w:t xml:space="preserve">Effect of different grazing systems on upland pastures compared with hay diet on cheese sensory properties evaluated at different ripening times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Martin</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Didienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the New Zealand Society of Animal Production</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21, pp.815-822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2011.04.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02647299v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk fatty acid composition and cheese texture and appearance from cows fed hay or different grazing systems on upland pastures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Coppa</w:t>
+                <w:t xml:space="preserve">Methane output and rumen microbiota in dairy cows in response to long-term supplementation with linseed or rapeseed of grass silage- or pasture-based diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pradel</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the New Zealand Society of Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 71, pp.243-247</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2010-3510⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02644977v1</w:t>
+                <w:t xml:space="preserve">hal-02647299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand diversité des prairies rime avec qualité des fromages</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Milk fatty acid composition and cheese texture and appearance from cows fed hay or different grazing systems on upland pastures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Monsallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Union du Cantal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 94 (3), pp.1132-1145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2010-3510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02641854v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved grazed class method to estimate species selection and dry matter intake by cows at pasture</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quand diversité des prairies rime avec qualité des fromages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Italian Journal of Animal Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Union du Cantal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4081/ijas.2011.e13⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02644989v1</w:t>
+                <w:t xml:space="preserve">hal-02641854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Feeding Factors and Breed on Cow Milk Fatty Acid Composition: Recent Data</w:t>
               </w:r>
@@ -13674,51 +13674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Glasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13821,51 +13821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (5), pp.1314-1330. </w:t>
@@ -13954,51 +13954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Stella Foddai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Azzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14049,103 +14049,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of a hay-based diet or different upland grazing systems on milk volatile compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Leotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Priolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 59 (9), pp.4947-4954. </w:t>
@@ -14222,51 +14222,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Duployer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14321,51 +14321,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of supplementation of maize silage diets with extruded linseed, vitamin E and plant extracts rich in polyphenols, and morning v. evening milking on milk fatty acid profiles in Holstein and Montbeliarde cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14442,51 +14442,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of milk fatty acid composition by near infrared reflectance spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14614,51 +14614,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Besle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15287,51 +15287,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant polyphenols associated with vitamin E can reduce plasma lipoperoxidation in dairy cows given n-3 polyunsaturated fatty acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15408,64 +15408,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herbe et qualités nutritionnelles et organoleptiques des produits laitiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15527,291 +15527,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odor compounds in cheese made from the milk of cows supplemented with extruded linseed and {alpha}-tocopherol</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Yield and sensory properties of cheese made with milk from Holstein or Montbéliarde cows milked twice or once daily</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragkiski Sympoura</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bernard Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 92 (7), pp.3040-3048. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2008-1802⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 92 (10), pp.4730-4737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2008-1914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02665587v1</w:t>
+                <w:t xml:space="preserve">hal-02664910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yield and sensory properties of cheese made with milk from Holstein or Montbéliarde cows milked twice or once daily</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+                <w:t xml:space="preserve">Odor compounds in cheese made from the milk of cows supplemented with extruded linseed and {alpha}-tocopherol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fragkiski Sympoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tournayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teofilos Massouras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Rémond</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Louis Berdagué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 92 (10), pp.4730-4737. </w:t>
+              <w:t xml:space="preserve">, 2009, 92 (7), pp.3040-3048. </w:t>
             </w:r>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2008-1914⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2008-1802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664910v1</w:t>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En filière fromagère AOP, les conditions de production dans les cahiers des charges et leurs conséquences pour les exploitations</w:t>
               </w:r>
@@ -15823,51 +15823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Parguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Reuillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15961,51 +15961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Rock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 56 (16), pp.6801-6808. </w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16090,51 +16090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Mosimann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Python</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16336,77 +16336,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Journal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dairy Science &amp; Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 88 (2), pp.193-215. </w:t>
@@ -16483,51 +16483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Dairy Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18 (6), pp.595-604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16586,51 +16586,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels intérêts de la diversité floristique des prairies permanentes pour les ruminants et les produits animaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16692,774 +16692,774 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02669162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations in carotenoids, vitamins A and E, and color in cow's plasma and milk during late pregnancy and the first three months of lactation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Authentification de l'alimentation des ruminants à partir de la composition de leurs produits et tissus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Calderón</w:t>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+                <w:t xml:space="preserve">Erwan Engel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Besle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 20 (4), pp.295-308</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02653803v1</w:t>
+                <w:t xml:space="preserve">hal-02661418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations in carotenoids, vitamins A and E, and color in cow's plasma and milk following a shift from hay diet to diets containing increasing levels of carotenoids and vitamin E</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relevance of isotopic and molecular biomarkers for the authentication of milk according to production zone and type of feeding of the cow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Benoit Graulet</w:t>
+                <w:t xml:space="preserve">Erwan Engel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2007-0264⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 55 (22), pp.9099-9108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf0714620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654070v1</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanker milk variability according to farm feeding practices: vitamins A and E, carotenoids, color, and terpenoids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Journal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sibra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId519" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Grolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 90 (10), pp.4884-4896. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3168/jds.2007-0171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02655353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authentification de l'alimentation des ruminants à partir de la composition de leurs produits et tissus</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Variations in carotenoids, vitamins A and E, and color in cow's plasma and milk during late pregnancy and the first three months of lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Calderón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Besle</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 90 (5), pp.2335-2346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2006-630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02661418v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of isotopic and molecular biomarkers for the authentication of milk according to production zone and type of feeding of the cow</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Agabriel</w:t>
+                <w:t xml:space="preserve">Variations in carotenoids, vitamins A and E, and color in cow's plasma and milk following a shift from hay diet to diets containing increasing levels of carotenoids and vitamin E</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Calderón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 55 (22), pp.9099-9108. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 90 (12), pp.5651-5664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jf0714620⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2007-0264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02654361v1</w:t>
+                <w:t xml:space="preserve">hal-02654070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Once-a-day milking of Holstein and Montbéliarde cows for 7 weeks in mid-lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 1 (10), pp.1497-1505. </w:t>
             </w:r>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17519,51 +17519,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kien Phan Huy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17653,51 +17653,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17774,51 +17774,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of grass-based diets on milk fatty acid composition and milk lipolytic system in Tarentaise and Montbéliarde cow breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17908,51 +17908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18141,103 +18141,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of mountain grassland maturity stage and grazing management on carotenoids in sward and cow's milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Calderón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Tornambé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 55, pp.533-544. </w:t>
@@ -18275,103 +18275,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carotenoids for ruminants: From forages to dairy products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Grolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 131, pp.418-450. </w:t>
@@ -18559,64 +18559,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations in carotenoids, fat-soluble micronutrients, and color in cows’ plasma and milk following changes in forage and feeding level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Grolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18684,90 +18684,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do the nature of forages and pasture diversity influence the sensory quality of dairy livestock products?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18827,51 +18827,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentiality of front-face fluorescence spectroscopy to determine the geographic origin of milks from the Haute-Loire department (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romdhane Karoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18922,90 +18922,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of grass-silage vs. hay diet on the characteristics of cheese: interactions with the cheese model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lait</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 85, pp.469-480. </w:t>
@@ -19069,51 +19069,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes A. Delacroix-Buchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pirisi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19145,347 +19145,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02682394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terpene profiles in Cantal and Saint-Nectaire-type cheese made from raw or pasteurised milk</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Potentiality of front-face fluorescence spectroscopy to determine the geographic origin of milks from the Haute-Loire department (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romdhane Karoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jsfa.2214⟩</w:t>
+              <w:t xml:space="preserve">Lait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 85, pp.223-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/lait:2005008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02683626v1</w:t>
+                <w:t xml:space="preserve">hal-02677600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentiality of front-face fluorescence spectroscopy to determine the geographic origin of milks from the Haute-Loire department (France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Terpene profiles in Cantal and Saint-Nectaire-type cheese made from raw or pasteurised milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Kondjoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lait</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 85, pp.223-236. </w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 85 (12), pp.2040-2046. </w:t>
             </w:r>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/lait:2005008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.2214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02677600v1</w:t>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of grass-silage vs. hay diet on the characteristics of cheese: interactions with the cheese model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Lait</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 85 (6), pp.469-480</w:t>
@@ -19527,64 +19527,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of dairy production systems on the sensory characteristics of Cantal cheeses: a plant-scale study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19674,51 +19674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Delacroix-Buchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pirisi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19765,77 +19765,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditions de production du lait et qualités sensorielles des fromages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 16 (4), pp.283-288</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20020,51 +20020,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Paul Carnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20132,51 +20132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of milk somatic cell count of cows grazing an alpine pasture according to the infection of udder by pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lamarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Hauwuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20275,51 +20275,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Chiofalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Maldonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20392,51 +20392,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer of monoterpenes and sesquiterpenes from forages into milk fat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vialloninsta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20722,51 +20722,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Eppenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rey-Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria. pp.361</w:t>
@@ -20834,64 +20834,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Eppenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rey-Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria. pp.712</w:t>
@@ -20914,885 +20914,885 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does biodiverse moutain grasslands reduce enteric methane emissions?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mauro Coppa</w:t>
+                <w:t xml:space="preserve">Quelles sont les pratiques d’élevage pour améliorer la qualité des lipides des produits animaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Rispal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martin Bruno</w:t>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Mountain Livestock Farming Systems Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Jun 2024, Lempdes (Clermont-Ferrand), France</w:t>
+              <w:t xml:space="preserve">Les séances de l’académie d’agriculture : nutrition, complémentarité et synergies entre les lipides d’origine animale et les lipides des végétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie d’Agriculture, Jan 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04832665v1</w:t>
+                <w:t xml:space="preserve">hal-05216466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecological transition may reduce the fat content of Fourme de Montbrison cheese</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Diversité botanique et bactérienne des prairies: quel lien avec la qualité sensorielle des fromages au lait cru de type Cantal ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Manzocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.815</w:t>
+              <w:t xml:space="preserve">Journée du lait de Liebefeld</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Zollikofen, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831767v1</w:t>
+                <w:t xml:space="preserve">hal-04821478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-farm animal welfare assessments in a European project on global quality: results, limitations and lessons learnt</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile Berri</w:t>
+                <w:t xml:space="preserve">Does biodiverse moutain grasslands reduce enteric methane emissions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Rispal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on the Welfare Assessment of Animals at Farm Level (WAFL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Firenze (Florence), Italy</w:t>
+              <w:t xml:space="preserve">3rd Mountain Livestock Farming Systems Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Jun 2024, Lempdes (Clermont-Ferrand), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746143v1</w:t>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identity of cows and farmers who milk Salers, Aubrac and Ferrandaise cows</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agroecological transition may reduce the fat content of Fourme de Montbrison cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chabrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Passel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.193</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.815</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId620" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04916717v1</w:t>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04831767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant diversity at pasture could explain lower methane emission of grazing dairy cow despite an advanced herbage phenological stage</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">On-farm animal welfare assessments in a European project on global quality: results, limitations and lessons learnt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléa Bailly-Caumette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Leiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Mountain Livestock Farming Systems Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Clermont- Ferrand, France</w:t>
+              <w:t xml:space="preserve">9th International Conference on the Welfare Assessment of Animals at Farm Level (WAFL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Firenze (Florence), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04818364v1</w:t>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité botanique et bactérienne des prairies: quel lien avec la qualité sensorielle des fromages au lait cru de type Cantal ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joël Berard</w:t>
+                <w:t xml:space="preserve">Identity of cows and farmers who milk Salers, Aubrac and Ferrandaise cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Remise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Jaffrennou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du lait de Liebefeld</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Zollikofen, Suisse</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId628" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821478v1</w:t>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles sont les pratiques d’élevage pour améliorer la qualité des lipides des produits animaux ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+                <w:t xml:space="preserve">Plant diversity at pasture could explain lower methane emission of grazing dairy cow despite an advanced herbage phenological stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">E. Rispal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les séances de l’académie d’agriculture : nutrition, complémentarité et synergies entre les lipides d’origine animale et les lipides des végétaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie d’Agriculture, Jan 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">3rd Mountain Livestock Farming Systems Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Clermont- Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05216466v1</w:t>
+                <w:t xml:space="preserve">hal-04818364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dairy cows' diet has a marked impact on vitamin B content in milk but less in yogurts</w:t>
               </w:r>
@@ -21804,51 +21804,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Auzance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21897,333 +21897,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do farming methods in Europe influence the quality of chicken meat? H2020 INTAQT project “One quality” concept</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effets du croisement rotatif Holstein, Rouge Scandinave et Jersiaise en lactation longue sur les performances laitières dans l'expérimentation système OasYs d'INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimiliano Petracci</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Rennie Eppenstein</w:t>
+                <w:t xml:space="preserve">Sandra Novak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Chargelegue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Delagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIth European Poultry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WPSA, Jun 2024, Valencia (Espagne), Spain</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04634494v1</w:t>
+                <w:t xml:space="preserve">hal-04828986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets du croisement rotatif Holstein, Rouge Scandinave et Jersiaise en lactation longue sur les performances laitières dans l'expérimentation système OasYs d'INRAE</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Remy Delagarde</w:t>
+                <w:t xml:space="preserve">How do farming methods in Europe influence the quality of chicken meat? H2020 INTAQT project “One quality” concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
+                <w:t xml:space="preserve">Massimiliano Petracci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefaan de Smet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rennie Eppenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.71</w:t>
+              <w:t xml:space="preserve">XVIth European Poultry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WPSA, Jun 2024, Valencia (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId634" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04828986v1</w:t>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation of animal welfare in dairy and fattening beef European farms between lowland and mountain conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Bailly-Caumette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Leiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22287,51 +22287,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lepoivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-M Grollemund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22505,402 +22505,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The INTAQT project: stakeholders’ opinions on future multicriteria scoring tools for animal products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The INTAQT project: stakeholders’ perceptions and points of view on products quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laithier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">F. Bédoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">I. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nicolazo De Barmon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th annual meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.827</w:t>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.829</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193997v1</w:t>
+                <w:t xml:space="preserve">hal-04194024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The INTAQT project: stakeholders’ expectations on husbandry systems and innovative practices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The INTAQT project: stakeholders’ opinions on future multicriteria scoring tools for animal products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nicolazo De Barmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.C. Eppenstein</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bruno Martin</w:t>
+                <w:t xml:space="preserve">M. Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.828</w:t>
+              <w:t xml:space="preserve">74th annual meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.827</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04194010v1</w:t>
+                <w:t xml:space="preserve">hal-04193997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The INTAQT project: stakeholders’ perceptions and points of view on products quality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The INTAQT project: stakeholders’ expectations on husbandry systems and innovative practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bédoin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId651" w:history="1">
+                <w:t xml:space="preserve">R.C. Eppenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nicolazo De Barmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th annual meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.829</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.828</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04194024v1</w:t>
+                <w:t xml:space="preserve">hal-04194010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forage shortage affects performances, CH4 emissions and cheese quality in grass- or corn-fed cows</w:t>
               </w:r>
@@ -22938,51 +22938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Joint International Congress on Animal Science : Climate change, biodiversity and global sustainability of animal production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'événement est organisé par INRAE et l'Association française de zootechnie (AFZ), au nom de la Fédération européenne de zootechnie (EAAP), de l'Association mondiale de zootechnie (WAAP) et par France Génétique Élevage au nom d'Interbull., Aug 2023, Lyon, France</w:t>
@@ -23024,51 +23024,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de régimes contrastés sur les concentrations en vitamines B des produits laitiers de vache.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Auzance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23188,51 +23188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Laithier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th annual meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.825</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23251,851 +23251,847 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TANDEM : Flux microbiens au sein d’une chaîne alimentaire</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can studying the health of livestock systems be a way to improve their resilience?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Cremilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey A. Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Portes Ouvertes UMRF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aurillac, France</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221497v1</w:t>
+                <w:t xml:space="preserve">hal-04337864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can studying the health of livestock systems be a way to improve their resilience?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">TANDEM : Flux microbiens au sein d’une chaîne alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bloor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Bernalier Donadille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées Portes Ouvertes UMRF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aurillac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04337864v1</w:t>
+                <w:t xml:space="preserve">hal-04221497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of French multi-actors’ expectations on milk and dairy products quality and authentication</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Allaitement maternel des veaux laitiers : quel compromis entre croissance des veaux, production laitière et bien-être animal ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nicolao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Sturaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Laithier</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2022, Paris, France. pp.439-443</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.229-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942711v1</w:t>
+                <w:t xml:space="preserve">hal-03898816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId670" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How farmers define the health of their grassland?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Microbial transfers at the crossroads of agro-ecological transitions in dairy systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chemidlin Prévost-Bouré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Bernalier Donadille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bloor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th General Meeting of the European Grassland Federation (EGF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Caen, France</w:t>
+              <w:t xml:space="preserve">Carrefours de l’innovation agronomique (CIAG) Les indicateurs de qualité des sols et leur usage dans un contexte de transitions agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId670" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05018891v1</w:t>
+            <w:hyperlink r:id="rId668" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04826247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId672" w:history="1">
+            <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial transfers at the crossroads of agro-ecological transitions in dairy systems</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How farmers define the health of their grassland?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Cremilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId671" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Quandalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey A. Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefours de l’innovation agronomique (CIAG) Les indicateurs de qualité des sols et leur usage dans un contexte de transitions agricoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Orléans, France</w:t>
+              <w:t xml:space="preserve">29th General Meeting of the European Grassland Federation (EGF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId672" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04826247v1</w:t>
+            <w:hyperlink r:id="rId670" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId674" w:history="1">
+            <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can grazing behaviour measured by activity collars tell us about dairy cow performances?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Assessment of French multi-actors’ expectations on milk and dairy products quality and authentication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bedoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Couzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Laithier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.65-68</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2022, Paris, France. pp.439-443</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId674" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889858v1</w:t>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId677" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le niveau de biodiversité végétale des prairies modifie les processus digestifs, le microbiote ruminal et des fèces des vaches laitières et la composition du lait</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Milka Popova</w:t>
+                <w:t xml:space="preserve">Can grazing behaviour measured by activity collars tell us about dairy cow performances?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId676" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Scully</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId677" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Ollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE; Institut de l'Elevage, Dec 2022, Paris, France. pp.75-79</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.65-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId677" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03897921v1</w:t>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of animal-source foods: lessons from a collective scientific expertise</w:t>
               </w:r>
@@ -24200,195 +24196,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03960288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TANDEM : Les flux microbiens au cœur de la transition agroécologique des systèmes laitiers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le niveau de biodiversité végétale des prairies modifie les processus digestifs, le microbiote ruminal et des fèces des vaches laitières et la composition du lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Musati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dorian Nicolle</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sommet de l'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; Institut de l'Elevage, Dec 2022, Paris, France. pp.75-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04827115v1</w:t>
+                <w:t xml:space="preserve">hal-03897921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId682" w:history="1">
+            <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial and botanical diversity of the pasture influence the raw milk cheese sensory properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Manzocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24420,178 +24416,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId682" w:history="1">
+            <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId683" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allaitement maternel des veaux laitiers : quel compromis entre croissance des veaux, production laitière et bien-être animal ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TANDEM : Les flux microbiens au cœur de la transition agroécologique des systèmes laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bloor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.229-232</w:t>
+              <w:t xml:space="preserve">Sommet de l'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId683" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03898816v1</w:t>
+            <w:hyperlink r:id="rId682" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The order of forage distribution seems to affect the fermentability of the milk</w:t>
               </w:r>
@@ -24616,51 +24616,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cremilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey A. Michaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -24711,51 +24711,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une méthode opérationnelle d'évaluation multicritère des élevages laitiers par l'utilisation de la spectroscopie du lait et de l'outil d'évaluation CAP'2ER®</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lepoivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Marie Grollemund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24875,51 +24875,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Alvåsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">73rd Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Porto, Portugal. pp.353, </w:t>
             </w:r>
             <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
@@ -24966,51 +24966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation multicritère des fermes laitières selon la qualité du lait destiné à la fabrication de fromage estimée par spectroscopie en moyen infra-rouge et les impacts environnementaux estimés par CAP'2ER®</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lepoivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Marie Grollemund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25078,51 +25078,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The INTAQT project: tools to assess and authenticate poultry, beef and dairy products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Laithier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25367,51 +25367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Nicolao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Sturaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -25708,51 +25708,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une maîtrise de la qualité sanitaire du lait cru qui débute dès la gestion des surfaces fourragères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25997,51 +25997,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cerles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -26092,51 +26092,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of cow diet composition and authentication of feeding specifications of Protected Designation of Origin cheese using mid-infrared spectroscopy on bulk milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hulin S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26217,64 +26217,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authentification de l'origine herbagère de la viande et du lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Journées de l'AFPF (Association Française pour la Production Fourragère)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26312,90 +26312,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prim’Holstein / Montbéliarde : des différences phénotypiques aux conséquences économiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaël Cassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Balandraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Sommet de l'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26584,51 +26584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26804,77 +26804,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madeline Koczura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germano Turille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Kreuzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France</w:t>
@@ -26897,385 +26897,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interest of a mountain dairy cow breed to cope with Mediterranean summer heat stress</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">De l’herbe au fromage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Taha Najar</w:t>
+            <w:hyperlink r:id="rId727" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Meeting of the FAO-CIHEAM Mountain Pastures Network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Zaragoza, Spain</w:t>
+              <w:t xml:space="preserve">Votre Avenir et Notre Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01678097v1</w:t>
+                <w:t xml:space="preserve">hal-02799253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId727" w:history="1">
+            <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are the specific sensory properties of pasture cheeses linked to milk fat composition and bacterial dynamics?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">The interest of a mountain dairy cow breed to cope with Mediterranean summer heat stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahma Bellagi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Najar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Joint Meeting of FAO-CIHEAM Mountain Pastures and Mediterranean Forages Resources Networks and Mountain Cheese Network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Zaragoza, Spain. 4 p</w:t>
+              <w:t xml:space="preserve">19. Meeting of the FAO-CIHEAM Mountain Pastures Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Zaragoza, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId727" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594980v1</w:t>
+            <w:hyperlink r:id="rId728" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01678097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’herbe au fromage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Are the specific sensory properties of pasture cheeses linked to milk fat composition and bacterial dynamics?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fretin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile C. Bord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Chassard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Delphine Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Montel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Votre Avenir et Notre Culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">1. Joint Meeting of FAO-CIHEAM Mountain Pastures and Mediterranean Forages Resources Networks and Mountain Cheese Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Zaragoza, Spain. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799253v1</w:t>
+                <w:t xml:space="preserve">hal-01594980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How cow characteristics and management influence the sensory properties of cheese?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food, Handcraft and Geographical Indications: towards the emergence of a new development paradigm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Thimphu, Bhutan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27326,51 +27326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rahma Bellagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Najar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -27402,920 +27402,920 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diversité bactérienne de fromages de type Cantal en lien avec deux systèmes de production laitiers</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Services rendus et contribution de l’élevage au développement du territoireAuvergne – Rhône-Alpes (AURA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Hauwuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Baumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lherm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId734" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ryschawy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. CBL : Nouveaux défis pour la recherche et l'industrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université des Sciences et Technologies (Lille 1) (USTL). FRA., Jun 2015, Lille, France</w:t>
+              <w:t xml:space="preserve">Sommet de l'élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Cournon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741689v1</w:t>
+                <w:t xml:space="preserve">hal-02097504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId734" w:history="1">
+            <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Services rendus et contribution de l’élevage au développement du territoireAuvergne – Rhône-Alpes (AURA)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">La diversité bactérienne de fromages de type Cantal en lien avec deux systèmes de production laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fretin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sommet de l'élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Cournon, France</w:t>
+              <w:t xml:space="preserve">20. CBL : Nouveaux défis pour la recherche et l'industrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Sciences et Technologies (Lille 1) (USTL). FRA., Jun 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId734" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02097504v1</w:t>
+            <w:hyperlink r:id="rId735" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-performance high-speed spectrum analysis of laser sources with SWIFTS technology</w:t>
+                <w:t xml:space="preserve">Atouts des ressources prairiales pour les ruminants, au-delà de leur valeur alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId737" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Thomas</w:t>
+                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId738" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhaël de Mengin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaëlle Maxin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE OPTO</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire réseau Prairies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Caen, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01965381v1</w:t>
+                <w:t xml:space="preserve">hal-02792856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId743" w:history="1">
+            <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riboflavin secretion in cow's milk varies according to diet composition and season</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Agabriel</w:t>
+                <w:t xml:space="preserve">High-performance high-speed spectrum analysis of laser sources with SWIFTS technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId740" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId741" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhaël de Mengin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId742" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId743" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Le Coarer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId744" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Joint Meeting of FAO-CIHEAM Mountain Pastures and Mediterranean Forages Resources Networks and Mountain Cheese Network</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE OPTO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, San Francisco, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId745" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2039810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId743" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739841v1</w:t>
+            <w:hyperlink r:id="rId739" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01965381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId744" w:history="1">
+            <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances fourragères, animales et fromagères de 2 systèmes de pâturage mis en place à l'INRA</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Riboflavin secretion in cow's milk varies according to diet composition and season</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Laverroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'herbe, une ressource pour le Massif Central : mieux la connaître pour mieux la valoriser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Lempdes, France</w:t>
+              <w:t xml:space="preserve">1. Joint Meeting of FAO-CIHEAM Mountain Pastures and Mediterranean Forages Resources Networks and Mountain Cheese Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Lempdes, France. pp.323-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId744" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793580v1</w:t>
+            <w:hyperlink r:id="rId746" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId745" w:history="1">
+            <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de l’aptitude à coagulation du lait des vaches Salers et identification d’un variant rare de la caséine kappa</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Performances fourragères, animales et fromagères de 2 systèmes de pâturage mis en place à l'INRA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">L'herbe, une ressource pour le Massif Central : mieux la connaître pour mieux la valoriser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Lempdes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId745" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194034v1</w:t>
+            <w:hyperlink r:id="rId747" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId749" w:history="1">
+            <w:hyperlink r:id="rId748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atouts des ressources prairiales pour les ruminants, au-delà de leur valeur alimentaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de l’aptitude à coagulation du lait des vaches Salers et identification d’un variant rare de la caséine kappa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId749" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId750" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
+                <w:t xml:space="preserve">Adeline Védrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Maxin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eloi Haudebourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire réseau Prairies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Caen, France</w:t>
+              <w:t xml:space="preserve">21. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId749" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02792856v1</w:t>
+            <w:hyperlink r:id="rId748" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can we use fatty acids of bulk milk to authenticate cow diet composition ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -28383,90 +28383,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId754" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How cow characteristics and management influence the sensory properties of milk and cheese?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Berdagué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -28502,484 +28502,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terroir : relationship between land, management and quality of dairy products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Facteurs de variation de la teneur en calcium du lait de vache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId756" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId757" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Johan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId758" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId759" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioforsk Konferansen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Hamar, Norway. pp.24</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 13 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805876v1</w:t>
+                <w:t xml:space="preserve">hal-01210690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId756" w:history="1">
+            <w:hyperlink r:id="rId760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teneurs en composés d’intérêt nutritionnel des laits et viandes de ruminants : prédiction par différentes méthodes spectrales</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Terroir : relationship between land, management and quality of dairy products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 2 p</w:t>
+              <w:t xml:space="preserve">Bioforsk Konferansen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Hamar, Norway. pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId756" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210703v1</w:t>
+            <w:hyperlink r:id="rId760" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId759" w:history="1">
+            <w:hyperlink r:id="rId761" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panorama de l'élevage de montagne</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Teneurs en composés d’intérêt nutritionnel des laits et viandes de ruminants : prédiction par différentes méthodes spectrales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId762" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId763" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bauchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séance de l' Académie d’Agriculture de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Paris, France. pp.14</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId759" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02803045v1</w:t>
+            <w:hyperlink r:id="rId761" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId762" w:history="1">
+            <w:hyperlink r:id="rId764" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs de variation de la teneur en calcium du lait de vache</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Muriel Johan</w:t>
+                <w:t xml:space="preserve">Panorama de l'élevage de montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId765" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">Michel M. Lherm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId766" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Narcy</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claude Beranger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 13 diapositives</w:t>
+              <w:t xml:space="preserve">Séance de l' Académie d’Agriculture de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Paris, France. pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId762" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210690v1</w:t>
+            <w:hyperlink r:id="rId764" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId767" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimentation des animaux et composition du lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commission "Production ovine et caprine de l'INRA"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Toulouse, France. pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -29017,51 +29017,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of low-input dairy farming systems in mountain areas: animal performances and cheese sensory properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29129,90 +29129,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId769" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SWIFTS: a groundbreaking integrated technology for high-performance spectroscopy and optical sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId741" w:history="1">
+            <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId737" w:history="1">
+            <w:hyperlink r:id="rId740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael de Mengin Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId740" w:history="1">
+            <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Le Coarer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Benech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -29257,260 +29257,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01974309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation animale et qualité nutritionnelle du lait</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">En montagne, des systèmes d'élevage autonomes pour des produits de qualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Ferlay</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université d'été de nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre de Recherche en Nutrition Humaine (CRNH). Clermont-Ferrand, FRA., Sep 2012, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Elevage et changement climatique : quel avenir pour l'élevage entre changement climatique et nouveau contexte ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, Clermont-Ferrand, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744438v1</w:t>
+                <w:t xml:space="preserve">hal-02744677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId774" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En montagne, des systèmes d'élevage autonomes pour des produits de qualité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Alimentation animale et qualité nutritionnelle du lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Prache</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Glasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elevage et changement climatique : quel avenir pour l'élevage entre changement climatique et nouveau contexte ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, Clermont-Ferrand, France. 13 p</w:t>
+              <w:t xml:space="preserve">Université d'été de nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Recherche en Nutrition Humaine (CRNH). Clermont-Ferrand, FRA., Sep 2012, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId774" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744677v1</w:t>
+                <w:t xml:space="preserve">hal-02744438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les services rendus par les prairies permanentes à la qualité des produits animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29710,890 +29710,890 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitamin B9 and B12 contents in cow milk according to production system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chantal Chassaing</w:t>
+                <w:t xml:space="preserve">Pratiques agricoles et qualités nutritionnelles du lait et des produits laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christiane Girard</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId781" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
+              <w:t xml:space="preserve">Séminaire "pratiques agricoles innovantes et qualités nutritionnelles des produits alimentaires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Montreuil, France. 18 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746215v1</w:t>
+                <w:t xml:space="preserve">hal-02802905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId781" w:history="1">
+            <w:hyperlink r:id="rId782" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Feeding Factors and Breed on Cow Milk Fatty Acid Composition: Recent Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cows' feeding and milk and dairy product sensory properties: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Symposium 'Prospects for the 3rd Millenium Agriculture'</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Cluj-Napoca, Romania</w:t>
+              <w:t xml:space="preserve">62. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Stavanger, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId781" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02803804v1</w:t>
+            <w:hyperlink r:id="rId782" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId782" w:history="1">
+            <w:hyperlink r:id="rId783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of calf presence during milking on milk fatty acid profile in Prim Holstein and Salers cow breeds</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marlène Guiadeur</w:t>
+                <w:t xml:space="preserve">Sensory properties of cheese from different grazing systems on upland pastures compared to hay-diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Didienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Symposium. "Prospects for the 3rd Millennium Agriculture". Sections: Veterinary Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Agricultural Sciences and Veterinary Medicine. Cluj-Napoca, ROU., Sep 2011, Cluj-Napoca, Romania</w:t>
+              <w:t xml:space="preserve">16. Meeting of the FAO-CIHEAM Mountain Pastures Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId782" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02747646v1</w:t>
+            <w:hyperlink r:id="rId783" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId783" w:history="1">
+            <w:hyperlink r:id="rId784" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An European dataset to predict milk fatty acid profile from production conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Vitamin B9 and B12 contents in cow milk according to production system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Girard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId783" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748514v1</w:t>
+            <w:hyperlink r:id="rId784" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId784" w:history="1">
+            <w:hyperlink r:id="rId785" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensory properties of cheese from different grazing systems on upland pastures compared to hay-diet</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of Feeding Factors and Breed on Cow Milk Fatty Acid Composition: Recent Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Glasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Meeting of the FAO-CIHEAM Mountain Pastures Network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Krakow, Poland</w:t>
+              <w:t xml:space="preserve">10. International Symposium 'Prospects for the 3rd Millenium Agriculture'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Cluj-Napoca, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId784" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745632v1</w:t>
+            <w:hyperlink r:id="rId785" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId785" w:history="1">
+            <w:hyperlink r:id="rId786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cows' feeding and milk and dairy product sensory properties: a review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of calf presence during milking on milk fatty acid profile in Prim Holstein and Salers cow breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anamaria Cozma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Agnes Cornu</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Tixier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Guiadeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Stavanger, Norway</w:t>
+              <w:t xml:space="preserve">10. International Symposium. "Prospects for the 3rd Millennium Agriculture". Sections: Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Agricultural Sciences and Veterinary Medicine. Cluj-Napoca, ROU., Sep 2011, Cluj-Napoca, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId785" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746053v1</w:t>
+            <w:hyperlink r:id="rId786" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02747646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId786" w:history="1">
+            <w:hyperlink r:id="rId787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques agricoles et qualités nutritionnelles du lait et des produits laitiers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An European dataset to predict milk fatty acid profile from production conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Glasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "pratiques agricoles innovantes et qualités nutritionnelles des produits alimentaires"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Montreuil, France. 18 diapositives</w:t>
+              <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId786" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02802905v1</w:t>
+            <w:hyperlink r:id="rId787" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of fat modified cheese on blood concentration of fatty acids and antioxidant levels in normolipidemic volunteers: a Pilot study</w:t>
               </w:r>
@@ -30618,51 +30618,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Stella Foddai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elana Azzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -30756,51 +30756,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -30877,51 +30877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId794" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Blay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
@@ -30989,51 +30989,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Gaudru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -31101,77 +31101,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Guiadeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Monsallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Cirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
@@ -31226,51 +31226,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId801" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Farrugia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -31302,316 +31302,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02810139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatty acid composition of tank milk according to the origin and livestock farming practices in France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Intérêt des productions laitières sous cahier des charges AOP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId803" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick P. Veysset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
+              <w:t xml:space="preserve">Rencontres du Conseil régional d'Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Saint-Genès Champanelle, France. 10 diapos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02750307v1</w:t>
+                <w:t xml:space="preserve">hal-02802044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId803" w:history="1">
+            <w:hyperlink r:id="rId804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt des productions laitières sous cahier des charges AOP</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Fatty acid composition of tank milk according to the origin and livestock farming practices in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId804" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Delavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Sibra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres du Conseil régional d'Auvergne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Saint-Genès Champanelle, France. 10 diapos</w:t>
+              <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId803" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02802044v1</w:t>
+            <w:hyperlink r:id="rId804" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Added value from specific production schemes: PDO for traditional cheese animal welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId804" w:history="1">
+            <w:hyperlink r:id="rId803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P. Veysset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Visite des membres de la Commission des "Ressources naturelles" du Comité des Régions européennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Theix, France. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -31630,833 +31630,833 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02802509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using NIR spectroscopy on milk for the traceability of cows feeding</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claire Agabriel</w:t>
+                <w:t xml:space="preserve">Using near infrared spectroscopy (NIRS) for determining the cows' feeding from cheeses samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId807" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Lombardi</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Conference NIRS on the GO 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Università di Padova. Padova, ITA., May 2010, Padova, Italy. 83 p</w:t>
+              <w:t xml:space="preserve">International Conference on Agricultural Engineering (AgEng 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756272v1</w:t>
+                <w:t xml:space="preserve">hal-02754198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId808" w:history="1">
+            <w:hyperlink r:id="rId807" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the botanical diversity and development stage of mountain pastures on milk fatty acid composition, carotenoids, fat-soluble vitamins and sensory properties</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biodiversité dans les prairies pratiques des éleveurs et bénéfices pour l'élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Loiseau</w:t>
+            <w:hyperlink r:id="rId808" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Manneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. General Meeting of the European Grassland Federation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">SIA : Salon Internation de l'Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Salon International de l'Agriculture (SIA). Paris, FRA., 2010, Paris, France. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId808" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757398v1</w:t>
+            <w:hyperlink r:id="rId807" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId810" w:history="1">
+            <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using NIR spectroscopy to determine cow diet and geographical origin from milk samples</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Using NIR spectroscopy on milk for the traceability of cows feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giampiero Lombardi</w:t>
+            <w:hyperlink r:id="rId810" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. General Meeting of the European Grassland Federation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">4. Conference NIRS on the GO 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università di Padova. Padova, ITA., May 2010, Padova, Italy. 83 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId810" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756266v1</w:t>
+            <w:hyperlink r:id="rId809" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The maturity stage of the grass affects milk fatty acids of cows grazing a mountain grassland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the botanical diversity and development stage of mountain pastures on milk fatty acid composition, carotenoids, fat-soluble vitamins and sensory properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Tornambé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Tornambé</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Adriana Bonanno</w:t>
+                <w:t xml:space="preserve">Pierre Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. General Meeting of the European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754473v1</w:t>
+                <w:t xml:space="preserve">hal-02757398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId815" w:history="1">
+            <w:hyperlink r:id="rId813" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using near infrared spectroscopy (NIRS) for determining the cows' feeding from cheeses samples</w:t>
+                <w:t xml:space="preserve">Using NIR spectroscopy to determine cow diet and geographical origin from milk samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Agabriel</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giampiero Lombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Agricultural Engineering (AgEng 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">23. General Meeting of the European Grassland Federation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId815" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754198v1</w:t>
+            <w:hyperlink r:id="rId813" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId816" w:history="1">
+            <w:hyperlink r:id="rId814" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversité dans les prairies pratiques des éleveurs et bénéfices pour l'élevage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
+                <w:t xml:space="preserve">The maturity stage of the grass affects milk fatty acids of cows grazing a mountain grassland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId815" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Tornambé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId816" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonino Di Grigoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId817" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Manneville</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Donato Andueza</w:t>
+                <w:t xml:space="preserve">Adriana Bonanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA : Salon Internation de l'Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Salon International de l'Agriculture (SIA). Paris, FRA., 2010, Paris, France. 11 p</w:t>
+              <w:t xml:space="preserve">23. General Meeting of the European Grassland Federation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId816" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02819453v1</w:t>
+            <w:hyperlink r:id="rId814" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milk fatty acids and cheese from hay based diet and continuous or rotational grazing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Monsallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32524,51 +32524,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances laitières et qualité des laits et des fromages dans deux systèmes de pâturage du Massif Central présentant des niveaux de biodiversité contrastés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32662,51 +32662,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32783,77 +32783,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Duriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Troquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
@@ -32882,51 +32882,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methane output in dairy cows in response to long-term feeding of grass-based diets supplemented with linseed or rapeseed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32934,51 +32934,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UMR 1334 AGAP : Equipe AFEF ‘Architecture et Fonctionnement des Espèces fruitières’ ; Team AFFS ‘Architecture and Functioning of Fruit Species’</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Greenhouse Gases and Animal Agriculture (GGAA)., 2010, </w:t>
@@ -33010,523 +33010,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du niveau de diversité floristique et de la composition botanique des pâturages sur la teneur et la composition en composés liposolubles des laits</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les conditions de production laitière dans les cahiers des charges des filières fromagères sous signe AOC et leurs conséquences dans les exploitations d’élevage des zones d’appellation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Paquet</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Parguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Reuillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées de l'Association Française pour la Production Fourragère (AFPF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753812v1</w:t>
+                <w:t xml:space="preserve">hal-02754261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId829" w:history="1">
+            <w:hyperlink r:id="rId828" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of soft, hard and hard-cooked cheeses according to the animal diet ripening stage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effets de la réduction de la fréquence de traite sur les concentrations en vitamines et caroténoïdes du lait de vache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Colloque International des Fromages d'Alpage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Sainte-Eulalie, France. 1 p</w:t>
+              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId829" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814303v1</w:t>
+            <w:hyperlink r:id="rId828" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId830" w:history="1">
+            <w:hyperlink r:id="rId829" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la réduction de la fréquence de traite sur les concentrations en vitamines et caroténoïdes du lait de vache</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effet du niveau de diversité floristique et de la composition botanique des pâturages sur la teneur et la composition en composés liposolubles des laits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId830" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Paquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId830" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753342v1</w:t>
+            <w:hyperlink r:id="rId829" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conditions de production laitière dans les cahiers des charges des filières fromagères sous signe AOC et leurs conséquences dans les exploitations d’élevage des zones d’appellation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characteristics of soft, hard and hard-cooked cheeses according to the animal diet ripening stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'Association Française pour la Production Fourragère (AFPF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, France</w:t>
+              <w:t xml:space="preserve">9. Colloque International des Fromages d'Alpage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Sainte-Eulalie, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754261v1</w:t>
+                <w:t xml:space="preserve">hal-02814303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of botanical composition of permanent grasslands and feeding practices in three regions of France on liposoluble components in cow milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -33594,51 +33594,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId833" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extruded linseed and antioxidant supplementation of dairy cows diets: What are the influenses on the milk and cheese sensory quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -33719,103 +33719,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId834" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does grazing management and vegetation type influence selection and foraging behaviour of dairy cows on upland pastures?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giampiero Lombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Meeting of the FAO-CIHEAM Mountain Pasture Network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Les Diablerets, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -33879,51 +33879,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -33987,51 +33987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -34349,51 +34349,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant extracts rich in polyphenols and vitamin E protect cows fed an n-3 PUFA-rich diet against lipoperoxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -34487,51 +34487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tournadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Garel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -34563,273 +34563,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Botanically diverse forage-based rations for cattle: implications for product composition, product quality and consumer health</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Comparaison des teneurs en micronutriments liposolubles du lait de vaches au cours de la période de pâturage sur deux systèmes prairiaux contrastés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId849" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. General Meeting of the European Grassland Federation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756952v1</w:t>
+                <w:t xml:space="preserve">hal-02751134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId851" w:history="1">
+            <w:hyperlink r:id="rId847" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des teneurs en micronutriments liposolubles du lait de vaches au cours de la période de pâturage sur deux systèmes prairiaux contrastés</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Botanically diverse forage-based rations for cattle: implications for product composition, product quality and consumer health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId848" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.P. Moloney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId849" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Fievez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId850" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.R. Nute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId851" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.I. Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">22. General Meeting of the European Grassland Federation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId851" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751134v1</w:t>
+            <w:hyperlink r:id="rId847" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId852" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution de la pasteurisation, de la durée d’affinage et de l’alimentation des vaches à la formation des composés d’arôme de fromages de type Cantal</w:t>
               </w:r>
@@ -34940,90 +34940,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId853" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations in cows' plasma and milk carotenoid concentrations following changes in carotenoid intake level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Calderón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -35117,51 +35117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId857" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -35363,51 +35363,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId809" w:history="1">
+            <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
@@ -35430,502 +35430,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId860" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pasture and cheese diversity in French Northern Alps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Traçabilité de l'alimentation des herbivores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId861" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Besle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Engel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Livestock Farming Systems Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2004 et 2005 - Département de Physiologie Animale et Système d'Élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId860" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753507v1</w:t>
+                <w:t xml:space="preserve">hal-02757180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId863" w:history="1">
+            <w:hyperlink r:id="rId861" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authentification de la zone de production de laits de grand mélange (plaine-montagne) à partir de méthodes spectrales dans le visible et le proche infrarouge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Evolution des teneurs en caroténoïdes et de la couleur du plasma et du lait de vache en début de lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Calderón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Chauveau-Duriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId862" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId863" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751045v1</w:t>
+            <w:hyperlink r:id="rId861" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId864" w:history="1">
+            <w:hyperlink r:id="rId863" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution des teneurs en caroténoïdes et de la couleur du plasma et du lait de vache en début de lactation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Pasture and cheese diversity in French Northern Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId865" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId864" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hauwuy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6. International Livestock Farming Systems Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2003, Benevento, Italy. 410 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId865" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-565-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId864" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755961v1</w:t>
+            <w:hyperlink r:id="rId863" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId866" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traçabilité de l'alimentation des herbivores</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Authentification de la zone de production de laits de grand mélange (plaine-montagne) à partir de méthodes spectrales dans le visible et le proche infrarouge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2004 et 2005 - Département de Physiologie Animale et Système d'Élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Tours, France</w:t>
+              <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId866" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757180v1</w:t>
+                <w:t xml:space="preserve">hal-02751045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId867" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs de variation de la composition en acides gras du lait de vache : peut-on les changer à la demande ?</w:t>
               </w:r>
@@ -35937,51 +35937,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Glasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -36049,64 +36049,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of production systems on the sensory characteristics of Cantal cheeses: a plant-scale study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -36138,890 +36138,890 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId869" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de deux méthodes spectrales pour tracer l'alimentation de vaches laitières à partir du lait</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId523" w:history="1">
+                <w:t xml:space="preserve">Traçabilité de l'alimentation des herbivores à partir de la composition de leurs produits et tissus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pradel</w:t>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Engel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Besle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId869" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756435v1</w:t>
+                <w:t xml:space="preserve">hal-02751054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId870" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traçabilité de l'alimentation des herbivores à partir de la composition de leurs produits et tissus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparaison de deux méthodes spectrales pour tracer l'alimentation de vaches laitières à partir du lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Calderón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Besle</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId870" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751054v1</w:t>
+                <w:t xml:space="preserve">hal-02756435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId871" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets conjoints du régime et de la pasteurisation sur les caractéristiques sensorielles du fromage Cantal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Nutritional quality of dairy products and human health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Grolier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Rock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
+              <w:t xml:space="preserve">55. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Bled, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId871" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763332v1</w:t>
+                <w:t xml:space="preserve">hal-02762108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId872" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavonoids and other phenolics in milk as a putative tool for traceability of dairy production systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Dujol</w:t>
+                <w:t xml:space="preserve">Effets conjoints du régime et de la pasteurisation sur les caractéristiques sensorielles du fromage Cantal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Bled, Slovenia</w:t>
+              <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId872" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762625v1</w:t>
+                <w:t xml:space="preserve">hal-02763332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId875" w:history="1">
+            <w:hyperlink r:id="rId873" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les composés phénoliques des laits : Outils pour la traçabilité et intérêt nutritionnel</w:t>
+                <w:t xml:space="preserve">Flavonoids and other phenolics in milk as a putative tool for traceability of dairy production systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Besle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Lamaison</w:t>
+            <w:hyperlink r:id="rId874" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Lamaison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId875" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId865" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Villeneuve</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Système d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
+              <w:t xml:space="preserve">55. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Bled, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId875" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762612v1</w:t>
+            <w:hyperlink r:id="rId873" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId877" w:history="1">
+            <w:hyperlink r:id="rId876" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lait de la vache Tarentaise est moins riche en acide palmitique que celui de la vache Montbéliarde recevant les mêmes régimes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Martin</w:t>
+                <w:t xml:space="preserve">Les composés phénoliques des laits : Outils pour la traçabilité et intérêt nutritionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Besle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Lamaison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId862" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId877" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
+              <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Système d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId877" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763035v1</w:t>
+            <w:hyperlink r:id="rId876" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId878" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutritional quality of dairy products and human health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Lucas</w:t>
+                <w:t xml:space="preserve">Le lait de la vache Tarentaise est moins riche en acide palmitique que celui de la vache Montbéliarde recevant les mêmes régimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Edmond Rock</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Bled, Slovenia</w:t>
+              <w:t xml:space="preserve">12. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId878" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762108v1</w:t>
+                <w:t xml:space="preserve">hal-02763035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId879" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traçabilité de l'alimentation des herbivores</w:t>
               </w:r>
@@ -37033,51 +37033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId758" w:history="1">
+            <w:hyperlink r:id="rId763" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bauchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Besle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -37145,51 +37145,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From grass to fork</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId882" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edi Piasentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Meeting of the FAO-CIHEAM Mountain Pastures Network, Quality production and quality of the environment in the mountain pastures of an enlarged Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Udine, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -37365,64 +37365,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Journal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId885" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Teissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -37464,64 +37464,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId886" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dairy cows feeding changes the biochemical composition and the sensory properties of the dairy products, butter and cheese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -37598,51 +37598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Journal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -37697,51 +37697,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId890" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined influence of cow diet and pasteurisation of the milk on sensory properties of french PDO cantal cheese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -37947,77 +37947,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des teneurs du plasma et du lait de vache en beta-carotène et autres composés d'intérêt nutritionnel lors d'un changement de régime (ensilage d'herbe puis de foin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Grolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38085,51 +38085,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les flavonoïdes, des fourrages au lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Besle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId873" w:history="1">
+            <w:hyperlink r:id="rId874" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Lamaison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38223,64 +38223,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Journal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId885" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Teissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -38367,64 +38367,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dataset on productive, functional traits at first lactation and productive longevity from a herd of 185 Montbéliarde and Prim’Holstein cows managed under a low-input mountainous grassland farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Barreto Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38481,51 +38481,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId897" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INTAQT One Quality: Let's keep the world INTAQT?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38595,51 +38595,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId901" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservons notre monde INTAQT ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38735,51 +38735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Rock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -38868,51 +38868,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Cremilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Cayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Rigolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38963,77 +38963,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId904" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maîtrise en élevage des qualités du lait, du beurre et du fromage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId905" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schmidely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alimentation des animaux et qualité de leurs produits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId906" w:history="1">
               <w:r>
                 <w:rPr>
@@ -39084,51 +39084,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authentification de l'alimentation des ruminants à partir de l'analyse des produits laitiers ou carnés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les filières animales françaises : Caractéristiques, enjeux et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1ère Ed., </w:t>
             </w:r>
             <w:hyperlink r:id="rId908" w:history="1">
               <w:r>
                 <w:rPr>
@@ -39166,77 +39166,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId909" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 2 : Les liens entre les conditions de production et les composés d'intérêt nutritionnel du lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -39291,51 +39291,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId910" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 1 : Les composés du lait et leur intérêt nutritionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -39343,51 +39343,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composés d'intérêt nutritionnel du lait et des fromages de terroir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RMT Filières Fromagères Valorisant leur Terroir, 114 p., 2014</w:t>
@@ -39442,51 +39442,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composés d'intérêt nutritionnel du lait et des fromages de terroir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RMT Filières Fromagères Valorisant leur Terroir, 114 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -39511,103 +39511,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composition et qualité des produits animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les filières animales françaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1ère Ed., </w:t>
             </w:r>
             <w:hyperlink r:id="rId908" w:history="1">
               <w:r>
                 <w:rPr>
@@ -39671,51 +39671,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Napoleone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Genevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -39796,51 +39796,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitamins in milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -39943,51 +39943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId919" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Micol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId760" w:history="1">
+            <w:hyperlink r:id="rId765" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Lherm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 126, pp.602-603, 2012, Revue d'Auvergne</w:t>
@@ -40042,64 +40042,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Graulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Grolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId922" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Azaïs-Braesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -40150,51 +40150,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Product quality based on local resources leading to improved sustainability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Hauwuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -40232,51 +40232,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId924" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milk indicators for recognizing the types of forages eaten by dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -40542,51 +40542,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId929" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La qualité des aliments d'origine animale selon les conditions de production et de transformation. Rapport de l'Expertise scientifique collective</w:t>
+                <w:t xml:space="preserve">La qualité des aliments d'origine animale selon les conditions de production et de transformation. Synthèse de l'Expertise scientifique collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId926" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
@@ -40618,97 +40618,97 @@
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] INRAE. 2020, 1023 p</w:t>
+              <w:t xml:space="preserve">[0] INRAE. 2020, 112 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId929" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02986866v1</w:t>
+                <w:t xml:space="preserve">hal-02934505v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId930" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La qualité des aliments d'origine animale selon les conditions de production et de transformation. Synthèse de l'Expertise scientifique collective</w:t>
+                <w:t xml:space="preserve">La qualité des aliments d'origine animale selon les conditions de production et de transformation. Rapport de l'Expertise scientifique collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId926" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
@@ -40740,73 +40740,73 @@
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] INRAE. 2020, 112 p</w:t>
+              <w:t xml:space="preserve">[0] INRAE. 2020, 1023 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId930" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02934505v2</w:t>
+                <w:t xml:space="preserve">hal-02986866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId931" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôles, impacts et services issus des élevages en Europe. Rapport final</w:t>
               </w:r>
@@ -40914,51 +40914,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId936" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demande de reconnaissance en AOC crème de Bresse, beurre de Bresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId937" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -41058,51 +41058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -41118,263 +41118,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02804606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D4.1.2 -3 Final report: Characterization of the nutritional composition of tanker milk according to the origin and livestock farming practices (diet, breeds) in France, Norway, Slovakia and Slovenia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Agabriel</w:t>
+                <w:t xml:space="preserve">D4.1.1b-2. Final report on the long term effect of different oilseed supplementation of cow diets on the nutritional and sensorial quality of milk and animal health after two lactations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Ratel</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denys Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FOOD-CT-2006-016264, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02823835v1</w:t>
+                <w:t xml:space="preserve">hal-02816077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId942" w:history="1">
+            <w:hyperlink r:id="rId941" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D4.1.1b-2. Final report on the long term effect of different oilseed supplementation of cow diets on the nutritional and sensorial quality of milk and animal health after two lactations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lerch</w:t>
+                <w:t xml:space="preserve">D4.1.2 -3 Final report: Characterization of the nutritional composition of tanker milk according to the origin and livestock farming practices (diet, breeds) in France, Norway, Slovakia and Slovenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Denys Durand</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId942" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Ratel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FOOD-CT-2006-016264, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId942" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02816077v1</w:t>
+            <w:hyperlink r:id="rId941" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02823835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -41418,64 +41418,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Jouven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giampiero Lombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId944" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Lopez-Francos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -41562,51 +41562,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId946" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditions de production et caractéristiques des laits et des fromages de montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université Blaise Pascal (Clermont Ferrand 2), 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -41793,51 +41793,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168268v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kon Kam King" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05462857v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05132561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Auzance" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832685v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Rochette" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Chadaigne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04752947v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coppa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rochette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613767v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697088v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Mouhanna" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan de Smet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832622v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bruno" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746654v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laverroux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Duplessis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221437v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195065v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sturaro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eppenstein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laithier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181697v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cheillan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650810v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laithier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rennie Eppenstein" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Sturaro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klevenhusen F" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821373v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Manzocchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bord" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Berard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823895v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821122v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Giller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738473v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Beugnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charleuf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734231v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Werne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie L&#232;bre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904411v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Genot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Valenzisi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabiddu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elsasser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hulin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lind" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605448v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto Mendes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rouel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594817v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fretin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Bord" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Peireira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Montel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742327v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rifa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Montel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741743v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agabriel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Glasser" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741332v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Farruggia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boutry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742152v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Genevet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745320v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vallet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Girard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-9960(13)70361-4" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805363v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Chilliard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826980v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Lavigne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252297v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aurelio Ramirez Mauricio" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Berton" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Amalfitano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Giannuzzi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Pegolo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05043992v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Renaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101464" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162995v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Voland" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abimael Ortiz-Chura" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Tournayre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2025.1548892" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05118918v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouchon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chanel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rouchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2025.100099" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071015v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bord" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlay" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.G. Bloor" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25730" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110856v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Musati" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delb&#232;s" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdier-Metz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101537" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807419v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lepoivre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Marie Grollemund" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051X.2024.2392796" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628790v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110205" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741493v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8264" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178183v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Bouillot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.1.7480" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049942v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Cremilleux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rigolot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2023.875820" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579395v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;tin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury G&#233;rard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020334" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452661v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100405" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703720v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bieber" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Walkenhorst" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Probst" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susann Th&#252;er" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2022.105644" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03414225v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Peratoner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Valenti" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100375" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03906464v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Manzocchi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kreuzer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enjalbert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100674" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812085v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eriksson" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fall" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ivemeyer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Knierim" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simantke" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100624" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770112v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cremilleux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaure" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100608" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703970v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Menci" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2022.105398" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03682979v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolao" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100536" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445602v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne E Bouillot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100376" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228457v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zuliani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Contiero" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. Schneider" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arsenos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernu&#233;s" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2020.100058" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259574v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hulin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100264" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510419v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gerber" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Guillemin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.2.4837" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171593v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillemin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Gauzentes" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-18468" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03389770v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bouguerra" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Zouaoui" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Djebili" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Hadef El Okki" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243122v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Koczura" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Musci" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Di Massimo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.612504" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569989v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731119002568" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02518450v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koczura" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Turille" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Marchi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Kreuzer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2019-17467" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02585998v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soulat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Labonne" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9050592" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103999v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Nicolao" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.600949" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622633v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Turille" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Marchi" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kreuzer" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.104540" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623157v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cirie" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-16138" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410531v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verbi&#269;" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2019-16726" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972723v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Desserre" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15534" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02146095v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Audemard-Verger" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Pillebout" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jamin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Berthelot" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Aufray" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaut.2019.01.012" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624845v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uijttewaal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627817v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625013v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111900079X" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621198v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cipolat-Gotet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cecchinato" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Drake" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marangon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-14342" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124762v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Balandraud" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubief" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goron" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.4.2394" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939271v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verdier-Metz Isabelle" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-18447-y" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607900v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2016.09.007" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625936v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vollet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huguenin-Elie" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606682v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Bellagi" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Najar" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-017-1314-4" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594523v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Cozma" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpn.12530" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351519v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joze Verbic" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odd Magne Harstad" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Golecky" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-016-0300" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479220v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bergamaschi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Cecchinato" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Biasioli" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Gasperi" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0263-4" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638030v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cecchinato" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cipolat-Gotet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Aprea" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cappellin" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9803" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575788v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lerch" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cirie" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2015.07.006" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01576094v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pires" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delavaud" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Shingfield" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2014-8578" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638702v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2014-8794" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191446v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Borreani" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revello-Chion" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tabacco" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2015.07.006" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631231v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114000925" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992549v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Lebreton" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Micol" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2014.0687" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636240v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.01.001" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PD61FVQZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210540v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutreuil" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-013-0147-0" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499073v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leiber" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Priolo" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04050822v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lherm" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ranger" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.1.3050" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201413v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guiadeur" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tixier" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-012-0094-1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000927v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo B. Valenti" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2013.02.014" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSR7S20S-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649566v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lucas" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.02.086" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21RTH1TL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647033v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-6379" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939552v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645351v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sibra" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-5272" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642326v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648391v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Monsallier" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646116v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Shingfield" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5337" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644294v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4575" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646114v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Piquet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Duriot" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644998v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Didienne" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2011.04.006" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5D9FJVRF-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647299v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644977v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3510" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641854v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644989v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Lombardi" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/ijas.2011.e13" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649414v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648173v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bugeat" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard -Bion" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2011.01.003" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-059D2FVJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647072v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederica Intorre" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Stella Foddai" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Azzini" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09637486.2011.569491" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649543v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Leotta" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf2005782" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662750v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefier" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnould" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Duployer" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662186v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gobert" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731109991224" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659184v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jestin" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2009.11.003" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL02L3VC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660309v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Besle" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Viala" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2939" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173569v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Glasser" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2010.06.003" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662157v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Reynaud" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fraisse" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf1000293" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173522v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl.2010.0284" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663302v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Rabiau" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kondjoyan" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2009.04.008" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X243J1B2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668694v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2087" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660268v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665587v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fragkiski Sympoura" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tournayre" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofilos Massouras" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Berdagu&#233;" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2008-1802" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664910v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard R&#233;mond" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2008-1914" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664176v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parguel" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Reuillon" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056758v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Rock" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf800615a" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-QXM1PZD9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655567v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;viron" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mosimann" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Python" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666807v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tornamb&#233;" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0154" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659778v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Journal" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/dst:2007013" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656545v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2007.12.001" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5ZQNGTS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669162v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653803v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Calder&#243;n" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Chauveau-Duriot" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2006-630" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654070v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0264" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655353v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journal" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grolier" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0171" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661418v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Engel" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654361v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0714620" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664796v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000778" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974409v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhang" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan Huy" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amans" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.012814" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654634v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005049" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663236v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Coulon" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895580v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662004v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Carnat" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.S0022-0302(06)72302-5" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658039v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Tornamb&#233;" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2006031" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665490v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2006.06.018" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661227v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rolet-R&#233;p&#233;caud" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faurie" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2005.09.012" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKLCD70M-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655390v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679771v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/ASC50800205" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895553v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romdhane Karoui" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dufour" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682687v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Albouy" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005032" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682394v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pirisi" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683626v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2214" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677600v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dufour" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005008" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895560v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889944v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bonnefoy" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2004013" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895421v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Coulon" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pirisi" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2004008" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676772v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895349v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bugaud" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande No&#235;l" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tessier" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pochet" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001152" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677046v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Paul Carnat" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lamaison" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889880v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lamarche" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hauwuy" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Poutrel" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2000107" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889914v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Chiofalo" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Maldonato" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2000140" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895450v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vialloninsta" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Garel" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2000150" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285475v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousset" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neumeister" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05337254v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouhanna" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berton" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. B&#252;hl" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448360v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Bailly-Caumette" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832665v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rispal" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831767v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabrut" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Passel" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746143v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leiber" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916717v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Remise" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petit" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kauffmann" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jaffrennou" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gerber" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818364v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rispal" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821478v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216466v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Gagaoua" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748783v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634494v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Petracci" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04828986v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chargelegue" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746086v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934387v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lepoivre" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Laurent" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-M Grollemund" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04917405v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Albert" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boyer" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fressinaud" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Merle" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Meurisse" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193997v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Legrand" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolazo De Barmon" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bourin" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04194010v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Eppenstein" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04194024v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#233;doin" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229892v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bord" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04251333v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193982v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bedoin" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Couzy" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221497v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04337864v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942711v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bedoin" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couzy" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05018891v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Quandalle" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826247v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chemidlin Pr&#233;vost-Bour&#233;" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889858v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Scully" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ollion" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897921v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03960288v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Bouillot" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827115v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Nicolle" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821270v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898816v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03952763v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ceppatelli" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cremilleux" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gourdon" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03956081v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepoivre" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740767v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Alv&#229;sen" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-937-4" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734602v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653456v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823848v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud-Liautaud" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741078v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-918-3" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820931v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116819v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mathieu" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04854396v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Monsallier" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M P Chazal" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116805v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930709v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cerles" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03384892v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppa" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulin S." TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemin J." TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735690v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787419v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Cassard" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791431v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chauvin" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Theil" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737652v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738451v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Cliozier" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bec" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737653v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678097v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594980v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pereira" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799253v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassard" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792274v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742193v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741689v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02097504v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ryschawy" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965381v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikha&#235;l de Mengin" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duchemin" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Coarer" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneville" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2039810" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739841v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793580v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194034v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bianchi" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline V&#233;drine" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Haudebourg" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792856v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742069v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Borreani" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801965v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805876v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210703v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruffat" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bauchart" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803045v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Lherm" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Beranger" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210690v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Johan" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802822v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748123v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974309v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael de Mengin Poirier" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2000451" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744438v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744677v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744654v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195357v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746215v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803804v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747646v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748514v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745632v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746053v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802905v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747650v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Azzini" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749990v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750417v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chatelard" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepetit" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blay" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750300v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Dutot" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Durand" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Gaudru" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748960v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810139v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farrugia" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750307v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802044v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Veysset" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802509v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756272v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lombardi" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757398v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loiseau" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756266v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754473v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Tornamb&#233;" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Di Grigoli" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bonanno" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754198v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819453v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Manneville" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756849v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755976v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farruggia" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bethier" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751941v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757133v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Troquier" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758097v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-011-0629-8" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753812v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Paquet" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814303v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753342v1" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754261v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754174v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817222v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757190v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752994v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751190v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B&#233;rodier" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751119v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Capitan" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754190v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colin" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bonetti" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822938v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752005v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tournadre" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756952v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Moloney" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fievez" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Nute" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Richardson" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751134v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753312v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752529v1" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756877v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saulnier" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Michel" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758354v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758017v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753507v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauwuy" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-565-9" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751045v1" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755961v1" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roux" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757180v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815820v1" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752158v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756435v1" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751054v1" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763332v1" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762625v1" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lamaison" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dujol" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762612v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763035v1" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762108v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764453v1" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758635v1" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edi Piasentier" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764405v1" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763337v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Teissier" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759744v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764167v1" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Teissier" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763551v1" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764088v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763720v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762622v1" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761292v1" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720784v1" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/MEN81R" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814026v1" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bondoux" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Faria Anjos" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Lopes" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814042v1" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804598v1" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958127v1" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789992v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urlz.fr/afnU" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801697v1" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavoisier.fr/livre/productions-animales/les-filieres-animales-francaises/ellies/descriptif-9782743015091" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210858v1" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210857v1" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800836v1" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210587v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189837v1" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Vincent" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://om.ciheam.org/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806018v1" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809146v1" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lebreton" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809920v1" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sauvant" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Aza&#239;s-Braesco" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821267v1" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832322v1" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03174821v1" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1678/9782759232789/qualite-des-aliments-d-origine-animale" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986866v1" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934505v2" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608700v1" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Batka" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Beldame" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806903v1" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Perrin" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delfosse" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804606v1" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823835v1" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ratel" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816077v1" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506412v1" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lopez-Francos" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://om.ciheam.org/option.php?IDOM=1016" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02804542v1" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168268v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kon Kam King" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05462857v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05132561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Auzance" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697088v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Mouhanna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan de Smet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832685v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Rochette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Chadaigne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04752947v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coppa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rochette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613767v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832622v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bruno" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746654v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laverroux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Duplessis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221437v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195065v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sturaro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eppenstein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laithier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181697v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cheillan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650810v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laithier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rennie Eppenstein" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Sturaro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klevenhusen F" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821373v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Manzocchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bord" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Berard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823895v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821122v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Giller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738473v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Beugnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charleuf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734231v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Werne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie L&#232;bre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904411v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Genot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Valenzisi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabiddu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elsasser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hulin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lind" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605448v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto Mendes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rouel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594817v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fretin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Bord" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Peireira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Montel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742327v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rifa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Montel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741743v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agabriel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Glasser" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741332v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Farruggia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boutry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742152v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Genevet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745320v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vallet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Girard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-9960(13)70361-4" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805363v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Chilliard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826980v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Lavigne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252297v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aurelio Ramirez Mauricio" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Berton" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Amalfitano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Giannuzzi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Pegolo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05043992v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Renaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101464" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162995v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Voland" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abimael Ortiz-Chura" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Tournayre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2025.1548892" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05118918v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouchon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chanel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rouchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2025.100099" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071015v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bord" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlay" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.G. Bloor" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25730" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110856v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Musati" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delb&#232;s" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdier-Metz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101537" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807419v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lepoivre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Marie Grollemund" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051X.2024.2392796" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628790v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110205" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741493v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8264" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178183v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Bouillot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.1.7480" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049942v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Cremilleux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rigolot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2023.875820" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579395v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;tin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury G&#233;rard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020334" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452661v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100405" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703720v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bieber" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Walkenhorst" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Probst" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susann Th&#252;er" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2022.105644" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03414225v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Peratoner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Valenti" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100375" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03906464v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Manzocchi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kreuzer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enjalbert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100674" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812085v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eriksson" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fall" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ivemeyer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Knierim" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simantke" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100624" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770112v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cremilleux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaure" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100608" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703970v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Menci" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2022.105398" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03682979v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolao" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100536" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445602v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne E Bouillot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100376" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510419v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hulin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gerber" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Guillemin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.2.4837" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228457v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zuliani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Contiero" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. Schneider" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arsenos" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernu&#233;s" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2020.100058" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259574v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100264" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171593v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillemin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Gauzentes" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-18468" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03389770v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bouguerra" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Zouaoui" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Djebili" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Hadef El Okki" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243122v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Koczura" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Musci" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Di Massimo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.612504" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569989v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731119002568" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02518450v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koczura" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Turille" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Marchi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Kreuzer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2019-17467" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02585998v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soulat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Labonne" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9050592" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103999v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Nicolao" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.600949" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02146095v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Audemard-Verger" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Pillebout" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jamin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Berthelot" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Aufray" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaut.2019.01.012" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972723v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Desserre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15534" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622633v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Turille" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Marchi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kreuzer" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.104540" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410531v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verbi&#269;" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2019-16726" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623157v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cirie" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-16138" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624845v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uijttewaal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627817v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625013v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111900079X" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124762v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Balandraud" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubief" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goron" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.4.2394" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621198v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cipolat-Gotet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cecchinato" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Drake" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marangon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-14342" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939271v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verdier-Metz Isabelle" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-18447-y" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607900v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2016.09.007" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625936v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vollet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huguenin-Elie" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606682v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Bellagi" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Najar" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-017-1314-4" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594523v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Cozma" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpn.12530" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351519v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joze Verbic" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odd Magne Harstad" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Golecky" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-016-0300" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479220v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bergamaschi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Cecchinato" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Biasioli" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Gasperi" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0263-4" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01576094v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lerch" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pires" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delavaud" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Shingfield" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2014-8578" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638030v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cecchinato" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cipolat-Gotet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Aprea" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cappellin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9803" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575788v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cirie" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2015.07.006" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638702v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2014-8794" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191446v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Borreani" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revello-Chion" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tabacco" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2015.07.006" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631231v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114000925" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992549v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Lebreton" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Micol" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2014.0687" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636240v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.01.001" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PD61FVQZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210540v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutreuil" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-013-0147-0" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04050822v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lherm" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ranger" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2014.27.1.3050" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499073v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leiber" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Priolo" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201413v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guiadeur" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tixier" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-012-0094-1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000927v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo B. Valenti" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2013.02.014" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSR7S20S-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649566v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lucas" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.02.086" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21RTH1TL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647033v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-6379" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939552v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645351v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sibra" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-5272" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642326v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646116v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Shingfield" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5337" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644294v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4575" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648391v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Monsallier" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646114v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Piquet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Duriot" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644989v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Lombardi" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/ijas.2011.e13" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644998v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Didienne" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2011.04.006" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5D9FJVRF-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647299v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644977v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3510" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641854v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649414v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648173v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bugeat" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard -Bion" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2011.01.003" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-059D2FVJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647072v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederica Intorre" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Stella Foddai" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Azzini" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09637486.2011.569491" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649543v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Leotta" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf2005782" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662750v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefier" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnould" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Duployer" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662186v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gobert" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731109991224" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659184v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jestin" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2009.11.003" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL02L3VC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660309v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Besle" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Viala" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2939" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173569v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Glasser" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2010.06.003" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662157v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Reynaud" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fraisse" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf1000293" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173522v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl.2010.0284" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663302v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Rabiau" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kondjoyan" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2009.04.008" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X243J1B2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668694v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2087" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660268v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664910v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard R&#233;mond" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2008-1914" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665587v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fragkiski Sympoura" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tournayre" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofilos Massouras" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Berdagu&#233;" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2008-1802" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664176v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parguel" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Reuillon" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056758v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Rock" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf800615a" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-QXM1PZD9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655567v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;viron" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mosimann" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Python" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666807v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tornamb&#233;" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0154" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659778v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Journal" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/dst:2007013" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656545v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2007.12.001" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5ZQNGTS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669162v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661418v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Engel" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654361v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0714620" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655353v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journal" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grolier" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0171" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653803v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Calder&#243;n" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Chauveau-Duriot" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2006-630" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654070v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0264" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664796v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000778" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974409v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhang" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan Huy" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amans" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.012814" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654634v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005049" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663236v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Coulon" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895580v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662004v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Carnat" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.S0022-0302(06)72302-5" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658039v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Tornamb&#233;" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2006031" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665490v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2006.06.018" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661227v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rolet-R&#233;p&#233;caud" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faurie" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2005.09.012" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKLCD70M-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655390v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679771v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/ASC50800205" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895553v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romdhane Karoui" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dufour" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682687v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Albouy" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005032" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682394v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pirisi" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677600v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dufour" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005008" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683626v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2214" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895560v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889944v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bonnefoy" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2004013" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895421v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Coulon" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pirisi" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2004008" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676772v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895349v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bugaud" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande No&#235;l" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tessier" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pochet" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001152" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677046v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Paul Carnat" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lamaison" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889880v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lamarche" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hauwuy" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Poutrel" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2000107" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889914v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Chiofalo" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Maldonato" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2000140" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895450v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vialloninsta" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Garel" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2000150" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285475v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousset" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neumeister" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05337254v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouhanna" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berton" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. B&#252;hl" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448360v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Bailly-Caumette" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216466v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Gagaoua" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821478v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832665v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rispal" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831767v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabrut" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Passel" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746143v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leiber" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916717v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Remise" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petit" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kauffmann" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jaffrennou" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gerber" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818364v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rispal" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748783v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04828986v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chargelegue" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634494v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Petracci" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746086v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934387v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lepoivre" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Laurent" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-M Grollemund" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04917405v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Albert" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boyer" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fressinaud" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Merle" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Meurisse" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04194024v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#233;doin" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Legrand" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolazo De Barmon" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193997v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bourin" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04194010v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Eppenstein" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229892v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bord" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04251333v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193982v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bedoin" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Couzy" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04337864v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221497v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898816v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826247v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chemidlin Pr&#233;vost-Bour&#233;" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05018891v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Quandalle" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942711v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bedoin" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couzy" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889858v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Scully" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ollion" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03960288v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Bouillot" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897921v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821270v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827115v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Nicolle" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03952763v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ceppatelli" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cremilleux" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gourdon" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03956081v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepoivre" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740767v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Alv&#229;sen" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-937-4" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734602v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653456v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823848v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud-Liautaud" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741078v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-918-3" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820931v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116819v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mathieu" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04854396v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Monsallier" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M P Chazal" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116805v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930709v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cerles" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03384892v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppa" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulin S." TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemin J." TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735690v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787419v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Cassard" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791431v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chauvin" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Theil" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737652v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738451v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Cliozier" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bec" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737653v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799253v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassard" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678097v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594980v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pereira" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792274v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742193v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02097504v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ryschawy" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741689v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792856v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965381v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikha&#235;l de Mengin" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duchemin" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Coarer" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneville" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2039810" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739841v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793580v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194034v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bianchi" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline V&#233;drine" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Haudebourg" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742069v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Borreani" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801965v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210690v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Johan" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805876v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210703v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruffat" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bauchart" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803045v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Lherm" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Beranger" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802822v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748123v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974309v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael de Mengin Poirier" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2000451" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744677v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744438v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744654v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195357v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802905v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746053v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745632v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746215v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803804v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747646v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748514v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747650v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Azzini" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749990v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750417v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chatelard" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepetit" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blay" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750300v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Dutot" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Durand" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Gaudru" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748960v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810139v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farrugia" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802044v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Veysset" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750307v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802509v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754198v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819453v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Manneville" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756272v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lombardi" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757398v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loiseau" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756266v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754473v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Tornamb&#233;" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Di Grigoli" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bonanno" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756849v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755976v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farruggia" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bethier" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751941v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757133v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Troquier" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758097v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-011-0629-8" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754261v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753342v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753812v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Paquet" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814303v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754174v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817222v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757190v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752994v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751190v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B&#233;rodier" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751119v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Capitan" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754190v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colin" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bonetti" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822938v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752005v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tournadre" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751134v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756952v1" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Moloney" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fievez" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Nute" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Richardson" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753312v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752529v1" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756877v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saulnier" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Michel" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758354v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758017v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757180v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755961v1" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roux" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753507v1" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauwuy" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-565-9" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751045v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815820v1" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752158v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751054v1" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756435v1" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762108v1" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763332v1" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762625v1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lamaison" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dujol" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762612v1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763035v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764453v1" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758635v1" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edi Piasentier" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764405v1" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763337v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Teissier" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759744v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764167v1" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Teissier" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763551v1" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764088v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763720v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762622v1" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761292v1" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720784v1" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/MEN81R" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814026v1" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bondoux" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Faria Anjos" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Lopes" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814042v1" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804598v1" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958127v1" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789992v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urlz.fr/afnU" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801697v1" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavoisier.fr/livre/productions-animales/les-filieres-animales-francaises/ellies/descriptif-9782743015091" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210858v1" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210857v1" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800836v1" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210587v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189837v1" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Vincent" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://om.ciheam.org/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806018v1" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809146v1" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lebreton" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809920v1" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sauvant" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Aza&#239;s-Braesco" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821267v1" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832322v1" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03174821v1" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1678/9782759232789/qualite-des-aliments-d-origine-animale" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934505v2" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986866v1" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608700v1" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Batka" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Beldame" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806903v1" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Perrin" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delfosse" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804606v1" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816077v1" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823835v1" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ratel" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506412v1" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lopez-Francos" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://om.ciheam.org/option.php?IDOM=1016" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02804542v1" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>