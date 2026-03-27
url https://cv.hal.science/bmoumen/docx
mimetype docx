--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -368,429 +368,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A transcriptomic atlas facilitating systems biology approaches in pea</w:t>
+                <w:t xml:space="preserve">Diversity and spread of cytoplasmic incompatibility genes among maternally inherited symbionts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gatepe Cedoine Kodjovi</w:t>
+                <w:t xml:space="preserve">Julien Amoros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Coulon</w:t>
+                <w:t xml:space="preserve">Marie Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Couturier</w:t>
+                <w:t xml:space="preserve">Anna Maria Floriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Morin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Goma-Louamba</w:t>
+                <w:t xml:space="preserve">Fabrice Vavre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/csc2.70194⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (9), pp.e1011856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1011856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375785v1</w:t>
+                <w:t xml:space="preserve">hal-05343240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and spread of cytoplasmic incompatibility genes among maternally inherited symbionts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pseudomonas retamae sp. nov., a novel endophytic bacterium with plant growth-promoting potential, isolated from root nodules of Retama monosperma in Northwestern Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawel Selami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Amoros</w:t>
+                <w:t xml:space="preserve">Fatima El-Houaria Zitouni-Haouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Buysse</w:t>
+                <w:t xml:space="preserve">Chahira Zerouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Maria Floriano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bouziane Moumen</w:t>
+                <w:t xml:space="preserve">Chahrazed Aibeche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Vavre</w:t>
+                <w:t xml:space="preserve">Nassima Draou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21 (9), pp.e1011856. </w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 75 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1011856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.006646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05343240v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudomonas retamae sp. nov., a novel endophytic bacterium with plant growth-promoting potential, isolated from root nodules of Retama monosperma in Northwestern Algeria</w:t>
+                <w:t xml:space="preserve">A transcriptomic atlas facilitating systems biology approaches in pea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nawel Selami</w:t>
+                <w:t xml:space="preserve">Gatepe Cedoine Kodjovi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima El-Houaria Zitouni-Haouar</w:t>
+                <w:t xml:space="preserve">Mathias Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chahira Zerouki</w:t>
+                <w:t xml:space="preserve">Lisa Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chahrazed Aibeche</w:t>
+                <w:t xml:space="preserve">Amélie Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassima Draou</w:t>
+                <w:t xml:space="preserve">Ingrid Goma-Louamba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 75 (1), </w:t>
+              <w:t xml:space="preserve">Crop Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (6), pp.e70194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.006646⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/csc2.70194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05495062v1</w:t>
+                <w:t xml:space="preserve">hal-05375785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental diversity of &amp;lt;i&amp;gt;Candidatus&amp;lt;/i&amp;gt; Babelota and their relationships with protists</w:t>
               </w:r>
@@ -1272,429 +1272,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new invader in freshwater ecosystems in France: the rusty crayfish Faxonius rusticus (Girard, 1852)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome‐wide transcriptional responses to water deficit during seed development in Pisum sativum , focusing on sugar transport and metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Laffitte</w:t>
+                <w:t xml:space="preserve">Benoit Porcheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gatepe Cedoine Kodjovi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Baudry</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Poulet</w:t>
+                <w:t xml:space="preserve">Cécile Vriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioInvasions Records</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3391/bir.2023.12.2.10⟩</w:t>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 175 (6), pp.e14062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.14062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142203v1</w:t>
+                <w:t xml:space="preserve">hal-04398337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The terrestrial isopod symbiont ‘Candidatus Hepatincola porcellionum’ is a potential nutrient scavenger related to Holosporales symbionts of protists</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new invader in freshwater ecosystems in France: the rusty crayfish Faxonius rusticus (Girard, 1852)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Laffitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Guilmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Dittmer</w:t>
+                <w:t xml:space="preserve">Thierry Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marius Bredon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre Grève</w:t>
+                <w:t xml:space="preserve">Nicolas Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISME Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43705-023-00224-w⟩</w:t>
+              <w:t xml:space="preserve">BioInvasions Records</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (2), pp.457-468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3391/bir.2023.12.2.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04037895v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04142203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome‐wide transcriptional responses to water deficit during seed development in Pisum sativum , focusing on sugar transport and metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Morin</w:t>
+                <w:t xml:space="preserve">The terrestrial isopod symbiont ‘Candidatus Hepatincola porcellionum’ is a potential nutrient scavenger related to Holosporales symbionts of protists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Dittmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Porcheron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gatepe Cedoine Kodjovi</w:t>
+                <w:t xml:space="preserve">Marius Bredon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Vriet</w:t>
+                <w:t xml:space="preserve">Maryline Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Grève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 175 (6), pp.e14062. </w:t>
+              <w:t xml:space="preserve">ISME Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (1), pp.18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppl.14062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43705-023-00224-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04398337v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Here, there and everywhere: Ecology and biology of the Dependentiae phylum</w:t>
               </w:r>
@@ -2065,51 +2065,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Dysbiosis and Dietary Manipulation on the Digestive Microbiota of a Detritivorous Arthropod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Bredon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Depuydt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2327,217 +2327,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dataset for sequencing and de novo assembly of the European endangered white-clawed crayfish (Austropotamobius pallipes) abdominal muscle transcriptome.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Han Ming Gan</w:t>
+                <w:t xml:space="preserve">Unearthing the Plant Growth-Promoting Traits of Bacillus megaterium RmBm31, an Endophytic Bacterium Isolated From Root Nodules of Retama monosperma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Affaf Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Desrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Skander Hatira</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Verdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia Mermouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105166⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.00124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03021751v1</w:t>
+                <w:t xml:space="preserve">hal-03111026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isopod holobionts as promising models for lignocellulose degradation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Bredon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Herran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Bertaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Grève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2546,210 +2546,210 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 13 (1), pp.49. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13068-020-01683-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unearthing the Plant Growth-Promoting Traits of Bacillus megaterium RmBm31, an Endophytic Bacterium Isolated From Root Nodules of Retama monosperma</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Desrut</w:t>
+                <w:t xml:space="preserve">Dataset for sequencing and de novo assembly of the European endangered white-clawed crayfish (Austropotamobius pallipes) abdominal muscle transcriptome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Ming Gan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lamia Mermouri</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Skander Hatira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2020.00124⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29, pp.105166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03111026v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03021751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beneficial rhizobacteria Pseudomonas simiae WCS417 induces major transcriptional changes in plant sugar transport</w:t>
               </w:r>
@@ -2908,51 +2908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Becking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3029,51 +3029,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Becking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Amine Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3271,64 +3271,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lignocellulose degradation at the holobiont level: teamwork in a keystone soil invertebrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Bredon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Dittmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3561,51 +3561,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Badawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Greve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3659,485 +3659,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomics and lipidomics of the environmental strain Rhodococcus ruber point out consumption pathways and potential metabolic bottlenecks for polyethylene degradation.</w:t>
+                <w:t xml:space="preserve">First Draft Genome Sequence of the Dourine Causative Agent: &amp;lt;i&amp;gt;Trypanosoma Equiperdum&amp;lt;/i&amp;gt; Strain OVI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Gravouil</w:t>
+                <w:t xml:space="preserve">Laurent Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Ferru-Clement</w:t>
+                <w:t xml:space="preserve">Anthony Madeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven Colas</w:t>
+                <w:t xml:space="preserve">Sascha Steinbiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reynald Helye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Linette Kadri</w:t>
+                <w:t xml:space="preserve">Latifa Lakhdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.7b00846⟩</w:t>
+              <w:t xml:space="preserve">Journal of Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7150/jgen.17904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01504675v1</w:t>
+                <w:t xml:space="preserve">hal-05451308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untangling Heteroplasmy, Structure, and Evolution of an Atypical Mitochondrial Genome by PacBio Sequencing.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptomics and lipidomics of the environmental strain Rhodococcus ruber point out consumption pathways and potential metabolic bottlenecks for polyethylene degradation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Peccoud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Amine Chebbi</w:t>
+                <w:t xml:space="preserve">Romain Ferru-Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Cormier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Clément Gilbert</w:t>
+                <w:t xml:space="preserve">Steven Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reynald Helye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linette Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1534/genetics.117.203380⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.7b00846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01586985v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01504675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Draft Genome Sequence of the Dourine Causative Agent: Trypanosoma Equiperdum Strain OVI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hébert</w:t>
+                <w:t xml:space="preserve">Untangling Heteroplasmy, Structure, and Evolution of an Atypical Mitochondrial Genome by PacBio Sequencing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Peccoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amine Chebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Latifa Lakhdar</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 5, pp.1-3. </w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 207 (1), pp.269-280. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7150/jgen.17904⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1534/genetics.117.203380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05451308v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity and evolution of sex determination systems in terrestrial isopods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Becking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Raimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4195,325 +4195,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous Influx of Genetic Material from Host to Virus Populations.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Birth of a W sex chromosome by horizontal transfer of Wolbachia bacterial symbiont genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Chateigner</w:t>
+                <w:t xml:space="preserve">Sébastien Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Thézé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amine Chebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard Cordaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1005838⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (52), pp.15036-15041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1608979113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01266766v1</w:t>
+                <w:t xml:space="preserve">hal-01415929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Birth of a W sex chromosome by horizontal transfer of Wolbachia bacterial symbiont genome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Leclercq</w:t>
+                <w:t xml:space="preserve">Continuous Influx of Genetic Material from Host to Virus Populations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Thézé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Giraud</w:t>
+                <w:t xml:space="preserve">Aurélien Chateigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cordaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 113 (52), pp.15036-15041. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (2), pp.e1005838. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1608979113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1005838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415929v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01266766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host origin and tissue microhabitat shaping the microbiota of the terrestrial isopod Armadillidium vulgare.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Dittmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lesobre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4889,51 +4889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Becking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Amine Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4984,64 +4984,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remarkable diversity of endogenous viruses in a crustacean genome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Thézé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5892,51 +5892,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic characterization of the [i]Taylorella genus[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6026,51 +6026,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome Sequence of Taylorella equigenitalis MCE9, the Causative Agent of Contagious Equine Metritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane B. Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6244,51 +6244,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REID 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
@@ -6494,51 +6494,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Thématique MuFoPAM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau MuFoPAM, Oct 2024, Paris, France</w:t>
@@ -6619,51 +6619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Aucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Herran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SympoLegio 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société française de microbiologie (SFT), Nov 2024, Lyon, France</w:t>
@@ -6692,51 +6692,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptional regulation of sugar transport and starch metabolism during pea seed development following a water deficit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Porcheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6744,51 +6744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gatepe Kodjovi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Workshop Carbon Allocation in Plants - Advances in carbon allocation and acquisition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Versailles (FR), France</w:t>
@@ -6942,51 +6942,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the importance of sugar transport in plant-beneficial rhizobacteria interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Desrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7099,64 +7099,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic atlas in Pisum sativum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gatepe Cedoine Kodjovi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Goma-Louamba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7322,51 +7322,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcription factor dataset in the pea genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gatepe Cedoine Kodjovi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7472,51 +7472,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A transcriptomic atlas in Pisum sativum, facilitating systems biology approach of sugar transporters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gatepe Kodjovi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Goma-Louamba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7632,51 +7632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coutos-Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vriet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Congress of the INTERNATIONAL PLANT MOLECULAR BIOLOGY (IPMB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7995,51 +7995,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517376v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dussert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ulve" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Panza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70286" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duvivier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delafont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00818-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375785v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatepe Cedoine Kodjovi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Coulon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Couturier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Morin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Goma-Louamba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/csc2.70194" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343240v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amoros" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Floriano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vavre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1011856" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495062v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Selami" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima El-Houaria Zitouni-Haouar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahira Zerouki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazed Aibeche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Draou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006646" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267139v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Weisse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00261-25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470549v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Bertin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a Notte" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Coral-Santacruz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandjean" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology15010090" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632769v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Samba-Louaka" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Aubierge Matondo Kimpamboudi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Magloire Boumba" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sabin Ngoma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110655" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677655v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gr&#232;ve" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouchon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1416057" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142203v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Laffitte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guilmet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Andrieu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/bir.2023.12.2.10" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037895v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dittmer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Bredon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Raimond" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43705-023-00224-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398337v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Porcheron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vriet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.14062" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982773v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16307" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720628v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley-Ann Giddings" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Kunstman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Asiama" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Green" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.856908" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728227v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Locard-Paulet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31832-0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113119v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Depuydt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Brisson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciriac Charles" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9010148" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517079v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Affaf Dahmani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Desrut" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verdon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Mermouri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00124" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021751v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grandjean" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Ming Gan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giraud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skander Hatira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105166" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111042v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Herran" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-020-01683-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111026v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935883v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thibault" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Hir" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coutos-Th&#233;venot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa396" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341008v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Chebbi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becking" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gilbert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020063v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Laverr&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000438" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149506v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gilbert" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Razafimafondy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuci&#263;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delaunay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2019.05.014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057071v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0536-y" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891875v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gaulin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Pel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Camborde" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne San Clemente" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Courbier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-018-0508-5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891929v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Badawi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Greve" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cordaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9060290" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504675v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gravouil" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Clement" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Colas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynald Helye" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linette Kadri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b00846" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586985v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peccoud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.203380" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451308v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;bert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Madeline" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Steinbiss" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Lakhdar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/jgen.17904" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533436v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Chandler" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-01195-4" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266766v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chateigner" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1005838" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415929v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclercq" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;z&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608979113" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323989v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lesobre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiw063" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427916v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Depayras" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01484" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204862v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher H Chandler" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.115.018283" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204832v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Metegnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13100-015-0047-3" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078498v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu163" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01017376v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela El Kafsi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Binesse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buratti" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Boudebbouze" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-407" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195477v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bj&#248;rn Nielsen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Almeida" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sierakowska Juncker" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rasmussen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhua Li" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.2939" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204489v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gaci" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragana Dobrijevic" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Maguin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1872215611307020008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372089v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001215v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane B. Moumen" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Nguyen The" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei A. Sorokine" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/543286" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803538v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Geniez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy M Foster" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Kumar" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Leproust" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13199-012-0215-x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190824v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duquesne" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Breuil" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029953" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001476v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Duquesne" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France M.-F. Breuil" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Laugier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01547-10" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518405v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Braquart-Varnier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pailler" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084443v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Monnereau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bastos" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaillard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebeurre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518411v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425640v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sastine Hie Nkoumondo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Bain" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479107v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Porcheron" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatepe Kodjovi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497717v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Mercado-Blanco" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497750v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462593v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Doidy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399359v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462569v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pourtau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462851v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499602v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359143v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Achouri" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Layec" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517376v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dussert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ulve" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Panza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70286" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duvivier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delafont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00818-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343240v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amoros" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Floriano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vavre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1011856" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Selami" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima El-Houaria Zitouni-Haouar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahira Zerouki" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazed Aibeche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Draou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006646" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375785v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatepe Cedoine Kodjovi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Coulon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Couturier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Morin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Goma-Louamba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/csc2.70194" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267139v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Weisse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00261-25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470549v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Bertin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a Notte" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Coral-Santacruz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandjean" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology15010090" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632769v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Samba-Louaka" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Aubierge Matondo Kimpamboudi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Magloire Boumba" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sabin Ngoma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110655" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677655v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gr&#232;ve" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouchon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1416057" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398337v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Porcheron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vriet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.14062" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142203v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Laffitte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudry" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guilmet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Andrieu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/bir.2023.12.2.10" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037895v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dittmer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Bredon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Raimond" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43705-023-00224-w" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982773v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16307" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720628v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley-Ann Giddings" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Kunstman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Asiama" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Green" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.856908" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728227v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Locard-Paulet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31832-0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113119v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Depuydt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Brisson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciriac Charles" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9010148" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517079v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Affaf Dahmani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Desrut" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verdon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Mermouri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00124" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111026v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111042v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Herran" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-020-01683-2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021751v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grandjean" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Ming Gan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giraud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skander Hatira" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105166" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935883v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thibault" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Hir" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coutos-Th&#233;venot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa396" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341008v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Chebbi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becking" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gilbert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020063v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Laverr&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000438" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149506v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gilbert" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Razafimafondy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuci&#263;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delaunay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2019.05.014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057071v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0536-y" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891875v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gaulin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Pel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Camborde" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne San Clemente" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Courbier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-018-0508-5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891929v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Badawi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Greve" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cordaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9060290" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451308v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;bert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Madeline" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Steinbiss" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Lakhdar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/jgen.17904" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504675v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gravouil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Clement" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Colas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynald Helye" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linette Kadri" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b00846" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586985v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peccoud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.203380" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533436v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Chandler" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-01195-4" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415929v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclercq" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;z&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608979113" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266766v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chateigner" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1005838" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323989v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lesobre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiw063" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427916v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Depayras" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01484" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204862v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher H Chandler" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.115.018283" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204832v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Metegnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13100-015-0047-3" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078498v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu163" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01017376v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela El Kafsi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Binesse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buratti" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Boudebbouze" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-407" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195477v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bj&#248;rn Nielsen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Almeida" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sierakowska Juncker" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rasmussen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhua Li" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.2939" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204489v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gaci" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragana Dobrijevic" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Maguin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1872215611307020008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372089v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001215v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane B. Moumen" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Nguyen The" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei A. Sorokine" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/543286" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803538v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Geniez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy M Foster" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Kumar" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Leproust" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13199-012-0215-x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190824v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duquesne" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Breuil" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029953" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001476v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Duquesne" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France M.-F. Breuil" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Laugier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01547-10" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518405v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Braquart-Varnier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pailler" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084443v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Monnereau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bastos" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaillard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebeurre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518411v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425640v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sastine Hie Nkoumondo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Bain" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479107v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Porcheron" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatepe Kodjovi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497717v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Mercado-Blanco" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497750v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462593v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Doidy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399359v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462569v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pourtau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462851v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499602v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359143v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Achouri" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Layec" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>