--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,2727 +66,5563 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural product total synthesis, a key step into biological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité: Institut de Recherche Servier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Total synthesis of photoactivatable latrunculin B for actin-targeting chemical biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismaila Ciss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Joyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French-American Chemical Symposium 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of photoactivatable chemical tools to study actin dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CytoLabs meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Braunschweig, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural product total synthesis, a step toward biological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité: Université de Rouen - IRCOF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04575259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural characterization of N-acyl-homoserine lactones involved in bacterial quorum sensing using LC-MS/MS or SFC-MS/MS after in-solution Paternò-Büchi derivatization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Gosset-Erard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Eparvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">39èmes Journées Françaises de Spectrométrie de Masse (JFSM 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Spectrométrie de Masse (SFSM), Sep 2023, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural product total synthesis: how and why?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Université de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biology-driven synthesis of natural and unnatural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Bio-Ingénierie et Biologie de Synthèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making compounds inspired by Nature: from targeted to diversity-oriented syntheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Université de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural product total synthesis and beyond: where the how meets the why</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Université du Mans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La synthèse de substances naturelles et supernaturelles: stratégies, méthodes et perspectives biologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des Jeunes Talents de la Chimie en Ile de France 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making compounds inspired by Nature: from total synthesis to medicinal chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Université Paris Saclay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Orsay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Substances naturelles et d'inspiration naturelle: de la synthèse totale à la chimie médicinale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18èmes Rencontres de Chimie Organique Biologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rearrangement-based total syntheses of oxacyclic natural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ronzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Fayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">55th Bürgenstock Conference - SCS Conference on Stereochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Brunnen, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Total synthesis of natural and supernatural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beilstein Talks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Online, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making compounds inspired by Nature: from total synthesis to medicinal chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CytoLabs consortium retreat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Burg Warberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The walk in Nature of a totally synthetic chemist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Technische Universität Braunschweig</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Braunschweig, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making compounds inspired by Nature: from total synthesis to medicinal chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Université Côte d'Azur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Total Synthesis, a Gateway to the Biological Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Symposium Francophone de Synthèse Totale (SFST10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Online, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biology−driven total synthesis of natural and unnatural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : East China University of Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Shanghai, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural product synthesis, methods and opportunities at the edge of biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Ecole Polytechnique Fédérale de Lausanne (EPFL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lausanne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche en synthèse biomimétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Convergence CNRS en Synthèse Totale de Molécules Complexes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biology−driven total synthesis of natural and unnatural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Fudan University Shanghai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Shanghai, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural product total synthesis: Methods and opportunities at the biological interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Freie Universität Berlin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Total synthesis from methods to biological opportunities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Université Paris-Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biology−driven total synthesis of natural and unnatural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Shanghai Institute of Materia Medica (SIMM-CAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Shanghai, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomimetic total synthesis of hybrid polyketide-alkaloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PERCH-CIC Congress X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Pattaya City, Thailand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">At the crossroads of organic chemistry, natural history and biology: a how and a why of natural product synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Oncodesign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Les Ulis, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracking toxins in Amazonian butterflies: a contribution of FT-ICR MS imaging to natural history</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop of FT-ICR users, Ecole Polytechnique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Palaiseau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomimetic total synthesis of hybrid polyketide−alkaloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de Chémobiologie (Action convergence du CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bioactive natural products: Opportunities for total synthesis at the biological interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des Prix de Thèses de la SCF Occitanie-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">At the crossroads of organic synthesis and natural history</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Université de Poitiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bioactive natural products: opportunities for total synthesis at the biological interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Fudan University Shanghai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Shanghai, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bioactive natural products: opportunities for total synthesis at the biological interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire invité : Shanghai Institute of Materia Medica (SIMM-CAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Shanghai, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilisation du (2S,5S)-3-hèxène-1,2,5,6-tétraol comme équivalent synthétique du (S)- 3-butène-1,2-diol dans des réactions de métathèses dominos : application à la synthèse de lactones chirales à partir du D-mannitol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bodo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Symposium de l'ICSN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00086297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction d'un modèle d'étude d'une réaction de cyclisation carbonylante [4+2+1] en vue de la synthèse de l'hainanolide, un diterpène d'origine naturelle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Symposium de l'ICSN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00086277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the use of (S)-3-hexene-1,2,5,6-tetraol as a synthetic equivalent of (2S,5S)-3-butene-1,2-diol in domino RCM reactions: application to the synthesis of chiral lactones from D-mannitol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tetrahedron Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00086294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réactivité d'alcaloïdes isolés de Daphniphyllum - Essais d'hémisynthèse biomimétique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. El Bitar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Joyeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bodo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Symposium de l'ICSN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00086274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of photoactivatable molecules for the spatiotemporal control of cell motility with light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morane Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de Chimie Organique XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-Inspired Total Synthesis of Daphnepapytone A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Casaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de Chimie Organique XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Synthesis of Daphniphyllum Alkaloids: A unified fragment-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vigoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de Chimie Organique XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversible photoregulation of G-quadruplex DNA structures by non-covalent azobenzene derivatives</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Total synthesis of photoactivatable latrunculin B for actin-targeting chemical biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismaila Ciss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascale Changenet-Barret,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Congress on Photobiology 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Perth, Australia. 2024</w:t>
+              <w:t xml:space="preserve">Rencontres de Chimie Organique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Palaiseau (Université Paris-Saclay), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732998v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04575270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total synthesis of photoactivatable latrunculin B for actin-targeting chemical biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaila Ciss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres de Chimie Organique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Palaiseau (Université Paris-Saclay), France</w:t>
+              <w:t xml:space="preserve">18th Belgian Organic Synthesis Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Liège (B), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04575270v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total synthesis of photoactivatable latrunculin B for actin-targeting chemical biology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Reversible photoregulation of G-quadruplex DNA structures by non-covalent azobenzene derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Changenet-Barret,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Belgian Organic Synthesis Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Liège (B), Belgium</w:t>
+              <w:t xml:space="preserve">18th International Congress on Photobiology 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Perth, Australia. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04638399v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of photoactivatable molecules for the spatiotemporal control of cell motility with light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morane Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCF Chemical Biology Symposium 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Palaiseau (91), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04503410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and total synthesis of photoactivatable latrunculin B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaila Ciss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCF Chemical Biology Symposium 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Palaiseau (91), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04503371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the road toward daphnepapytones: total synthesis of oleodaphnone, daphnenicillata W and diarthroncha C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Quévarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de Chimie Organique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Palaiseau (Université Paris-Saclay), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04575276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de la réaction de Paternò-Büchi pour la caractérisation par LC-MS/MS et/ou SFC-MS/MS de molécules auto-inductrices du quorum sensing bactérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Gosset-Erard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Nay</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Véronique Eparvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Touboul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès Francophone sur les Sciences Séparative et les Couplages de l'AFSEP (SEP 23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04429341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in the total synthesis of latrunculin B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de Chimie Organique 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of auto-inducing molecules from bacterial quorum sensing using Paternò-Büchi reaction and tandem mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Gosset-Erard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Nay</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Véronique Eparvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Touboul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informal Meeting of Mass Spectrometry 2023 (IMMS 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04429306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical and Experimental Investigations of the Hock rearrangement with InCl3 as catalyst</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Rearrangement-based total syntheses of oxacyclic natural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ronzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Fayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Chimie Organique 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Palaiseau, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303936v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed theoretical and experimental approach to better understand and exploit a chemical reaction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Theoretical and Experimental Investigations of the Hock rearrangement with InCl3 as catalyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Fayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra E Bosnidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres des Chimistes Théoriciens Francophones</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journées de Chimie Organique 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303917v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rearrangement-based total syntheses of oxacyclic natural products</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Mixed theoretical and experimental approach to better understand and exploit a chemical reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Fayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Frison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Palaiseau, France. </w:t>
+              <w:t xml:space="preserve">Rencontres des Chimistes Théoriciens Francophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303947v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total synthesis of cyclotripeptide natural products with a quinazolinopiperazine structure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Progress in the total synthesis of a photocaged latrunculin B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Joyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Chimie Organique 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303944v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progress in the total synthesis of a photocaged latrunculin B</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Total synthesis of cyclotripeptide natural products with a quinazolinopiperazine structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guanghui Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Chimie Organique 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303926v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From total synthesis to photosynthesis, a detective journey to the site of action of a phytotoxic natural product</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Viola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bailleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Chimie Organique 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small photo-activatable molecules to control biological processes with light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Joyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Joyeux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurine Marteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st IP Paris Annual Forum of Engeneering for Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed theoretical and experimental approach to better understand and exploit a chemical reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Fayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra E Bosnidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Frison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Théorie, Modélisation et Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interrupted Hock reactions for natural products synthesis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Application of the retro-Claisen rearrangement to the total synthesis of oxepin-containing natural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Frison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Labex CHARM3AT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Orsay, France</w:t>
+              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303697v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the retro-Claisen rearrangement to the total synthesis of oxepin-containing natural products</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Interrupted Hock reactions for natural products synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Cheibas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Gayraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Journée du Labex CHARM3AT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303769v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A journey into the total synthesis of polycyclic cytochalasins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Gayraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical and experimental study of 2,5-dihydrooxepine formation through oxa-Cope rearrangements and its application to the total synthesis of radulanins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd International Conference on Organic Synthesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Journey into the Total Synthesis of Polycylics Cytochalasines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Gayraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Ecole Doctorale Interfaces, Ecole Polytechnique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomimetic oxidative strategies and alternative route for the synthesis of diketopiperazine natural products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Natural Products Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2796,2989 +5632,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total synthesis of photoswitchable latrunculin B enables reversible control of actin polymerization and cell migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaila Ciss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119209v1</w:t>
-              </w:r>
-[...2834 lines deleted...]
-                <w:t xml:space="preserve">hal-00086274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (46)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5809,51 +5809,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amino Acid-Promoted Synthesis of 2H-Chromenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5887,90 +5887,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-Inspired Total Synthesis of Daphnepapytone A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Casaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 16, pp.11375-11380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5998,377 +5998,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total Synthesis of Cyclotripeptidic Natural Products Anacine, Aurantiomide C, Polonimides A and C, and Verrucine F</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tandem Hock and Friedel-Crafts reactions allowing an expedient synthesis of a cyclolignan-type scaffold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Acs</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Quentin Ronzon</w:t>
+                <w:t xml:space="preserve">Viktoria A Ikonnikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Cheibas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Gayraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra E Bosnidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Casaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c00658⟩</w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20, pp.162-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3762/bjoc.20.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04575245v1</w:t>
+                <w:t xml:space="preserve">hal-04303506v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tandem Hock and Friedel-Crafts reactions allowing an expedient synthesis of a cyclolignan-type scaffold</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Total Synthesis of Cyclotripeptidic Natural Products Anacine, Aurantiomide C, Polonimides A and C, and Verrucine F</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guanghui Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Acs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktoria A Ikonnikova</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Casaretto</w:t>
+                <w:t xml:space="preserve">Alexis Paquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ronzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20, pp.162-169. </w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (13), pp.2629-2634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3762/bjoc.20.15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c00658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303506v2</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04575245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural characterization of N-acyl-homoserine lactones from bacterial quorum sensing using LC–MS/MS analyses after Paternò-Büchi derivatization in solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Gosset-Erard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guanghui Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitra Kyrko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 416 (25), pp.5431-5443. </w:t>
@@ -6400,438 +6400,438 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04732919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tandem InCl3-Promoted Hydroperoxide Rearrangements and Nucleophilic Additions: A Straightforward Entry to Benzoxacycles</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Total synthesis: an enabling science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.3c00845⟩</w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19, pp.474-476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3762/bjoc.19.36⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239627v1</w:t>
+                <w:t xml:space="preserve">hal-04100516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric synthesis of a stereopentade fragment toward latrunculins</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tandem InCl3-Promoted Hydroperoxide Rearrangements and Nucleophilic Additions: A Straightforward Entry to Benzoxacycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bosnidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Fayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Cheibas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Gayraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19, pp.428-433. </w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 88 (13), pp.9277-9282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3762/bjoc.19.32⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.3c00845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060528v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total synthesis: an enabling science</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Asymmetric synthesis of a stereopentade fragment toward latrunculins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Joyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Casaretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 19, pp.474-476. </w:t>
+              <w:t xml:space="preserve">, 2023, 19, pp.428-433. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3762/bjoc.19.36⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3762/bjoc.19.32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04100516v1</w:t>
+                <w:t xml:space="preserve">hal-04060528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical Investigation of the Mechanism of the Hock Rearrangement with InCl3 as Catalyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Fayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Casaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Frison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemCatChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (16), pp.e202300578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6865,103 +6865,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Synthesis of (+)-Cinereain and (-)-Janoxepin through a Fragment Coupling/Retro-Claisen Rearrangement Cascade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ronzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Charote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Casaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61 (47), pp.e202212855. </w:t>
@@ -6999,90 +6999,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Synthesis of Phytotoxic Radulanin A Facilitated by the Photochemical Ring Expansion of a 2,2-Dimethylchromene in Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 24 (22), pp.4029 - 4033. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7116,51 +7116,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Synthesis of Poisonous Aconitum Alkaloids Empowered by a Fragment Coupling Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Central Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7, pp.1298-1299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7194,90 +7194,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of a Biomimetic Tetracyclic Precursor of Aspochalasins and Formal Synthesis of Trichoderone A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Gayraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Casaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 23, pp.5755-5760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7337,51 +7337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ombeline Sculfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Mcclure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7441,77 +7441,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programmed multiple C-H bond functionalization of the privileged 4hydroxyquinoline template</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ronzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Casaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Mouray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7601,51 +7601,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zi-Rong Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wang-Sheng Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pei Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7703,252 +7703,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Retro-Claisen Rearrangement of 2-Vinylcyclopropylcarbonyl Substrates and the Question of its Synthetic Potential</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Variation of chemical compounds in wild Heliconiini reveals ecological factors involved in the evolution of chemical defences in mimetic butterflies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ombeline Sculfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika C P de Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof M Kozak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Søren Bak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.202000136⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (5), pp.2677-2694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.6044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02614259v1</w:t>
+                <w:t xml:space="preserve">hal-02459236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation of chemical compounds in wild Heliconiini reveals ecological factors involved in the evolution of chemical defences in mimetic butterflies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Retro-Claisen Rearrangement of 2-Vinylcyclopropylcarbonyl Substrates and the Question of its Synthetic Potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (5), pp.2677-2694. </w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.3517-3525. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.6044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.202000136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459236v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity-oriented synthesis of 17-spirosteroids</w:t>
               </w:r>
@@ -7973,51 +7973,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Louis-Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16, pp.880-887. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8179,295 +8179,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One‐Pot Synthesis of Metastable 2,5‐Dihydrooxepines Through Retro‐Claisen Rearrangements: Methods and Applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
+                <w:t xml:space="preserve">Marine sponges of the genus Stelletta as promising drug sources: chemical and biological aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qihao Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Cordier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Min Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeke Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201901675⟩</w:t>
+              <w:t xml:space="preserve">Acta Pharmaceutica Sinica B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (2), pp.237-257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsb.2018.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135526v1</w:t>
+                <w:t xml:space="preserve">hal-02135532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine sponges of the genus Stelletta as promising drug sources: chemical and biological aspects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">One‐Pot Synthesis of Metastable 2,5‐Dihydrooxepines Through Retro‐Claisen Rearrangements: Methods and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Frison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Pharmaceutica Sinica B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (2), pp.237-257. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsb.2018.10.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201901675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02135532v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time resolved transient circular dichroism spectroscopy using synchrotron natural polarization</w:t>
               </w:r>
@@ -8587,64 +8587,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature chimique herbicide : le potentiel des substances naturelles en agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 172, pp.9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8797,295 +8797,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02135513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multifaceted Study on a Cytochalasin Scaffold: Lessons on Reactivity, Multidentate Catalysis, and Anticancer Properties</w:t>
+                <w:t xml:space="preserve">Inhibition of Phytophthora species, agents of cocoa black pod disease, by secondary metabolites of Trichoderma species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Zaghouani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Oscar Gayraud</w:t>
+                <w:t xml:space="preserve">Gilles-Alex Pakora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jactel</w:t>
+                <w:t xml:space="preserve">Joseph Mpika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Prevost</w:t>
+                <w:t xml:space="preserve">Daouda Koné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambre Dezaire</w:t>
+                <w:t xml:space="preserve">Michel Ducamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismael Kebe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201804023⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (30), pp.29901-29909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-017-0283-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135339v1</w:t>
+                <w:t xml:space="preserve">hal-02115187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of Phytophthora species, agents of cocoa black pod disease, by secondary metabolites of Trichoderma species</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multifaceted Study on a Cytochalasin Scaffold: Lessons on Reactivity, Multidentate Catalysis, and Anticancer Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Mpika</w:t>
+                <w:t xml:space="preserve">Mehdi Zaghouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Gayraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daouda Koné</w:t>
+                <w:t xml:space="preserve">Vincent Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Ducamp</w:t>
+                <w:t xml:space="preserve">Sébastien Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ismael Kebe</w:t>
+                <w:t xml:space="preserve">Ambre Dezaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 25 (30), pp.29901-29909. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (62), pp.16686-16691. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-017-0283-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201804023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02115187v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Integrative Approach to Decipher the Chemical Antagonism between the Competing Endophytes Paraconiothyrium variabile and Bacillus subtilis</w:t>
               </w:r>
@@ -9218,51 +9218,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harnessing the potential diversity of resinic diterpenes through visible light-induced sensitized oxygenation coupled to Kornblum–DeLaMare and Hock reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Chemistry Frontiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 4 (12), pp.2412-2416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9335,51 +9335,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guan-Ying Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing-Xu Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xu-Wen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10009,51 +10009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 16 (4), pp.304-310. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10272,51 +10272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Herson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 52 (27), pp.3447-3450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10375,51 +10375,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of naturally occurring cyclohexene rings using stereodirected intramolecular Diels­Alder reactions through asymmetric 1,3-dioxane tethering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Abdelkafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10508,51 +10508,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemistry and biology of non-tetramic γ-hydroxy-γ-lactams and γ-alkylidene-γ-lactams from natural sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassima Riache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10785,51 +10785,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 48 (25), pp.4331-4333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11025,51 +11025,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utility of a chiral 1,3-dioxane template in stereoselective intramolecular Diels-Alder reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11077,51 +11077,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chiaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 48 (16), pp.2893-2896. </w:t>
@@ -11171,51 +11171,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A domino ring-closing metathesis as a key-step in the synthesis of chiral lactones from D-mannitol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gaboriaud-Kolar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11300,51 +11300,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected Dehydrogenation Products in the Furan Series Arising from Ruthenium‐Catalyzed 4‐Oxo‐1,6‐enyne Metathesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bodo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11391,77 +11391,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected dehydrogenation products in the furan series arising from ruthenium-catalyzed 4-oxo-1,6-enyne metathesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bodo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthetic Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 35 (11), pp.1559-1565. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11527,90 +11527,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Chromene or Chromane Derivatives as Herbicidal Agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2023/156464 A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11628,77 +11628,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Process for the Preparation of Compounds Comprising a 2,5-Dihydrobenzoxepine Structure by Photochemical Rearrangement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2023/156461 A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11716,90 +11716,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de dérivés chromène ou chromane en tant qu’agents herbicides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR 3132613 A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11817,77 +11817,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de préparation de composés comportant une structure 2,5-dihydrobenzoxépine par réarrangement photochimique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Lockett-Walters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR 3132713 A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11905,77 +11905,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Benzoxepin Derivatives as a Herbicide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2020/207714 A1. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11993,77 +11993,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de dérivés de benzoxépine à titre d’herbicide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR 3094869 A1. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12250,51 +12250,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morane Lucas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Courtois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Joyeux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gautreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Romero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119189v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pereira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casaretto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frison" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119178v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vigoureux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04732998v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Perrin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hache" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Changenet-Barret," TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575270v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gamet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismaila Ciss" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638399v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503371v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575276v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Qu&#233;varec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429341v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Gosset-Erard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eparvier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303987v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429306v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303936v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Fayet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra E Bosnidou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303917v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303947v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ronzon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thuillier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lockett-Walters" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303944v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanghui Han" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303926v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303924v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Viola" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bailleul" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303913v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Marteau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303865v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303697v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cheibas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Gayraud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303769v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Buisson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303709v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303683v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303667v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303734v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119209v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119222v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603041v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589054v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575259v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429201v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303983v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303804v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303977v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303961v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303955v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303976v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303959v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303900v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303893v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303860v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303868v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303882v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303791v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303756v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303771v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303748v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Poupon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303759v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303750v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303794v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303753v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303645v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303720v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303653v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303727v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303715v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303725v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086297v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nay" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bodo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086277v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Evanno" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086294v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086274v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Bitar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Joyeau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S&#233;venet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347311v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c01961" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119305v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SC02953H" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575245v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Acs" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Paquin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c00658" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303506v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria A Ikonnikova" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.20.15" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732919v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Kyrko" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hueber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-024-05355-0" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239627v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bosnidou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bourcier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c00845" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060528v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.19.32" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100516v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.19.36" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239604v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300578" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790731v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charote" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202212855" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781949v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01462" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313910v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.1c00887" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313908v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laroche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c01922" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03230687v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombeline Sculfort" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mcclure" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Elias" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Llaurens" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-021-01278-7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256641v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Mouray" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202100929" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368762v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-Rong Zeng" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang-Sheng Li" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei Hu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai-Yan Zhang" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c02772" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614259v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000136" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459236v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika C P de Castro" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof M Kozak" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Bak" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6044" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614325v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouvarel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Louis-Sylvestre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.16.79" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614321v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qihao Wu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song-Wei Li" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Xu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Wang" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202003643" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135526v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cordier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201901675" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135532v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Yang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeke Ni" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsb.2018.10.003" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351456v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auvray" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dennetiere" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wien" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5120346" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351356v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135513v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Clerc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Desbois" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Meichanetzoglou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.2769" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135339v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zaghouani" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jactel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Prevost" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Dezaire" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201804023" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115187v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles-Alex Pakora" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mpika" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Kon&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ducamp" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Kebe" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-0283-9" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998984v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vallet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin P. Vanbellingen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Fu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Caer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Della-Negra" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b01185" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-02093702v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7qo00633k" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-02090748v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong-Yu Sun" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guan-Ying Han" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing-Xu Gong" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu-Wen Li" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b03892" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01420846v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Arias" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Rosser" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Lisa De-Silva" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-016-0843-5" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01437572v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre E. Escargueil" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette K. Larsen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Guedon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b00458" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142889v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ear" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Amand" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blond" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dubost" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob00114e" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02047378v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Herrmann" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grellier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Prado" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114487v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Abdelkafi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deville" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2012.09.007" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115356v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Chiaroni" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201001678" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QQ8VJLZ0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114496v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herson" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2011.04.101" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4QHZ3N0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606162v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdelkafi" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deville" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubost" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chiaroni" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114499v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Riache" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b903905h" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114510v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akino Jossang" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nguyen-Pouplin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Delaroche" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1074546" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114512v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bodo" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.04.107" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3DVH10S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115353v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.02.089" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1N6PGD1T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157568v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086259v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaboriaud-Kolar" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2005.03.189" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MPN16X7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115351v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/scc-200058011" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086257v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/SCC-200058011" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304402v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304372v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304383v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304368v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304355v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304361v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119222v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603041v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gamet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismaila Ciss" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Joyeux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589054v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575259v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429201v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Gosset-Erard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eparvier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303983v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303955v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303976v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303959v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303977v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303961v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303804v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303900v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ronzon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thuillier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lockett-Walters" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Fayet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303893v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303860v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303791v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303756v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303771v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303748v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Poupon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303750v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303794v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303753v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303645v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303658v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303737v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303653v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303715v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303725v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086297v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bodo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086277v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Evanno" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086294v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086274v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Bitar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Joyeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S&#233;venet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119169v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morane Lucas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Courtois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gautreau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Romero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119189v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pereira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casaretto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frison" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119178v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vigoureux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575270v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638399v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04732998v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Perrin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hache" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Changenet-Barret," TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503410v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503371v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575276v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Qu&#233;varec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429341v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303987v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429306v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303947v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303936v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra E Bosnidou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303917v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303926v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303944v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanghui Han" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303924v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Viola" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bailleul" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303913v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Marteau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303865v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303769v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Buisson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303697v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cheibas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Gayraud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303709v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303683v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303667v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303734v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119209v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347311v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c01961" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119305v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SC02953H" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303506v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria A Ikonnikova" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.20.15" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575245v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Acs" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Paquin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c00658" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732919v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Kyrko" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hueber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-024-05355-0" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100516v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.19.36" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239627v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bosnidou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bourcier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c00845" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060528v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.19.32" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239604v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300578" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790731v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charote" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202212855" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781949v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01462" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313910v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.1c00887" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313908v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laroche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c01922" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03230687v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombeline Sculfort" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mcclure" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Elias" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Llaurens" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-021-01278-7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256641v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Mouray" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202100929" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368762v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-Rong Zeng" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang-Sheng Li" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei Hu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai-Yan Zhang" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c02772" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459236v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika C P de Castro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof M Kozak" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Bak" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6044" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614259v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000136" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614325v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouvarel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Louis-Sylvestre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.16.79" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614321v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qihao Wu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song-Wei Li" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Xu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Wang" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202003643" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135532v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Yang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeke Ni" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsb.2018.10.003" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135526v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cordier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201901675" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351456v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auvray" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dennetiere" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wien" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5120346" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351356v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135513v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Clerc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Desbois" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Meichanetzoglou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.2769" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115187v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles-Alex Pakora" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mpika" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Kon&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ducamp" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Kebe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-0283-9" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135339v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zaghouani" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jactel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Prevost" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Dezaire" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201804023" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998984v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vallet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin P. Vanbellingen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Fu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Caer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Della-Negra" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b01185" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-02093702v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7qo00633k" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-02090748v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong-Yu Sun" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guan-Ying Han" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing-Xu Gong" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu-Wen Li" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b03892" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01420846v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Arias" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Rosser" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Lisa De-Silva" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-016-0843-5" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01437572v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre E. Escargueil" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette K. Larsen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Guedon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b00458" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142889v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ear" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Amand" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blond" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dubost" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob00114e" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02047378v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Herrmann" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grellier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Prado" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114487v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Abdelkafi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deville" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2012.09.007" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115356v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Chiaroni" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201001678" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QQ8VJLZ0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114496v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herson" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2011.04.101" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4QHZ3N0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606162v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdelkafi" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deville" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubost" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chiaroni" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114499v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Riache" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b903905h" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114510v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akino Jossang" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nguyen-Pouplin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Delaroche" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1074546" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114512v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bodo" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.04.107" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3DVH10S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115353v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.02.089" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1N6PGD1T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157568v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086259v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaboriaud-Kolar" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2005.03.189" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MPN16X7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115351v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/scc-200058011" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086257v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/SCC-200058011" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304402v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304372v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304383v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304368v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304355v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304361v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>