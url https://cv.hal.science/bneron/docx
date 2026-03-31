--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -132,459 +132,459 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Software Heritage &amp; HAL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05425527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Logiciel (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MacSyLib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Néron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Abby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:ab0579d9d9fea3b32750df4ccd076ddde3bbce6a;origin=https://github.com/gem-pasteur/macsylib;visit=swh:1:snp:12363be7b9e43518ba1945d24152d3b89b915f6d;anchor=swh:1:rel:54d76b45afdc0bbf3178753ce34003442b2a9afc⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...46 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MacSyFinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Néron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Abby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Rocha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:a33618de0c3738daa75c2b1bc3e302df450a3987;origin=https://github.com/gem-pasteur/macsyfinder;visit=swh:1:snp:c8f689b846b5ddaff789ace1e17a2e6ad56e6d0e;anchor=swh:1:rel:2371db752dab111a56fe281675e7176c4da9983d⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668349v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integron_Finder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Néron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:6cc5d36f34974f2264a2ea9e195edb1981b2f9ba;origin=https://github.com/gem-pasteur/Integron_Finder;visit=swh:1:snp:f5d82d096a64d390358869946048ca7f801b2ded;anchor=swh:1:rev:0388197211bd9b232082a2dd9275623b62c5599a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Cury</w:t>
-[...59 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04603009v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05425527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1047,64 +1047,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloi Littner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Haudiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (4), pp.700. </w:t>
@@ -1553,51 +1553,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of protein secretion systems in bacterial genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Abby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guglielmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1674,51 +1674,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and analysis of integrons and cassette arrays in bacterial genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jové</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2234,51 +2234,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying Conjugative Plasmids and Integrative Conjugative Elements with CONJscan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Abby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2774,51 +2774,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1F4DA21"/>
+    <w:nsid w:val="ACC4BDF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3005,51 +3005,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bneron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0220-0482" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421770v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand N&#233;ron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Abby" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Rocha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ab0579d9d9fea3b32750df4ccd076ddde3bbce6a;origin=https://github.com/gem-pasteur/macsylib;visit=swh:1:snp:12363be7b9e43518ba1945d24152d3b89b915f6d;anchor=swh:1:rel:54d76b45afdc0bbf3178753ce34003442b2a9afc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668349v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a33618de0c3738daa75c2b1bc3e302df450a3987;origin=https://github.com/gem-pasteur/macsyfinder;visit=swh:1:snp:c8f689b846b5ddaff789ace1e17a2e6ad56e6d0e;anchor=swh:1:rel:2371db752dab111a56fe281675e7176c4da9983d" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603009v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Perrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cc5d36f34974f2264a2ea9e195edb1981b2f9ba;origin=https://github.com/gem-pasteur/Integron_Finder;visit=swh:1:snp:f5d82d096a64d390358869946048ca7f801b2ded;anchor=swh:1:rev:0388197211bd9b232082a2dd9275623b62c5599a" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05425527v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600530v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tesson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egorov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Georjon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vaysset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.470" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04384854v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael A Millot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egill Richard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Littner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01548-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04060331v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Denise" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coluzzi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Touchon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P.C. Rocha" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.250" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03655020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haudiquet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040700" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349600v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Nevers" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Doyen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malabat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kergrohen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky342" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02098389v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couvin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bernheim" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toffano-Nioche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Michalik" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky425" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01578349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaya Rendueles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garcia-Garcer&#224;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P C Rocha" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006525.s020" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374967v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Abby" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23080" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374968v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jov&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Pc Rocha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw319" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374962v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guglielmini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P. C. Rocha" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Garcillan-Barcia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku194" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01080418v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S Abby" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110726" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287963v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Maufrais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joly" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maupetit" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp493" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02867882v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Doppelt-Azeroual" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03682347v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Gopalan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Larroud&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27392-6_2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-53FG1PG2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327528v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wessner" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Senger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Samson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picouet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreews" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bneron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0220-0482" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05425527v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand N&#233;ron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421770v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Abby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Rocha" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ab0579d9d9fea3b32750df4ccd076ddde3bbce6a;origin=https://github.com/gem-pasteur/macsylib;visit=swh:1:snp:12363be7b9e43518ba1945d24152d3b89b915f6d;anchor=swh:1:rel:54d76b45afdc0bbf3178753ce34003442b2a9afc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668349v3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a33618de0c3738daa75c2b1bc3e302df450a3987;origin=https://github.com/gem-pasteur/macsyfinder;visit=swh:1:snp:c8f689b846b5ddaff789ace1e17a2e6ad56e6d0e;anchor=swh:1:rel:2371db752dab111a56fe281675e7176c4da9983d" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603009v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Perrin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cc5d36f34974f2264a2ea9e195edb1981b2f9ba;origin=https://github.com/gem-pasteur/Integron_Finder;visit=swh:1:snp:f5d82d096a64d390358869946048ca7f801b2ded;anchor=swh:1:rev:0388197211bd9b232082a2dd9275623b62c5599a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600530v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tesson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egorov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Georjon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vaysset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.470" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04384854v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael A Millot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egill Richard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Littner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01548-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04060331v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Denise" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coluzzi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Touchon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P.C. Rocha" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.250" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03655020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haudiquet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040700" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349600v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Nevers" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Doyen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malabat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kergrohen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky342" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02098389v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couvin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bernheim" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toffano-Nioche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Michalik" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky425" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01578349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaya Rendueles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garcia-Garcer&#224;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P C Rocha" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006525.s020" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374967v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Abby" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23080" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374968v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jov&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Pc Rocha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw319" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374962v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guglielmini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P. C. Rocha" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Garcillan-Barcia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku194" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01080418v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S Abby" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110726" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287963v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Maufrais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joly" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maupetit" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp493" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02867882v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Doppelt-Azeroual" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03682347v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Gopalan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Larroud&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27392-6_2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-53FG1PG2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327528v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wessner" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Senger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Samson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picouet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreews" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>