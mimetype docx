--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -282,295 +282,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03268515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PRYNT: a tool for prioritization of disease candidates from proteomics data using a combination of shortest-path and random walk algorithms</w:t>
+                <w:t xml:space="preserve">Amniotic fluid peptides predict postnatal kidney survival in developmental kidney disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julie Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Buffin-Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Franck Boizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Teste</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joost Schanstra</w:t>
+                <w:t xml:space="preserve">Nabila Moussaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Lescat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-85135-3⟩</w:t>
+              <w:t xml:space="preserve">Kidney International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 99 (3), pp.737-749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.kint.2020.06.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03268300v1</w:t>
+                <w:t xml:space="preserve">inserm-03268524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amniotic fluid peptides predict postnatal kidney survival in developmental kidney disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PRYNT: a tool for prioritization of disease candidates from proteomics data using a combination of shortest-path and random walk algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Boizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Buffin-Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aligon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Klein</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Boizard</w:t>
+                <w:t xml:space="preserve">Olivier Teste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabila Moussaoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ophélie Lescat</w:t>
+                <w:t xml:space="preserve">Joost Schanstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 99 (3), pp.737-749. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.5764. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.kint.2020.06.043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-85135-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03268524v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03268300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apelin affects the mouse aging urinary peptidome with minimal effects on kidney</w:t>
               </w:r>
@@ -582,102 +582,102 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joost P. Schanstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Boizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Péreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Auriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.10647. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-019-47109-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -761,51 +761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan M. Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuille-Dit-Bille Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Boizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Casadebaig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -847,103 +847,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du protéome urinaire vers le protéome tissulaire rénal : analyse des réseaux d'interaction protéines-protéines (Genotoul Biostat Bioinfo day, Toulouse, 13/12/18)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Boizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Boizard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julie Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Buffin-Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aligon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joost Schanstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genotoul Biostat Bioinfo day 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Plateforme de Biostatistique- Génopole Toulouse Midi-Pyrénées, France, Dec 2018, Toulouse, France</w:t>
@@ -1004,77 +1004,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISCOVERY AND VALIDATION OF AN AMNIOTIC FLUID PEPTIDE SIGNATURE THAT PREDICTS POSTNATAL RENAL FUNCTION IN CONGENITAL ANOMALIES OF THE KIDNEY AND THE URINARY TRACT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Buffin-Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Boizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Zürbig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1170,51 +1170,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de la biologie des systèmes pour l'identification de marqueurs moléculaires des maladies rénales dans les fluides biologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Boizard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bio-Informatique, Biologie Systémique [q-bio.QM]. Université Paul Sabatier - Toulouse III, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019TOU30157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1410,51 +1410,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03268515v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille F&#233;dou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Camus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lescat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guyl&#232;ne Feuillet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilka Mueller" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.5703" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268300v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Boizard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Buffin-Meyer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aligon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teste" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Schanstra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85135-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03268524v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Klein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Moussaoui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2020.06.043" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481300v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vinel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost P. Schanstra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie P&#233;reira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Auriau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47109-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03940649v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Anne Laurent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M. Herrera" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuille-Dit-Bille Nicolas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044250v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04888986v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Z&#252;rbig" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Breuil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfz106.FP043" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02735976v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30157" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03268515v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille F&#233;dou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Camus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lescat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guyl&#232;ne Feuillet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilka Mueller" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.5703" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03268524v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Klein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Buffin-Meyer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Boizard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Moussaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2020.06.043" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268300v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aligon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teste" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Schanstra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85135-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481300v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vinel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost P. Schanstra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie P&#233;reira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Auriau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47109-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03940649v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Anne Laurent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M. Herrera" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuille-Dit-Bille Nicolas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044250v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04888986v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Z&#252;rbig" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Breuil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfz106.FP043" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02735976v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30157" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>