--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -917,57 +917,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03472102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La transparence de l’université : appropriation contrastée d’un outil de gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Andrée Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Boisvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40ème Congrès de l’AFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les travailleurs transfrontaliers et leur relation à la carrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Wodociag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -982,168 +1077,168 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30ème Congrès de l’AGRH (Association Francophone de Gestion des Ressources Humaines)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAE Bordeaux et Kedge Business School, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02446842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...38 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Upper Rhine cross-border commuters: exam of their relation to work and career</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Boisvert</w:t>
+                <w:t xml:space="preserve">Axelle Lutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wodociag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème Congrès de l’AFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">2nd International Conference about "Healthier societies fostering healthy organizations: A cross-cultural perspective"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Florence, Aug 2018, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01878164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle du contrôle de gestion dans la financiarisation d’un établissement hospitalier : Le cas d’un Hôpital Universitaire International au Maroc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Douma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1172,228 +1267,133 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème congrès ARAMOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association de Recherche Appliquée au Management des Organisations de Santé, May 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Examen de la dimension transfrontalière dans la gestion des carrières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Wodociag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bollecker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference about "Healthier societies fostering healthy organizations: A cross-cultural perspective"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, University of Florence, Aug 2018, Florence, Italy</w:t>
-[...93 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, Université de Florence (Italie), Aug 2018, Florence, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03471988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -2035,355 +2035,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00522301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">LE COMPORTEMENT SOCIALEMENT RESPONSABLE DES ENTREPRISES : UNE LECTURE DES TRAVAUX EN COMPTABILITE ET CONTRÔLE DE GESTION DANS UNE PERSPECTIVE NEO-INSTITUTIONNALISTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Clementz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COMPTABILITE, CONTROLE, AUDIT ET INSTITUTION(S) CD-Rom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Tunisie. pp.CD-Rom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00558066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'INSTITUTIONNALISATION DE LA RESPONSABILITE SOCIALE DANS LE CONTRÔLE DE GESTION ET LA COMPTABILITE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Clementz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18e journée des IAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00769053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">LA DIMENSION RELATIONNELLE DE LA FONCTION DE CONTRÔLEUR DE GESTION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bollecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Niglis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPTABILITE, CONTROLE, AUDIT ET INSTITUTION(S)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Tunisie. pp.CD-Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00548093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE COMPORTEMENT SOCIALEMENT RESPONSABLE DES ENTREPRISES : UNE LECTURE DES TRAVAUX EN COMPTABILITE ET CONTRÔLE DE GESTION DANS UNE PERSPECTIVE NEO-INSTITUTIONNALISTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...228 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Clementz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e congrès de l'Association Française de Comptabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, TUNIS, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2421,51 +2421,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évolution des systèmes de mesure de la performance vers la dimension sociétale : une lecture conventionnaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bollecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e congrès de l'AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, MONTREAL, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2740,50 +2740,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La transformation du management de l’université publique française : vers quel idéal-type ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Camous</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mutations sociétales et organisations : Des repères théoriques et pratiques pour préparer les organisations au monde qui advient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Questions de société (ISSN 1777-439X), Éditions EMS, pp.261-276, 2023, 978-2-37687-776-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La transformation du management de l’Université publique française : vers quel idéal type ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Camous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2792,139 +2874,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mutations sociétales et organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions EMS, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03932172v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04208152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création d’un outil de gestion dans une régie d’eau publique : diversité de logiques et besoin de co-pilotage</w:t>
               </w:r>
@@ -4087,51 +4087,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appropriation contrastée de la transparence à l’université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bollecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Andrée Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques et Management public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 38 (4), pp.373-396</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4524,51 +4524,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travailleurs transfrontaliers : étude de leurs trajectoires de carrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Wodociag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5388,204 +5388,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03607175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'EVOLUTION DES SYSTEMES D'INFORMATION DE GESTION FACE AUX ENJEUX DE LA RESPONSABILITE SOCIALE : LE CAS DE LA COMPTABILITE ET DU CONTRÔLE DE GESTION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Clementz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gestion 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4, pp.49-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00769062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vers des systèmes de mesure des performances sociétales : l'apport des conventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bollecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 180, pp.89-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00769061v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">halshs-00769062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5657,51 +5657,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -5850,219 +5850,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04182689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contrôle de gestion aujourd'hui. Débats, controverses et perspectives</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Recherche, 978-2-311-40096-0</w:t>
+                <w:t xml:space="preserve">Système de pilotage et performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Azan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Meyssonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre van der Ghinst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Salvestrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wilfrid Azan. ‎Eska, pp.270, 2007, Théorie et pratique du management, 9782747211055</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...112 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03723238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6072,114 +5988,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systèmes d'information différenciés et contrôle des services opérationnels : une analyse empirique des mécanismes organisationnels de contrôle et du rôle des contrôleurs de gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bollecker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gestion et management. Université Nancy 2, 2001. Français. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...28 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2001NAN22003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01776661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId117"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6326,51 +6242,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04930471v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bollecker" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05323990v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Seran" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05335657v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04150504v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vogel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Camous" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932232v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932311v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03705441v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hertzog" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03641304v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Douma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03472102v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wodociag" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02446842v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Lutz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02297593v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Caron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Boisvert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01882815v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01878164v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03471988v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095528v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01623170v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188774v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvia Lepori" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899731v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479525v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00456209v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Azan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522301v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00548093v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Niglis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558066v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathieu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Clementz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769053v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769052v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769055v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584611v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587432v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05329605v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932172v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04208152v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932165v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782311411256-repenser-le-management-des-organisations-publiques-sous-le-prisme-du-controle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03584012v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Burkhardt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Poincelot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01843003v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mazars-Chapelon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114439v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vuibert.fr/ouvrage-9782311400960-le-controle-de-gestion-aujourd-hui.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220082v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334833v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05046425v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101809v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.122.0095" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04298364v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Renaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04298333v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932198v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867833v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.130.0015" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03487565v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0201" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03514883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03480983v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03451931v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.083.0006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02065157v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/accra.004.0033" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02884601v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.112.0059" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03200032v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.114.0065" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02297388v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.291.0121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02297406v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Discours" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01622060v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467909v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.222.0109" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01622100v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116079v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Durat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.29.145-165" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607162v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17465661111149575" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263409v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607175v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.152.0061" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769061v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769062v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867898v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04150668v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182689v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165379v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723238v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meyssonnier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van der Ghinst" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Salvestrin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01776661v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001NAN22003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04930471v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bollecker" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05323990v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Seran" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05335657v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04150504v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vogel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Camous" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932232v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932311v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03705441v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hertzog" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03641304v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Douma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03472102v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wodociag" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02297593v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Caron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Boisvert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02446842v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Lutz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01878164v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01882815v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03471988v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095528v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01623170v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188774v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvia Lepori" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899731v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479525v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00456209v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Azan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522301v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558066v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Clementz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769053v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00548093v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Niglis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769052v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769055v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584611v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587432v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05329605v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04208152v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932172v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932165v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782311411256-repenser-le-management-des-organisations-publiques-sous-le-prisme-du-controle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03584012v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Burkhardt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Poincelot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01843003v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mazars-Chapelon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114439v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vuibert.fr/ouvrage-9782311400960-le-controle-de-gestion-aujourd-hui.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220082v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334833v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05046425v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101809v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.122.0095" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04298364v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Renaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04298333v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03932198v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867833v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.130.0015" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03487565v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0201" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03514883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03480983v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03451931v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.083.0006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02065157v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/accra.004.0033" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02884601v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.112.0059" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03200032v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.114.0065" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02297388v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.291.0121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02297406v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Discours" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01622060v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467909v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.222.0109" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01622100v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116079v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Durat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.29.145-165" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607162v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17465661111149575" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263409v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607175v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.152.0061" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769062v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769061v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867898v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04150668v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182689v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723238v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meyssonnier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van der Ghinst" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Salvestrin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01776661v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001NAN22003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>