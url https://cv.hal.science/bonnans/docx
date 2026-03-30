--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -249,4062 +249,4062 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03855267v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Large-scale nonconvex optimization: randomization, gap estimation, and numerical resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Oudjane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Journal on Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (4), pp.3083-3113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/22M1488892⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631702v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Lagrangian approach for aggregative mean field games of controls with mixed and final constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frédéric Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justina Gianatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 61 (1), pp.105-134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/21M1407720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03174167v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and optimal control of a two-species bioproducing microbial consortium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davin Lunz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Applied Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 83 (1), pp.144-171. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/22M1476113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03479385v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-posedness of the shooting algorithm for control-affine problems with a scalar state constraint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bean San Goh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational and Applied Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s40314-023-02346-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04134841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...26 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Error estimates of a theta-scheme for second-order mean field games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cheng Wan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1137/22M1488892⟩</w:t>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (4), pp.2493-2528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2023059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175251v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control of bioproduction in the presence of population heterogeneity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davin Lunz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Ruess</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mathematical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 86 (3), pp.43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00285-023-01876-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445175v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decomposition of convex high dimensional aggregative stochastic control problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Seguret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Alasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio de Paola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Oudjane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Mathematics and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 88 (8), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00245-023-09977-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917014v5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrete potential mean field games: duality and numerical resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frédéric Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Programming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 202 (1-2), pp.241-278. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10107-023-01934-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03260057v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Clémence Alasseur</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bilevel Energy Management Strategy for HEVs Under Probabilistic Traffic Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Le Rhun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni de Nunzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martinon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (2), pp.728-739. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCST.2021.3073607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control techniques based on infection age for the study of the COVID-19 epidemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justina Gianatti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/mmnp/2020035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02558980v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">State-constrained control-affine parabolic problems I: First and Second order necessary optimality conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Soledad Aronna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Kröner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Set-Valued and Variational Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control of state constrained age-structured problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justina Gianatti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 58 (4), pp.2206--2235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164310v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the time discretization of stochastic optimal control problems: the dynamic programming approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justina Gianatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cocv/2018045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01474285v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schauder Estimates for a Class of Potential Mean Field Games of Controls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Hadikhanloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mathematics and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 88 (8), pp.35. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019, pp.34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control of PDEs in a complex space setting; application to the Schrödinger equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Kröner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/m2an/2023059⟩</w:t>
+              <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 57 (2), pp.1390-1412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/17M1117653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Jakob Ruess</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variational analysis for options with stochastic volatility and multiple factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Kröner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SIAM Journal on Financial Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (2), pp.465-492</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Thomas Leroy</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01516011v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Continuous Optimal Control Approaches to Microgrid Energy Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Heymann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martinon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lanas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), pp.59-77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Justina Gianatti</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129393v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Error estimates for the Euler discretization of an optimal control problem with first-order state constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriano Festa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 55 (2), pp.445--471</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">M Soledad Aronna</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093229v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second order analysis of state-constrained control-affine problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Axel Kröner</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bean San Goh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Programming, Series A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 160 (1), pp.115-147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01081111v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A General Optimal Multiple Stopping Problem with an Application to Swing Options</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imene Ben Latifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Mnif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stochastic Analysis and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33 (4), pp.715-739. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07362994.2015.1037592⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01248283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second-order necessary conditions in Pontryagin form for optimal control problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 52 (6), pp.3887-3916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/130923452⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensitivity analysis for the outages of nuclear power plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kengy Barty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (2), pp.371-406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12667-013-0096-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00671186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of local quadratic growth for strong minima in the optimal control of semi-linear elliptic equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Térence Bayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 366 (4), pp.2063--2087. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/S0002-9947-2013-05961-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00632308v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second-order sufficient conditions for strong solutions to optimal control problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (03), pp.704-724. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cocv/2013080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control of a semilinear parabolic equation with singular arcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optimization Methods and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (2), pp.964-978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10556788.2013.830220⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00740698v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of running strategies based on anaerobic energy and variations of velocity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Aftalion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Journal on Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 74 (5), pp.1615-1636</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00851182v5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First and second order optimality conditions for optimal control problems of state constrained integral equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constanza de La Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 159 (1), pp.1-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10957-013-0299-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00697504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A model-free no-arbitrage price bound for variance options</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolu Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Mathematics and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 68 (1), pp.43-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00245-013-9197-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00634387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Shooting Algorithm for Optimal Control Problems with Singular Arcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martinon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 158 (2), pp.419-459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10957-012-0254-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00631332v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensitivity analysis for relaxed optimal control problems with final-state constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oana Silvia Serea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 89, pp.55-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.na.2013.04.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00702246v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Error estimates for the logarithmic barrier method in stochastic linear quadratic optimal control problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Systems and Control Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 61 (1), pp.143-147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00537229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First and second order necessary conditions for stochastic optimal control problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Mathematics and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 65 (3), pp.403-439</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00537227v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of a local quadratic growth of the Hamiltonian for control constrained optimal control problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frédéric Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai P. Osmolovskii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dynamics of Continuous, Discrete and Impulsive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (1-2), pp.1-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00577604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quadratic conditions for bang-singular extremals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei V. Dmitruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Lotito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Numerical Algebra, Control and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, A special issue dedicated to Professor Helmut Maurer on the occasion of his 65th. birthday, 2 (3), pp.511-546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/naco.2012.2.511⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00605128v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asymptotic expansions for interior penalty solutions of control constrained linear-quadratic problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bolte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Programming, Series A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 135 (1-2), pp.473-507</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00365540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energy contracts management by stochastic programming techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Cen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Christel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of Operations Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 200 (1), pp.199-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10479-011-0973-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00486897v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal structure of gas transmission trunklines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean André</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optimization and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (1), pp.175-198</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00350522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asymptotic expansions for interior solutions of semilinear elliptic problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (6), pp.2494-2517</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00436768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of convex lexicographical optimization to the balance of GRTgaz gas grid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Paraisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Veyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizic Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (3), pp.415--423</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00773348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control of state constrained integral equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constanza de La Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Set-Valued and Variational Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
+              <w:t xml:space="preserve">, 2010, 18 (3), pp.307-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Justina Gianatti</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00473952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control of a parabolic equation with time-dependent state constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Jaisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 58 (4), pp.2206--2235</w:t>
-[...2779 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2010, 48 (7), pp.4550-4571</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00348854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -4463,50 +4463,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00465660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Second-order analysis of optimal control problems with control and initial-final state constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai P. Osmolovskii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Convex Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 17 (3), pp.885-913</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00335869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quadratic growth conditions in optimal control problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4515,549 +4597,467 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contemporary mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Nonlinear Analysis and Optimization II: Optimization, 514, pp.85--98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00773349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Nikolai P. Osmolovskii</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second-order Analysis for Optimal Control Problems with Pure State Constraints and Mixed Control-State Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hermant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Convex Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 17 (3), pp.885-913</w:t>
+              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (C), Analyse non linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (2), pp.561-598</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00778357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Planning reinforcement on gas transportation networks with optimization methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cornibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 197 (3), pp.1019-1027</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00773346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control problems with mixed constraints and application to an optimal investment problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Tiba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 4, pp.293-306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00533579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical study of optimal trajectories with singular arcs for an Ariane 5 launcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Laurent-Varin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trélat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 32 (1), pp.51--55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00312012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Planning reinforcement on gas transportation networks with optimization methods</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting the Analysis of Optimal Control Problems with Several State Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...176 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hermant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control and Cybernetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 38 (4), pp.1021--1052</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5108,51 +5108,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trélat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 139 (2), pp.439--461</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5649,174 +5649,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01639731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Singular arcs in the optimal control of a parabolic equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th European Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The shooting approach to optimal control problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC International Workshop on Adaptation and Learning in Control and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Giri, Fouad, Jul 2013, Caen, France. pp.281-292, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20130703-3-FR-4038.00158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3182/20130703-3-FR-4038.00158⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-00830896v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00845704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Stochastic Dynamic Principle for Hybrid Systems with Execution Delay and Decision Lags</w:t>
               </w:r>
@@ -7422,51 +7422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trélat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-6157, INRIA. 2007, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -7514,51 +7514,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Laurent-Varin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-6170, INRIA. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -7574,4638 +7574,4638 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00143515v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fast computation of the leastcore and prenucleolus of cooperative games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-5956, INRIA. 2006, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00087029v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Stability and Sensitivity Analysis for Optimal Control Problems with a First-order State Constraint having (nonessential) Touch Points</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hermant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] 2006, pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00087573v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-Posedness of the Shooting Algorithm for State Constrained Optimal Control Problems with a Single Constraint and Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hermant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-5889, INRIA. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00071379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Fast computation of the leastcore and prenucleolus of cooperative games</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">No-gap Second-order Optimality Conditions for Optimal Control Problems with a Single State Constraint and Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-5956, INRIA. 2006, pp.15</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-5837, INRIA. 2006, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">No-gap Second-order Optimality Conditions for Optimal Control Problems with a Single State Constraint and Control</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00070189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Error estimates for a stochastic impulse control problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-5837, INRIA. 2006, pp.30</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Maroso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasnaa Zidani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-5606, INRIA. 2005, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00070401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Interior-Point Approach to Trajectory Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bérend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laurent-Varin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Haddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Talbot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-5613, INRIA. 2005, pp.32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00070395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Error estimates for stochastic differential games: the adverse stopping case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Maroso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasnaa Zidani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-5606, INRIA. 2005, pp.31</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-5441, INRIA. 2004, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00070566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computation of order conditions for symplectic partitioned Runge-Kutta schemes with application to optimal control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Laurent-Varin</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-5398, INRIA. 2004, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00070605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A fast algorithm for the two dimensional HJB equation of stochastic control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Ottenwaelter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasnaa Zidani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-5078, INRIA. 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00071505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perturbation analysis of second-order cone programming problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héctor Ramírez C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-5293, INRIA. 2004, pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00070707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The obstacle problem for water tanks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Smaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4811, INRIA. 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00071775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parametric optimization of hybrid car engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ketfi-Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk von Wissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Sagastizábal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4674, INRIA. 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00071911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation de la volatilité locale d'actifs financiers par une méthode d'inversion numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Volle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-4648, INRIA. 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00071937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discrete Approximations of the Hamilton-Jacobi Equation for an Optimal Control Problem of a Differential-Algebraic System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasnaa Zidani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4265, INRIA. 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consistency of Generalized Finite Difference Schemes for the Stochastic HJB Equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasnaa Zidani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4162, INRIA. 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using Logarithmic Penalties in the Shooting Algorithm for Optimal Control Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4237, INRIA. 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proximal Decomposition Method for solving Global Survivability in Telecommunication Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounir Haddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-5613, INRIA. 2005, pp.32</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Lisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Rébaï</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4055, INRIA. 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A fast algorithm for the two dimensional HJB equation of stochastic control</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Implementation of the Shooting Algorithm for Solving Optimal Control Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Ottenwaelter</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RT-0240, INRIA. 2000, pp.24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00069932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interior Point Methods With Decomposition For Multicommodity Flow Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Haddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Lisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Rébaï</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-3852, INRIA. 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal Control Problems with Partially Polyhedric Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasnaa Zidani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-5078, INRIA. 2004</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-3349, INRIA. 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Computation of order conditions for symplectic partitioned Runge-Kutta schemes with application to optimal control</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathematical Study of very High Voltage Power Networks III: The Optimal AC Power Flow Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-5398, INRIA. 2004, pp.18</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-3268, INRIA. 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Error estimates for stochastic differential games: the adverse stopping case</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asymptotic Analysis of Congested Communication Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-5441, INRIA. 2004, pp.28</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Haddou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-3133, INRIA. 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Perturbation analysis of second-order cone programming problems</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensitivity Analysis of Optimization Problems under Second Order Regular Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-5293, INRIA. 2004, pp.23</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Cominetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2989, INRIA. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The obstacle problem for water tanks</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second Order Necessary and Sufficient Optimality Conditions under Abstract Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4811, INRIA. 2003</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Cominetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2952, INRIA. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Parametric optimization of hybrid car engines</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization Problems with perturbations : A Guided Tour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4674, INRIA. 2002</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2872, INRIA. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Estimation de la volatilité locale d'actifs financiers par une méthode d'inversion numérique</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second Order Analysis for Control Constrained Optimal Control Problems of Semilinear Elliptic Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] RR-4648, INRIA. 2002</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-3014, INRIA. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Discrete Approximations of the Hamilton-Jacobi Equation for an Optimal Control Problem of a Differential-Algebraic System</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perturbed Path Following Interior Point Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4265, INRIA. 2001</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Pola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Rébaï</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2745, INRIA. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Consistency of Generalized Finite Difference Schemes for the Stochastic HJB Equation</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00073947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathematical study of very high voltage power networks II: The AC Power Flow Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4162, INRIA. 2001</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2544, INRIA. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Using Logarithmic Penalties in the Shooting Algorithm for Optimal Control Problems</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perturbed optimization in Banach spaces III: Semi-infinite optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4237, INRIA. 2001</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Cominetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2404, INRIA. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Proximal Decomposition Method for solving Global Survivability in Telecommunication Network</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infeasible path following algorithms for linear complementarity problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4055, INRIA. 2000</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian A. Potra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2445, INRIA. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">An Implementation of the Shooting Algorithm for Solving Optimal Control Problems</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perturbed optimization in Banach spaces II : a theory based on a strong directional constraint qualification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RT-0240, INRIA. 2000, pp.24</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Cominetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2161, INRIA. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Interior Point Methods With Decomposition For Multicommodity Flow Problems</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Large scale direct optimal control applied to the re-entry problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-3852, INRIA. 2000</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2402, INRIA. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Optimal Control Problems with Partially Polyhedric Constraints</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quadratic growth and stability in convex programming problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-3349, INRIA. 1998</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander D. Ioffe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2403, INRIA. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast convergence of the simplified largest step path following algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis C. Gonzaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-3268, INRIA. 1997</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-2433, INRIA. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Asymptotic Analysis of Congested Communication Networks</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathematical study of very high voltage power networks I: The optimal DC power flow problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-3133, INRIA. 1997</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2408, INRIA. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sensitivity Analysis of Optimization Problems under Second Order Regular Constraints</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second-order sufficiency and quadratic growth for non isolated minima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander D. Ioffe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1853, INRIA. 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Trust region affine interior point algorithm for convex and nonconvex quadratic programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Bouhtou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1947, INRIA. 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convergence of interior point algorithms for the monotone linear complementarity problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis C. Gonzaga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2074, INRIA. 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perturbed optimization in Banach spaces I : a general theory based on a weak directional constraint qualification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Cominetti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2024, INRIA. 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Trust region interior point algorithm for linearly constrained optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Pola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1948, INRIA. 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pseudopower expansion of solutions of generalized equations and constrained optimization problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1956, INRIA. 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00074717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An extension of Pontryagin's principle for state-constrained optimal control of semilinear elliptic equations and variational inequalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1747, INRIA. 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00076987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An implicit trust region algorithm for constrained optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1780, INRIA. 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00077020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rates of convergence of Newton type methods for variational inequalities and nonlinear programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1260, INRIA. 1990</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensitivity analysis of parametrized programs under cone constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Shapiro</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2989, INRIA. 1996</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1348, INRIA. 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Optimization Problems with perturbations : A Guided Tour</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pontryagin's principle in the control of semilinear elliptic variational inequalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2872, INRIA. 1996</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tiba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-1134, INRIA. 1989</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Second Order Necessary and Sufficient Optimality Conditions under Abstract Constraints</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un principe de Pontryagine pour le controle des systemes semilineaires elliptiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2952, INRIA. 1996</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-1099, INRIA. 1989</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Second Order Analysis for Control Constrained Optimal Control Problems of Semilinear Elliptic Systems</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Directional derivatives of optimal solutions in smooth nonlinear programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-3014, INRIA. 1996</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-1006, INRIA. 1989</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Perturbed Path Following Interior Point Algorithms</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theorie de la penalisation exacte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2745, INRIA. 1995</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-0743, INRIA. 1987</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Mathematical study of very high voltage power networks II: The AC Power Flow Problem</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the stability of sets defined by a finite number of equalities and inequalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2544, INRIA. 1995</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-0738, INRIA. 1987</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Perturbed optimization in Banach spaces II : a theory based on a strong directional constraint qualification</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control of semilinear multistate systems with state constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2161, INRIA. 1994</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-0722, INRIA. 1987</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Infeasible path following algorithms for linear complementarity problems</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00075830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux etudes en programmation non lineaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2445, INRIA. 1994</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-0548, INRIA. 1986</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Perturbed optimization in Banach spaces III: Semi-infinite optimization</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00076006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controle des systemes non lineaires comportant des contraintes distribuees sur l'etat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2404, INRIA. 1994</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-0300, INRIA. 1984</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Large scale direct optimal control applied to the re-entry problem</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00076257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asymptotic admissibility of the unity stepsize in exact penalty methods I:Equality-constrained problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2402, INRIA. 1994</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-0273, INRIA. 1984</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Quadratic growth and stability in convex programming problems</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00076285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controle de domaines temporels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2403, INRIA. 1994</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Saguez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-0308, INRIA. 1984</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00076249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A variant of a projected variable metric method for bound constrained optimization problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-2433, INRIA. 1994</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-0242, INRIA. 1983</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Mathematical study of very high voltage power networks I: The optimal DC power flow problem</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00076316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On an algorithm for optimal control using Pontryagin's maximum principle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Frederic Bonnans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-2408, INRIA. 1994</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-0254, Inria. 1983</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...1580 lines deleted...]
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00076304v1</w:t>
-              </w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">inria-00076316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis and control of a non-linear parabolic unstable system</w:t>
               </w:r>
@@ -12514,51 +12514,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9AB60F40"/>
+    <w:nsid w:val="CC7E9429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12745,51 +12745,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bonnans" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855267v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Fr&#233;d&#233;ric Bonnans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mirebeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00365-023-09672-y" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03174167v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fr&#233;d&#233;ric Bonnans" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina Gianatti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pfeiffer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1407720" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479385v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davin Lunz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/22M1476113" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04134841v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Soledad Aronna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bean San Goh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40314-023-02346-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631702v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Liu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Oudjane" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Wan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/22M1488892" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03260057v3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavigne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-01934-8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02917014v5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Seguret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Alasseur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Paola" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-023-09977-1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175251v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023059" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03445175v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Ruess" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-023-01876-x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03608048v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Rhun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Nunzio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leroy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martinon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2021.3073607" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02558980v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2020035" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03011004v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Soledad Aronna" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frederic Bonnans" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Kr&#246;ner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02164310v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02048437v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Hadikhanloo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474285v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Silva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2018045" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311421v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1117653" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01516011v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01129393v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Heymann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lanas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093229v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Frederic Bonnans" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Festa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01081111v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01248283v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Ben Latifa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mnif" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07362994.2015.1037592" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00632308v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Bayen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Silva" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9947-2013-05961-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825260v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dupuis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2013080" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825273v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/130923452" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00671186v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kengy Barty" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12667-013-0096-y" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00740698v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2013.830220" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00851182v5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Aftalion" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00697504v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza de La Vega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-013-0299-3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00634387v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolu Tan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-013-9197-1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00702246v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Silvia Serea" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2013.04.013" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00631332v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-012-0254-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537227v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537229v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577604v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai P. Osmolovskii" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00605128v3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei V. Dmitruk" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Lotito" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/naco.2012.2.511" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00365540v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Alvarez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bolte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00486897v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Cen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Christel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-011-0973-5" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00350522v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Andr&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436768v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773348v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Paraisy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Veyrat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Adam" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00473952v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00348854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jaisson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00533583v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebelle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2010003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00465660v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773349v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00335869v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00533579v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tiba" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312012v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurent-Varin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773346v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cornibert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00778357v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hermant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00778363v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312010v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074821v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charles Gilbert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lemar&#233;chal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sagastiz&#225;bal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01585756" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383521v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55874-1_72" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01643177v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rommel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gregorutti" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01639731v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2017-179" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00830896v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00158" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845704v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688517v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aouchiche" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Granato" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa Zidani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01643188v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04150121v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/mathematics/applications/book/978-3-540-35445-1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-35447-5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04150305v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-05078-1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04150172v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783540631835" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00579668v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01090084v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousseau Gr&#233;gory" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01067112v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247050v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816400v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01205854v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642932v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Spiers" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-L&#233;opold Vie" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642919v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00634417v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00139273v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00143515v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00087573v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071379v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00087029v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Andre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070189v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070401v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Maroso" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070395v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;rend" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Haddou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Talbot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071505v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ottenwaelter" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070605v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070566v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070707v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Ram&#237;rez C" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071775v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bessi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Smaoui" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071911v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Guilbaud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ketfi-Cherif" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk von Wissel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071937v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cognet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Volle" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072322v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chartier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072460v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072350v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072582v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Lisser" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja R&#233;ba&#239;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00069932v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maurin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072804v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073340v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073421v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073556v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073709v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cominetti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shapiro" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073819v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073746v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073680v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073947v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pola" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074134v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074511v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074230v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian A. Potra" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074271v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074273v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Launay" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074272v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander D. Ioffe" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074242v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis C. Gonzaga" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074267v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074726v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Bouhtou" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074819v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074597v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074647v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074725v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pola" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074717v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076987v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Casas" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077020v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075298v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075211v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075425v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tiba" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075460v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075552v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075809v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075814v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075830v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076006v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076285v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076257v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076249v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreno" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Saguez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076304v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076316v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076338v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076458v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01024231v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bonnans" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855267v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Fr&#233;d&#233;ric Bonnans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mirebeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00365-023-09672-y" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631702v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fr&#233;d&#233;ric Bonnans" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Liu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Oudjane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pfeiffer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Wan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/22M1488892" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03174167v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina Gianatti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1407720" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479385v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davin Lunz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/22M1476113" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04134841v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Soledad Aronna" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bean San Goh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40314-023-02346-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175251v3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023059" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03445175v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Ruess" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-023-01876-x" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02917014v5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Seguret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Alasseur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Paola" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-023-09977-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03260057v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavigne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-01934-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03608048v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Rhun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Nunzio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leroy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martinon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2021.3073607" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02558980v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2020035" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03011004v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Soledad Aronna" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frederic Bonnans" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Kr&#246;ner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02164310v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474285v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Silva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2018045" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02048437v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Hadikhanloo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311421v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1117653" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01516011v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01129393v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Heymann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lanas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093229v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Frederic Bonnans" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Festa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01081111v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01248283v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Ben Latifa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mnif" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07362994.2015.1037592" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825273v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dupuis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/130923452" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00671186v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kengy Barty" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12667-013-0096-y" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00632308v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Bayen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Silva" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9947-2013-05961-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825260v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2013080" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00740698v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2013.830220" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00851182v5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Aftalion" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00697504v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza de La Vega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-013-0299-3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00634387v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolu Tan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-013-9197-1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00631332v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-012-0254-8" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00702246v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Silvia Serea" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2013.04.013" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537229v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537227v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577604v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai P. Osmolovskii" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00605128v3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei V. Dmitruk" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Lotito" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/naco.2012.2.511" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00365540v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Alvarez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bolte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00486897v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Cen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Christel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-011-0973-5" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00350522v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Andr&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436768v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773348v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Paraisy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Veyrat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Adam" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00473952v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00348854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jaisson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00533583v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebelle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2010003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00465660v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00335869v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773349v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00778357v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hermant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773346v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cornibert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00533579v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tiba" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312012v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurent-Varin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00778363v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312010v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074821v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charles Gilbert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lemar&#233;chal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sagastiz&#225;bal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01585756" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383521v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55874-1_72" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01643177v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rommel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gregorutti" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01639731v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2017-179" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845704v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00830896v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00158" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688517v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aouchiche" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Granato" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa Zidani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01643188v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04150121v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/mathematics/applications/book/978-3-540-35445-1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-35447-5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04150305v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-05078-1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04150172v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783540631835" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00579668v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01090084v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousseau Gr&#233;gory" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01067112v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247050v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816400v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01205854v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642932v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Spiers" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-L&#233;opold Vie" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642919v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00634417v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00139273v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00143515v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00087029v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Andre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00087573v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071379v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070189v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070401v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Maroso" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070395v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;rend" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Haddou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Talbot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070566v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070605v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071505v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ottenwaelter" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070707v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Ram&#237;rez C" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071775v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bessi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Smaoui" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071911v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Guilbaud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ketfi-Cherif" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk von Wissel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071937v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cognet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Volle" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072322v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chartier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072460v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072350v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072582v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Lisser" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja R&#233;ba&#239;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00069932v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maurin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072804v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073340v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073421v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073556v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073709v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cominetti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shapiro" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073746v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073819v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073680v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073947v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pola" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074134v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074271v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074230v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian A. Potra" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074511v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074273v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Launay" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074272v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander D. Ioffe" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074242v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis C. Gonzaga" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074267v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074819v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074726v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Bouhtou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074597v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074647v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074725v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pola" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074717v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076987v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Casas" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077020v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075298v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075211v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075425v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tiba" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075460v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075552v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075809v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075814v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075830v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076006v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076257v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076285v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076249v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreno" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Saguez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076316v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076304v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076338v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076458v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01024231v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>