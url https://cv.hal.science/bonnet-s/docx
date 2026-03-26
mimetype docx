--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -237,291 +237,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04894736v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steel fiber-reinforced slag-based concretes for floats of FOWTs – The case of a slab as a preliminary approach: design, durability under chloride exposure and Life Cycle Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Reuge</w:t>
+                <w:t xml:space="preserve">Influence of corn starch gel on the mechanical properties of compressed earth blocks made with termite mound soil from Macrotermes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berthia Malonga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Ventura</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Issaadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cscm.2025.e04824⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (10), pp.358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-025-02877-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05523300v1</w:t>
+                <w:t xml:space="preserve">hal-05389394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of corn starch gel on the mechanical properties of compressed earth blocks made with termite mound soil from Macrotermes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Berthia Malonga</w:t>
+                <w:t xml:space="preserve">Steel fiber-reinforced slag-based concretes for floats of FOWTs – The case of a slab as a preliminary approach: design, durability under chloride exposure and Life Cycle Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Reuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Poullain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+                <w:t xml:space="preserve">Laurence Guihéneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+                <w:t xml:space="preserve">Olivier Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabil Issaadi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Ventura</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 58 (10), pp.358. </w:t>
+              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23, pp.e04824. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1617/s11527-025-02877-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cscm.2025.e04824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389394v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability of the laboratory cob specimens manufacturing: Variability of hygrothermal properties at the wall scale</w:t>
               </w:r>
@@ -533,64 +533,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junior Tchiotsop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 497, pp.143289. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
@@ -735,360 +735,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05444898v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of drying and imbibition of concrete using embedded resistivity sensors for the estimation of permeability</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Test methods for chloride diffusivity of blended cement pastes: a review by RILEM TC 298-EBD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Neven Ukrainczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arezou Babaahmadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liming Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Zausinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2024.105900⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (10), pp.324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-025-02809-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05076591v1</w:t>
+                <w:t xml:space="preserve">hal-05386550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test methods for chloride diffusivity of blended cement pastes: a review by RILEM TC 298-EBD</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Liming Huang</w:t>
+                <w:t xml:space="preserve">Monitoring of drying and imbibition of concrete using embedded resistivity sensors for the estimation of permeability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Reuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Zausinger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 58 (10), pp.324. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 157, pp.105900. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1617/s11527-025-02809-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2024.105900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05386550v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05076591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evaluation of the time lag and decrement factor of a raw earth wall for various climates: Comparison of different methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Elias Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Othmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1133,2544 +1133,2544 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05298086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of hygrothermal performance of raw earth envelope at overall building scale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yassine Elias Belarbi</w:t>
+                <w:t xml:space="preserve">Local and global sensitivity analysis of a coupled heat and moisture transfers model: effect of the variability of cob material properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junior Tchiotsop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Yacine Ferroukhi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy and Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 310, pp.114119. </w:t>
+              <w:t xml:space="preserve">Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60, pp.67-87. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.enbuild.2024.114119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00231-023-03409-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04541889v1</w:t>
+                <w:t xml:space="preserve">hal-04231642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analytical model for the long term slag hydration kinetics in slag blended cement established from a large experimental database</w:t>
+                <w:t xml:space="preserve">Surface calibration of electromagnetic properties to simultaneously consider water and chloride contents in concrete both with and without slag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jack Atallah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
+                <w:t xml:space="preserve">Mohamad Khodor El Achrafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 448, pp.138160. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.138160⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 417, pp.135176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.135176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04703403v1</w:t>
+                <w:t xml:space="preserve">hal-04930421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface calibration of electromagnetic properties to simultaneously consider water and chloride contents in concrete both with and without slag</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Villain</w:t>
+                <w:t xml:space="preserve">Assessment of hygrothermal performance of raw earth envelope at overall building scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Elias Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Yacine Ferroukhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Issaadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.135176⟩</w:t>
+              <w:t xml:space="preserve">Energy and Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 310, pp.114119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enbuild.2024.114119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04930421v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04541889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of chloride spatial variability in a reinforced concrete wharf from on-site measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An analytical model for the long term slag hydration kinetics in slag blended cement established from a large experimental database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Atallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Clerc</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Othmen Ines</w:t>
+                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASCE-ASME Journal of Risk and Uncertainty in Engineering Systems, Part A: Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1061/AJRUA6.RUENG-1214⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 448, pp.138160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.138160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04494998v2</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution to a better understanding of long-term hydration, structuration and mechanical properties of slag based cementitious materials: Experimental and modeling approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling of chloride spatial variability in a reinforced concrete wharf from on-site measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mestapha Oumouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamad Ali Ahmad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
+                <w:t xml:space="preserve">Othmen Ines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie L’hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.134664⟩</w:t>
+              <w:t xml:space="preserve">ASCE-ASME Journal of Risk and Uncertainty in Engineering Systems, Part A: Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/AJRUA6.RUENG-1214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04381726v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04494998v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local and global sensitivity analysis of a coupled heat and moisture transfers model: effect of the variability of cob material properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junior Tchiotsop</w:t>
+                <w:t xml:space="preserve">Contribution to a better understanding of long-term hydration, structuration and mechanical properties of slag based cementitious materials: Experimental and modeling approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ali Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Buttin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poullain</w:t>
+                <w:t xml:space="preserve">Valérie L’hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 60, pp.67-87. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 411, pp.134664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00231-023-03409-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.134664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231642v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04381726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis of a physicochemical model of chloride ingress into real concrete structures subjected to long-term exposure to tidal cycles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Bignonnet</w:t>
+                <w:t xml:space="preserve">Estimation de facteurs géométriques pour des mesures de résistivité avec des géométries de complexité croissante dans le béton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssein Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ocean Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apor.2023.103622⟩</w:t>
+              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Diagnobéton 2023, special issue, 41 (4), pp.194-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.41.4.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04136337v1</w:t>
+                <w:t xml:space="preserve">hal-04283263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of microencapsulated phase change materials on chloride ion transport properties of geopolymers incorporating slag and, metakaolin, and cement-based mortars</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bouha El Moustapha</w:t>
+                <w:t xml:space="preserve">Sensitivity analysis of a physicochemical model of chloride ingress into real concrete structures subjected to long-term exposure to tidal cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Reuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2023.106887⟩</w:t>
+              <w:t xml:space="preserve">Applied Ocean Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 138, pp.103622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apor.2023.103622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163466v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04136337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring du séchage de bétons au laitier par capteur noyé de résistivité en vue de l'estimation des propriétés de transport</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Villain</w:t>
+                <w:t xml:space="preserve">Effects of microencapsulated phase change materials on chloride ion transport properties of geopolymers incorporating slag and, metakaolin, and cement-based mortars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouha El Moustapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Froelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26168/ajce.41.4.13⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 74, pp.106887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2023.106887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283228v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical resistivity tomography results analyzed with two inversion methods to determine chloride profiles on BFS concrete having very high electrical resistivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamad Khodor El Achrafi</w:t>
+                <w:t xml:space="preserve">Monitoring du séchage de bétons au laitier par capteur noyé de résistivité en vue de l'estimation des propriétés de transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Villain</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Diagnobéton 2023, special issue, 41 (4), pp.108-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.41.4.13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133361⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04310300v1</w:t>
+                <w:t xml:space="preserve">hal-04283228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of cob-earth composites: variability and focus on the different calculation methods of Young's modulus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mircea Barnaure</w:t>
+                <w:t xml:space="preserve">Electrical resistivity tomography results analyzed with two inversion methods to determine chloride profiles on BFS concrete having very high electrical resistivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Khodor El Achrafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 72, pp.106622. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 407, pp.133361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2023.106622⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.133361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04431793v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty quantification of semi-destructive testing for chloride content assessment for a concrete bridge in maritime environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Schoefs</w:t>
+                <w:t xml:space="preserve">Mechanical properties of cob-earth composites: variability and focus on the different calculation methods of Young's modulus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keita Awa Zahui Raissa</w:t>
+                <w:t xml:space="preserve">Mircea Barnaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alan John O’conor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Built Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fbuil.2023.1130066⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72, pp.106622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2023.106622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04316283v1</w:t>
+                <w:t xml:space="preserve">hal-04431793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de facteurs géométriques pour des mesures de résistivité avec des géométries de complexité croissante dans le béton</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Ange Eid</w:t>
+                <w:t xml:space="preserve">Uncertainty quantification of semi-destructive testing for chloride content assessment for a concrete bridge in maritime environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keita Awa Zahui Raissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssein Ibrahim</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+                <w:t xml:space="preserve">Alan John O’conor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Diagnobéton 2023, special issue, 41 (4), pp.194-201. </w:t>
+              <w:t xml:space="preserve">Frontiers in Built Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9, pp.1130066. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26168/ajce.41.4.23⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fbuil.2023.1130066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283263v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Characterization of Raw Earth Properties for Modeling Their Hygrothermal Behavior</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of the natural variability of cob buildings hygric and thermal properties at material scale: Influence of plants add-ons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junior Tchiotsop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Issaadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Belarbi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rafik Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/buildings12050648⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 342, pp.127922. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.127922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03667222v1</w:t>
+                <w:t xml:space="preserve">hal-04271770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring chloride diffusion in BFS concrete using an Electrical Resistivity Tomography device</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental Characterization of Raw Earth Properties for Modeling Their Hygrothermal Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sawadogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Issaadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameur El Amine Hamami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-Journal of Nondestructive Testing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58286/27281⟩</w:t>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (5), pp.648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings12050648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05098547v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03667222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Durability assessment of the oldest concrete structure in the Mediterranean coastline: The Ghazaouet harbour</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+                <w:t xml:space="preserve">Monitoring chloride diffusion in BFS concrete using an Electrical Resistivity Tomography device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Khodor El Achrafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marstruc.2021.103121⟩</w:t>
+              <w:t xml:space="preserve">e-Journal of Nondestructive Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58286/27281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04316355v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the natural variability of cob buildings hygric and thermal properties at material scale: Influence of plants add-ons</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poullain</w:t>
+                <w:t xml:space="preserve">Durability assessment of the oldest concrete structure in the Mediterranean coastline: The Ghazaouet harbour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Touil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Ghomari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafik Belarbi</w:t>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 342, pp.127922. </w:t>
+              <w:t xml:space="preserve">Marine Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 81, pp.103121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.127922⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marstruc.2021.103121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271770v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aggregate size effects on the mechanical behaviour and on the gas permeability at damaged state of cement-based materials with and without slag</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of concrete: setting a new basis for improving both durability and environmental performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Fabien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marta Choinska</w:t>
+                <w:t xml:space="preserve">Van-Loc Ta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2021.1915881⟩</w:t>
+              <w:t xml:space="preserve">Journal of Industrial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (1), pp.233-247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jiec.13059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04316365v1</w:t>
+                <w:t xml:space="preserve">hal-02930197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of concrete: setting a new basis for improving both durability and environmental performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Ventura</w:t>
+                <w:t xml:space="preserve">Aggregate size effects on the mechanical behaviour and on the gas permeability at damaged state of cement-based materials with and without slag</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fabien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Choinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Van-Loc Ta</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+                <w:t xml:space="preserve">Arnaud Pertue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Industrial Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 25 (1), pp.233-247. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (12), pp.5674-5695. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jiec.13059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2021.1915881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02930197v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic difficulties to determine a critical chloride threshold for breakdown of the protective layer of steel reinforcement in a maritime concrete structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Soive</w:t>
+                <w:t xml:space="preserve">Earth buildings with local materials: Assessing the variability of properties measured using non-destructive methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mircea Barnaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sustainable Cement-Based Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21650373.2021.1961325⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 281, pp.122613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.122613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03442350v1</w:t>
+                <w:t xml:space="preserve">hal-03558805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earth buildings with local materials: Assessing the variability of properties measured using non-destructive methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mircea Barnaure</w:t>
+                <w:t xml:space="preserve">Thermodynamic difficulties to determine a critical chloride threshold for breakdown of the protective layer of steel reinforcement in a maritime concrete structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poullain</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 281, pp.122613. </w:t>
+              <w:t xml:space="preserve">Journal of Sustainable Cement-Based Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1--17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.122613⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/21650373.2021.1961325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558805v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03442350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of chemical substance inhibitors on the surface between steel rebar and concrete</w:t>
               </w:r>
@@ -3682,51 +3682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Elshami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Farouk Abdelmagied</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3767,274 +3767,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of corrosion risk due to chloride diffusion for concrete structures in marine environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+                <w:t xml:space="preserve">Novel green plants extract as corrosion inhibiting coating for steel embedded in concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Elshami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Ventura</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Hussein Makhlouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali-Nordine Leklou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marstruc.2020.102804⟩</w:t>
+              <w:t xml:space="preserve">Pigment and Resin Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (6), pp.501-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/prt-09-2019-0078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02930173v1</w:t>
+                <w:t xml:space="preserve">hal-05233458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel green plants extract as corrosion inhibiting coating for steel embedded in concrete</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Elshami</w:t>
+                <w:t xml:space="preserve">Analysis of corrosion risk due to chloride diffusion for concrete structures in marine environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ali-Nordine Leklou</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ventura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pigment and Resin Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 49 (6), pp.501-514. </w:t>
+              <w:t xml:space="preserve">Marine Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 73, pp.102804. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/prt-09-2019-0078⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marstruc.2020.102804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05233458v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02930173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the early-age diffusion of chloride ions in hardening slag-blended mortars on the light of their hydration progress</w:t>
               </w:r>
@@ -4059,51 +4059,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nordine Leklou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 225, pp.485-495. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4131,456 +4131,456 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02413028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of corrosion inhibitors in simulated concrete pore solution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Elshami</w:t>
+                <w:t xml:space="preserve">A numerical model including thermodynamic equilibrium, kinetic control and surface complexation in order to explain cation type effect on chloride binding capability of concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Quan Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Latefa Sail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.1-21. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 191, pp.608 - 618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19648189.2018.1500309⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.10.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01923528v1</w:t>
+                <w:t xml:space="preserve">hal-01923534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical investigation of different analysis methods for chloride profiles within a real structure in a marine environment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effectiveness of corrosion inhibitors in simulated concrete pore solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Elshami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inès Othmen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Schoefs</w:t>
+                <w:t xml:space="preserve">Latefa Sail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 157, pp.96 - 107. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2018.03.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2018.1500309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01923540v1</w:t>
+                <w:t xml:space="preserve">hal-01923528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of the Wenner resistivimeter and Torrent permeameter methods for assessing carbonation depth and saturation level of concrete</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical investigation of different analysis methods for chloride profiles within a real structure in a marine environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Othmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 188, pp.1149-1165. </w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 157, pp.96 - 107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.07.151⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2018.03.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01917049v1</w:t>
+                <w:t xml:space="preserve">hal-01923540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical model including thermodynamic equilibrium, kinetic control and surface complexation in order to explain cation type effect on chloride binding capability of concrete</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combination of the Wenner resistivimeter and Torrent permeameter methods for assessing carbonation depth and saturation level of concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">van Quan Tran</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 191, pp.608 - 618. </w:t>
+              <w:t xml:space="preserve">, 2018, 188, pp.1149-1165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.10.058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.07.151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01923534v1</w:t>
+                <w:t xml:space="preserve">hal-01917049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining chloride content profiles in concrete using an electrical resistivity tomography device</w:t>
               </w:r>
@@ -4713,77 +4713,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of sensitivity analysis in the life cycle design for the durability of reinforced concrete structures in the case of XC4 exposure class</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Loc Ta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ventura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 87 (87), pp.53-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4811,564 +4811,564 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian Network Framework for Statistical Characterisation of Model Parameters from Accelerated Tests: Application to Chloride Ingress Into Concrete</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sources of uncertainties for total chloride profile measurements in concrete: quantization and impact on probability assessment of corrosion initiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh-Binh Tran</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+                <w:t xml:space="preserve">Manuela Salta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structure and Infrastructure Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15732479.2017.1377737⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2017.1375997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01583276v1</w:t>
+                <w:t xml:space="preserve">hal-01923483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources of uncertainties for total chloride profile measurements in concrete: quantization and impact on probability assessment of corrosion initiation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bayesian Network Framework for Statistical Characterisation of Model Parameters from Accelerated Tests: Application to Chloride Ingress Into Concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Binh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Manuela Salta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Structure and Infrastructure Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19648189.2017.1375997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15732479.2017.1377737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01923483v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01583276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel anticorrosive zinc phosphate coating for corrosion prevention of reinforced concrete</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Elshami</w:t>
+                <w:t xml:space="preserve">A new meta-model to calculate carbonation front depth within concrete structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Loc Ta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Latefa Sail</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ventura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 21 (5), pp.572-593. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 129, pp.172-181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19648189.2016.1139507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.10.103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398608v1</w:t>
+                <w:t xml:space="preserve">hal-01602476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new meta-model to calculate carbonation front depth within concrete structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Van-Loc Ta</w:t>
+                <w:t xml:space="preserve">Novel anticorrosive zinc phosphate coating for corrosion prevention of reinforced concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Elshami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Ventura</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latefa Sail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 129, pp.172-181. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (5), pp.572-593. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.10.103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2016.1139507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602476v1</w:t>
+                <w:t xml:space="preserve">hal-01398608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification and uncertainty analysis of a structural monitoring device: detection of chloride in concrete using DC electrical resistivity measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Lecieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trystan Lecieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nondestructive Testing and Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 30 (3), pp.216-232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5557,51 +5557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Djerbi Tegguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Baroghel Bouny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5674,51 +5674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amor Ben Fraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 35, pp.761-771. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5790,51 +5790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Baroghel Bouny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5998,51 +5998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endommagement des ouvrages historiques ou de transport de la côte Atlantique dû à l'environnement marin : méthode de diagnostic et de réparation, maintenance : projet MEDACHS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Yotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Salta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6366,51 +6366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gayelle Fahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FIB Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6435,51 +6435,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring the electrical resistivity profiles of ordinary and slag concrete samples subjected to artificial tidal cycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Eid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6543,103 +6543,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical and Thermal Characterisation of Compressed Earth Blocks Made of Termite Mound Soil (Macrotermes Sp.) Stabilised with Corn Starch Gel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berthia Malonga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fateh Bendahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICEC 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Edimbourg (Ecosse), United Kingdom. pp.122-131, </w:t>
@@ -6671,598 +6671,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05298112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Hydration Properties for Blast Furnace Slag-Blended Cement: Prediction of Slag Hydration Kinetics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Monitoring of the hydration of Portland concrete using embedded resistivity sensors: validation with modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Atallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SynerCrete 2023: International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NDE NucCon 2023 - International Conference on Non-destructive Evaluation of Concrete in Nuclear Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Espoo, Finland. pp.237-243</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193828v1</w:t>
+                <w:t xml:space="preserve">hal-04303717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Benchmarking of Slag Blended Cement Hydration Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Atallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International RILEM Conference on Synergising expertise towards sustainability and robustness of cement-based materials and concrete structures. SynerCrete’23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RILEM, Jun 2023, Milos Island, Greece. pp.23-33, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi ionic penetration in Slag or Fly Ash Cementitious Matrices: Mechanisms and Modelling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anthony Soive</w:t>
+                <w:t xml:space="preserve">Study of Hydration Properties for Blast Furnace Slag-Blended Cement: Prediction of Slag Hydration Kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ali Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie L’hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Buttin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Mechanisms and Modelling of Waste / Cement Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SynerCrete 2023: International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Milos, Greece. pp.165-176, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33187-9_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04351118v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport des ions chlorure dans les bétons soumis au marnage : modélisation et étude de sensibilité</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Bignonnet</w:t>
+                <w:t xml:space="preserve">Multi ionic penetration in Slag or Fly Ash Cementitious Matrices: Mechanisms and Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gayelle Fahed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français du Génie Civil (CFGC 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th International Workshop on Mechanisms and Modelling of Waste / Cement Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Prague (CZ), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04262525v1</w:t>
+                <w:t xml:space="preserve">hal-04351118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of the hydration of Portland concrete using embedded resistivity sensors: validation with modelling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Villain</w:t>
+                <w:t xml:space="preserve">Transport des ions chlorure dans les bétons soumis au marnage : modélisation et étude de sensibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Reuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDE NucCon 2023 - International Conference on Non-destructive Evaluation of Concrete in Nuclear Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français du Génie Civil (CFGC 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris, France. pp.196-206, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.41.1.20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303717v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04262525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring de propriétés électriques de bétons au laitier par capteurs noyés au jeune âge</w:t>
               </w:r>
@@ -7287,51 +7287,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Geffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7369,77 +7369,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of metakaolin addition on the mechanical performance of granulated blast furnace slag based geopolymer mortar with micro-encapsulated phase change materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouha El Moustapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isselmou Ahmedou Babah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7494,90 +7494,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloride ingress Spatial Variability assessment : towards accurate maintenance policies optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mestapha Oumouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Othmen Ines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7615,90 +7615,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la dégradation de la couche passive des aciers du béton armé en milieu maritime : modèle thermochimique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Quan Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7848,90 +7848,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parameter identification in chloride ingress from accelerated test using Bayesian network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh-Binh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICASP12 – 12th International Conference on Applications of Statistics and Probability in Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Vancouver, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7991,51 +7991,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amor Ben Fraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8054,611 +8054,611 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01978703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification bayésienne des paramètres des modèles de chloration dans le béton armé</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+                <w:t xml:space="preserve">Bayesian updating for optimization of inspection schedules of chloride ingress into concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Thanh-Binh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées Fiabilité des Matériaux et des Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the 2nd International Symposium on Uncertainty Quantification and Stochastic Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01100758v1</w:t>
+                <w:t xml:space="preserve">hal-01100565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of interface erosion sensibility on compacted cohesive soils</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal configuration for identification of parameters for chloride ingress models using Bayesian networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hong Haï Nguyen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ouali Amiri</w:t>
+                <w:t xml:space="preserve">Thanh Binh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Scour and Erosion (ICSE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Perth, Australia. </w:t>
+              <w:t xml:space="preserve">XIIIèmes Journées Nationales Génie Côtier – Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Dunkerque, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1201/b17703⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2014.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446685v2</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01100756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal configuration for identification of parameters for chloride ingress models using Bayesian networks</w:t>
+                <w:t xml:space="preserve">Characterization of interface erosion sensibility on compacted cohesive soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Binh Tran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Schoefs</w:t>
+                <w:t xml:space="preserve">Didier Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Haï Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIèmes Journées Nationales Génie Côtier – Génie Civil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5150/jngcgc.2014.077⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Scour and Erosion (ICSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Perth, Australia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/b17703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01100756v1</w:t>
+                <w:t xml:space="preserve">hal-04446685v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification and Uncertainty Analysis of a Structural Monitoring Device : Application to the Detection of Chloride in Concrete Using Electrical Resistivity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Identification bayésienne des paramètres des modèles de chloration dans le béton armé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Binh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EWSHM - 7th European Workshop on Structural Health Monitoring</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFFSTTAR, Inria, Université de Nantes, Jul 2014, Nantes, France</w:t>
+              <w:t xml:space="preserve">8èmes Journées Fiabilité des Matériaux et des Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01022986v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01100758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian updating for optimization of inspection schedules of chloride ingress into concrete</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification and Uncertainty Analysis of a Structural Monitoring Device : Application to the Detection of Chloride in Concrete Using Electrical Resistivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Lecieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tran Thanh-Binh</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+                <w:t xml:space="preserve">Michel Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 2nd International Symposium on Uncertainty Quantification and Stochastic Modeling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Rouen, France</w:t>
+              <w:t xml:space="preserve">EWSHM - 7th European Workshop on Structural Health Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFFSTTAR, Inria, Université de Nantes, Jul 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01100565v1</w:t>
+                <w:t xml:space="preserve">hal-01022986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des paramètres de composition et de conservation sur le transfert de chlorures dans les matrices cimenatires</w:t>
               </w:r>
@@ -8683,51 +8683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mounanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRANSFERT12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8765,64 +8765,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural reliability analysis of deteriorating RC bridges considering spatial variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung-Viet Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8886,77 +8886,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of non destructive testing when assessing stationary stochastic processes: application to water and chloride content in concrete-Part I and II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung-Viet Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9050,51 +9050,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nourredine Houhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRANSFERT12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9119,64 +9119,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian identification of uncertainties in chloride ingress modeling into reinforced concrete structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9266,51 +9266,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nourredine Houhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIXe Rencontres Universitaires de Génie Civil, AUGC 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Tlémcen, Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9335,77 +9335,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification bayésienne des paramètres de modélisation de la pénétration des ions chlorure dans le béton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manh Tuan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9491,51 +9491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mounanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INVACO2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9612,51 +9612,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Applications of Statistics and Probability in Civil Engineering, (ICASP'11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Zurich, Switzerland</w:t>
@@ -9698,51 +9698,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repair materials durability of structures in marine environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Choinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9806,64 +9806,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en compte de l'erreur de mesure dans l'optimisation de l'auscultation de structures vieillissantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9940,51 +9940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amor Ben Fraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIIe Rencontres Universitaires de Génie Civil - AUGC 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, La Bourboule, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10035,51 +10035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Benmeddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10128,498 +10128,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01007985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Error Measurement of Chloride Profiles on Reliability Assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of drying-wetting cycles on chloride ingress into concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amor Ben Fraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Schoefs</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ricardo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Salta</w:t>
+                <w:t xml:space="preserve">Roger Coue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICOSSAR'09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Osaka, Japan</w:t>
+              <w:t xml:space="preserve">RILEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01008096v1</w:t>
+                <w:t xml:space="preserve">hal-01978543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of drying-wetting cycles on chloride ingress into concrete</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of Error Measurement of Chloride Profiles on Reliability Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Coue</w:t>
+                <w:t xml:space="preserve">J. Ricardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Salta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RILEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Toulouse, France</w:t>
+              <w:t xml:space="preserve">ICOSSAR'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01978543v1</w:t>
+                <w:t xml:space="preserve">hal-01008096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of slag on transfer parameters and chloride binding isotherms of concrete</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amor Ben Fraj</w:t>
+                <w:t xml:space="preserve">Migration des ions chlorure dans des bétons fissurés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Djerbi Tegguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Concreep'8</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Transfert 2006 - AUGC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2007.10.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01978524v1</w:t>
+                <w:t xml:space="preserve">hal-01008438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migration des ions chlorure dans des bétons fissurés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Assia Djerbi Tegguer</w:t>
+                <w:t xml:space="preserve">Effect of slag on transfer parameters and chloride binding isotherms of concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amor Ben Fraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Transfert 2006 - AUGC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Concreep'8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Nagoya, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01008438v1</w:t>
+                <w:t xml:space="preserve">hal-01978524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment updating of corrosion accounting uncertainties in modelling and NDT measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Breysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Salta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10664,338 +10664,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01007917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résultats d'auscultation d'un ouvrage maritime en béton armé</w:t>
+                <w:t xml:space="preserve">Effect of mechanical damage on chloride migration into high performance concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Rosquoët</w:t>
+                <w:t xml:space="preserve">A Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Lefort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIVèmes Rencontres Universitaires de Génie Civil, Construire: un nouveau défi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">7th CANMET/ACI International conference on durability of concrete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01008832v1</w:t>
+                <w:t xml:space="preserve">hal-01008099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloride propagation in concrete harbour</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+                <w:t xml:space="preserve">Résultats d'auscultation d'un ouvrage maritime en béton armé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rosquoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lefort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Symposium on Advances in Concrete through Science and Engineering </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Québec, Canada</w:t>
+              <w:t xml:space="preserve">XXIVèmes Rencontres Universitaires de Génie Civil, Construire: un nouveau défi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01007980v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01008832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of mechanical damage on chloride migration into high performance concrete</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A Djerbi</w:t>
+                <w:t xml:space="preserve">Chloride propagation in concrete harbour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rosquoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th CANMET/ACI International conference on durability of concrete</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">2nd International Symposium on Advances in Concrete through Science and Engineering </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01008099v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01007980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of a mechanical damage on chloride diffusivity and gas permeability in concrete</w:t>
               </w:r>
@@ -11007,51 +11007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Baroghel Bouny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11102,51 +11102,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Environment Damage to Atlantic Coast Historical and transport Structures and buildings: methods of assessment and repair. Medachs Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Yotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Salta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. J. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11214,77 +11214,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers résultats expérimentaux sur la diffusion aux ions chlorure et la perméabilité au gaz de bétons endommagés mécaniquement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIIème Colloque Interuniversitaire Franco-Québécois sur la thermique des systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11755,51 +11755,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894736v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reuge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2025.2532800" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523300v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cornet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ventura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2025.e04824" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389394v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthia Malonga" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Issaadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02877-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298100v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Tchiotsop" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.143289" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444898v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Villain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Eid" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma Lopes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/31674" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076591v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Palma Lopes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2024.105900" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386550v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neven Ukrainczyk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezou Babaahmadi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Huang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Zausinger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02809-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298086v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Elias Belarbi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Othmen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.113996" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541889v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Yacine Ferroukhi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114119" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703403v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Atallah" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.138160" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04930421v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Khodor El Achrafi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.135176" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04494998v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Clerc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mestapha Oumouni" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmen Ines" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/AJRUA6.RUENG-1214" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381726v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ali Ahmad" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Buttin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#8217;hostis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.134664" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231642v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-023-03409-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136337v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103622" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163466v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouha El Moustapha" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Khelidj" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maranzana" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Froelich" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.106887" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283228v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.13" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04310300v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133361" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431793v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Barnaure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.106622" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316283v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Awa Zahui Raissa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan John O&#8217;conor" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbuil.2023.1130066" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283263v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Ibrahim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.23" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667222v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belarbi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sawadogo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur El Amine Hamami" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12050648" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098547v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27281" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316355v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Touil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Ghomari" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marstruc.2021.103121" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271770v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127922" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316365v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fabien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Choinska" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pertue" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2021.1915881" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930197v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Loc Ta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.13059" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442350v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soive" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel-Bouny" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21650373.2021.1961325" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558805v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.122613" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734749v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elshami" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Farouk Abdelmagied" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2021.2003251" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930173v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marstruc.2020.102804" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233458v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hussein Makhlouf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali-Nordine Leklou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/prt-09-2019-0078" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413028v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Ben Fraj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nordine Leklou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.07.185" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923528v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latefa Sail" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1500309" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923540v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Othmen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2018.03.040" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01917049v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Balayssac" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.07.151" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923534v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quan Tran" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.10.058" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895339v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milia Fares" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma-Lopes" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thauvin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2018.08.001" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877119v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Loc Ta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2017.11.024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583276v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Binh Tran" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15732479.2017.1377737" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923483v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Salta" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2017.1375997" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398608v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2016.1139507" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602476v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.10.103" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404057v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lecieux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trystan Lecieux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10589759.2015.1029476" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968624v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lemaire" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Deneele" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legret" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2013.09.012" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2Z4N0BV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404065v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi Tegguer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel Bouny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2013.05.013" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404069v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.04.106" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PQ0W3Q0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006980v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.10.007" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006967v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17747120.2007.9692928" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006795v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Yotte" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rousseau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Ana Rodriguez-Maribona" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan O'Connor" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404077v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Diaw" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perrin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404082v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02481633" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1QKLDLXH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386567v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayelle Fahed" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446809v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298112v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_13" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193828v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33187-9_16" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193812v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_2" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351118v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262525v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.1.20" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303717v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280099v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Geffard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288460v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isselmou Ahmedou Babah" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Charbuillet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04494991v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167656v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608961v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Medhi Sbarta&#239;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lataste" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;robert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316234v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14288/1.0076264" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978703v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100758v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446685v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Ha&#239; Nguyen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b17703" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100756v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Binh Tran" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2014.077" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01022986v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roche" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100565v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thanh-Binh" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985851v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mounanga" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008969v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Viet Tran" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. O'Connor" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b12352" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008637v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Derobert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985844v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Houhou" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007932v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985835v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008267v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Tuan Nguyen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/cmcm.2011.003" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978697v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008948v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Abraham" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324600v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Perrin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Boukhouna" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gaillet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008674v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salta" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985813v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007985v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008096v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ricardo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978543v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Coue" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978524v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008438v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007917v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008832v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rosquo&#235;t" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lefort" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007980v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008099v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Djerbi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008092v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008390v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Memet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Lanvin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008671v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007515v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses-des-ponts.fr/notre-librairie/237-methodologie-devaluation-non-destructive-de-letat-dalteration-des-ouvrages-en-beton.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333013v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybill Henry" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Creus" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Nunes" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;l&#232;ne Rinc&#233;" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894736v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reuge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2025.2532800" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389394v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthia Malonga" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Issaadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02877-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523300v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cornet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ventura" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2025.e04824" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298100v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Tchiotsop" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.143289" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444898v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Villain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Eid" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma Lopes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/31674" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386550v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neven Ukrainczyk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezou Babaahmadi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Huang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Zausinger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02809-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076591v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Palma Lopes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2024.105900" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298086v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Elias Belarbi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Othmen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.113996" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-023-03409-0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04930421v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Khodor El Achrafi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.135176" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541889v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Yacine Ferroukhi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114119" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703403v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Atallah" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.138160" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04494998v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Clerc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mestapha Oumouni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmen Ines" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/AJRUA6.RUENG-1214" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381726v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ali Ahmad" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Buttin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#8217;hostis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.134664" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283263v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Ibrahim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.23" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136337v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103622" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163466v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouha El Moustapha" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Khelidj" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maranzana" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Froelich" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.106887" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283228v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.13" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04310300v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133361" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431793v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Barnaure" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.106622" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316283v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Awa Zahui Raissa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan John O&#8217;conor" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbuil.2023.1130066" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271770v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127922" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667222v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belarbi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sawadogo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur El Amine Hamami" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12050648" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098547v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27281" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316355v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Touil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Ghomari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marstruc.2021.103121" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930197v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Loc Ta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.13059" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316365v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fabien" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Choinska" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pertue" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2021.1915881" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558805v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.122613" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442350v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soive" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel-Bouny" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21650373.2021.1961325" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734749v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elshami" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Farouk Abdelmagied" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2021.2003251" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233458v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hussein Makhlouf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali-Nordine Leklou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/prt-09-2019-0078" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930173v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marstruc.2020.102804" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413028v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Ben Fraj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nordine Leklou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.07.185" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923534v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quan Tran" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.10.058" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923528v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latefa Sail" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1500309" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923540v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Othmen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2018.03.040" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01917049v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Balayssac" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.07.151" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895339v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milia Fares" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma-Lopes" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thauvin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2018.08.001" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877119v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Loc Ta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2017.11.024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923483v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Salta" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2017.1375997" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583276v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Binh Tran" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15732479.2017.1377737" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602476v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.10.103" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398608v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2016.1139507" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404057v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lecieux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trystan Lecieux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10589759.2015.1029476" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968624v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lemaire" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Deneele" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legret" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2013.09.012" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2Z4N0BV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404065v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi Tegguer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel Bouny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2013.05.013" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404069v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.04.106" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PQ0W3Q0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006980v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.10.007" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006967v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17747120.2007.9692928" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006795v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Yotte" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rousseau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Ana Rodriguez-Maribona" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan O'Connor" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404077v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Diaw" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perrin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404082v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02481633" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1QKLDLXH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386567v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayelle Fahed" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446809v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298112v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_13" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303717v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193812v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193828v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33187-9_16" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351118v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262525v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.1.20" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280099v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Geffard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288460v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isselmou Ahmedou Babah" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Charbuillet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04494991v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167656v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608961v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Medhi Sbarta&#239;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lataste" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;robert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316234v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14288/1.0076264" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978703v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100565v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thanh-Binh" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100756v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Binh Tran" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2014.077" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446685v2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Ha&#239; Nguyen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b17703" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100758v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01022986v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roche" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985851v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mounanga" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008969v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Viet Tran" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. O'Connor" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b12352" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008637v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Derobert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985844v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Houhou" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007932v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985835v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008267v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Tuan Nguyen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/cmcm.2011.003" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978697v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008948v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Abraham" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324600v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Perrin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Boukhouna" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gaillet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008674v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salta" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985813v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007985v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978543v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Coue" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008096v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ricardo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008438v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978524v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007917v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008099v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Djerbi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008832v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rosquo&#235;t" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lefort" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007980v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008092v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008390v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Memet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Lanvin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008671v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007515v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses-des-ponts.fr/notre-librairie/237-methodologie-devaluation-non-destructive-de-letat-dalteration-des-ouvrages-en-beton.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333013v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybill Henry" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Creus" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Nunes" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;l&#232;ne Rinc&#233;" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>