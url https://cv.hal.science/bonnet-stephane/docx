--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -4705,277 +4705,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05218290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution des milieux dans la partie méridionale du centre ville d'Aix-en-Provence depuis au moins le Paléolithique moyen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamique du littoral et peuplement : le cas de la colonie romaine de Fréjus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Bertoncello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Carbonnel</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Excoffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Pesesse</w:t>
+                <w:t xml:space="preserve">Guénaelle Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Morhange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e congrés francais de sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Dijon, France</w:t>
+              <w:t xml:space="preserve">Fréjus Romaine. La ville et son territoire. 8ème Colloque Historique de Fréjus.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Fréjus, France. pp.75-87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05218340v1</w:t>
+                <w:t xml:space="preserve">halshs-00852748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique du littoral et peuplement : le cas de la colonie romaine de Fréjus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution des milieux dans la partie méridionale du centre ville d'Aix-en-Provence depuis au moins le Paléolithique moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederique Bertoncello</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Excoffon</w:t>
+                <w:t xml:space="preserve">Pierre Carbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guénaelle Bony</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Morhange</w:t>
+                <w:t xml:space="preserve">Damien Pesesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fréjus Romaine. La ville et son territoire. 8ème Colloque Historique de Fréjus.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Fréjus, France. pp.75-87</w:t>
+              <w:t xml:space="preserve">13e congrés francais de sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00852748v1</w:t>
+                <w:t xml:space="preserve">hal-05218340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richeaume, un espace domanial et funéraire, de l’Antiquité au Haut Moyen-Âge, sur le piémont méridional de la Sainte-Victoire : approche pluridisciplinaire</w:t>
               </w:r>
@@ -6079,113 +6079,113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05211946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluctuations du paysage en centre-ville</w:t>
+                <w:t xml:space="preserve">Comprendre l'homme dans son milieu : l'archéologie environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Magnin</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Aujaleu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuria Nin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix en Archéologie. 25 ans de découvertes.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Snoeck, pp.38, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">, Snoeck, pp.22-26, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05211916v1</w:t>
+                <w:t xml:space="preserve">hal-05211882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forum Iulii les pieds dans l'eau</w:t>
               </w:r>
@@ -6251,156 +6251,156 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05211971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre l'homme dans son milieu : l'archéologie environnementale</w:t>
+                <w:t xml:space="preserve">Fluctuations du paysage en centre-ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ariane Aujaleu</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Magnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuria Nin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix en Archéologie. 25 ans de découvertes.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Snoeck, pp.22-26, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">, Snoeck, pp.38, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05211882v1</w:t>
+                <w:t xml:space="preserve">hal-05211916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la fouille à l’interprétation, parking Mignet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pesesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6436,199 +6436,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01490963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie du paysage dans la cité d' Aquae Sextiae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Magnin</w:t>
+                <w:t xml:space="preserve">Un ensemble cultuel au domaine de la Grassie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Aujaleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuria Nin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aix Antique. Une cité en Gaule du sud</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Silvana Editoriale, pp.52-64, 2014, 97-888-3-66-29-6-19</w:t>
+              <w:t xml:space="preserve">Aix en Archéologie. 25 ans de découvertes.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Snoeck, pp.260-262, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05211975v1</w:t>
+                <w:t xml:space="preserve">hal-05211862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble cultuel au domaine de la Grassie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ariane Aujaleu</w:t>
+                <w:t xml:space="preserve">Archéologie du paysage dans la cité d' Aquae Sextiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuria Nin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aix en Archéologie. 25 ans de découvertes.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Snoeck, pp.260-262, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">Aix Antique. Une cité en Gaule du sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Silvana Editoriale, pp.52-64, 2014, 97-888-3-66-29-6-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05211862v1</w:t>
+                <w:t xml:space="preserve">hal-05211975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution topographique du centre-ville d'Aix-en-Provence</w:t>
               </w:r>
@@ -7644,51 +7644,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C69144DC"/>
+    <w:nsid w:val="075D3A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7792,51 +7792,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B6A59B19"/>
+    <w:nsid w:val="32710F97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8026,51 +8026,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bonnet-stephane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-8847-4505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243650892" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aixenprovence.fr/Archeologie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asm.cnrs.fr/qui-sommes-nous/les-equipes/archeologie-des-milieux-et-des-ressources" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154678v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Aujaleu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bouquet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Magnin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33115/a/29385296/1_3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211117v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Nin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03481470v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107303" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555232v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02893402v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowena Banerjea" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Devos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Nicosia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0007.act.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555289v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leconte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4749" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555272v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Panneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Giroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01103351v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Devillers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Guillon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.6893" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lacombe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Berdeaux - Le Brazidec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2014.1904" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211125v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7040" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-T0NVH942-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211993v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Excoffon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061642v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morhange" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21444" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3XC41H9M-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766044v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Quesnel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Jrad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mocci" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gattacceca" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Mathe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/arp.411" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HSLZ0P01-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211127v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5796" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194929v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2007.03.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NDTVS0D8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348108v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.372" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741726v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348110v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.382" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218221v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiolas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218267v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/sj9j-d320" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312940v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477451v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mocci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477556v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titien Bartette" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228311v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218290v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miramont" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218340v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carbonnel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pesesse" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00852748v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Bertoncello" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;naelle Bony" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477570v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Huguet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741739v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211814v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bizot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Nin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211804v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210417v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gaucher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Portalier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/ecologie-environnement-sciences-de-la-terre/urban-geoarchaeology/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463710v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tomatis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ferrer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/supplement-revue-archeologique-de-narbonnaise-n-44.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211904v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211926v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Ranchin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211870v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211946v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouquet Aur&#233;lie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211916v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211971v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211882v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01490963v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211975v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211862v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211932v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212000v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211637v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Greck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pccj.936" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212002v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125827v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Bony" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211686v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueral" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212003v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211606v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ardisson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211564v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bonnet-stephane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-8847-4505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243650892" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aixenprovence.fr/Archeologie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asm.cnrs.fr/qui-sommes-nous/les-equipes/archeologie-des-milieux-et-des-ressources" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154678v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Aujaleu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bouquet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Magnin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33115/a/29385296/1_3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211117v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Nin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03481470v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107303" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555232v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02893402v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowena Banerjea" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Devos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Nicosia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0007.act.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555289v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leconte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4749" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555272v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Panneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Giroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01103351v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Devillers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Guillon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.6893" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lacombe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Berdeaux - Le Brazidec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2014.1904" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211125v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7040" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-T0NVH942-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211993v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Excoffon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061642v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morhange" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21444" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3XC41H9M-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766044v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Quesnel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Jrad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mocci" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gattacceca" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Mathe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/arp.411" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HSLZ0P01-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211127v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5796" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194929v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2007.03.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NDTVS0D8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348108v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.372" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741726v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348110v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.382" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218221v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiolas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218267v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/sj9j-d320" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312940v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477451v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mocci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477556v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titien Bartette" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228311v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218290v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miramont" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00852748v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Bertoncello" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;naelle Bony" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218340v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carbonnel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pesesse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477570v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Huguet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741739v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211814v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bizot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Nin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211804v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210417v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gaucher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Portalier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/ecologie-environnement-sciences-de-la-terre/urban-geoarchaeology/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463710v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tomatis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ferrer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/supplement-revue-archeologique-de-narbonnaise-n-44.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211904v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211926v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Ranchin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211870v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211946v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouquet Aur&#233;lie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211882v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211971v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211916v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01490963v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211862v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211975v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211932v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212000v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211637v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Greck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pccj.936" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212002v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125827v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Bony" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211686v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueral" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212003v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211606v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ardisson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211564v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>