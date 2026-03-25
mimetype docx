--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,347 +100,347 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Position paper: Common mistakes and solutions for a better use of correlation- and regression-based approaches in environmental sciences</w:t>
+                <w:t xml:space="preserve">Co-Hydrothermal Carbonization of Sawdust and Sewage Sludge: Assessing the Potential of the Hydrochar as an Adsorbent and the Ecotoxicity of the Process Water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Tedoldi</w:t>
+                <w:t xml:space="preserve">Matheus Cavali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thuanne Braúlio Hennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Libardi Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Tassin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 192, pp.106526. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (3), pp.1052. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2025.106526⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app15031052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05122644v1</w:t>
+                <w:t xml:space="preserve">hal-04921605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-Hydrothermal Carbonization of Sawdust and Sewage Sludge: Assessing the Potential of the Hydrochar as an Adsorbent and the Ecotoxicity of the Process Water</w:t>
+                <w:t xml:space="preserve">Position paper: Common mistakes and solutions for a better use of correlation- and regression-based approaches in environmental sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matheus Cavali</w:t>
+                <w:t xml:space="preserve">Damien Tedoldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thuanne Braúlio Hennig</w:t>
+                <w:t xml:space="preserve">Santiago Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelson Libardi Junior</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Boram Kim</w:t>
+                <w:t xml:space="preserve">Nicolas Forquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Garnier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (3), pp.1052. </w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 192, pp.106526. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app15031052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2025.106526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921605v1</w:t>
+                <w:t xml:space="preserve">hal-05122644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrochar from sawdust and sewage sludge – a potential media for retaining heavy metals in sustainable drainage systems (SuDS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheus Cavali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Tedoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Benbelkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -504,103 +504,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-hydrothermal carbonization of pine residual sawdust and non-dewatered sewage sludge – effect of reaction conditions on hydrochar characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Cavali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Benbelkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Libardi Junior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 340, pp.117994. </w:t>
@@ -785,51 +785,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sewage sludge thermochemical treatment with MgCl2: Preparation conditions impact on trace metal elements vaporization and phosphorus recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -900,321 +900,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in methanogenesis through direct interspecies electron transfer via conductive materials: A molecular microbiological perspective</w:t>
+                <w:t xml:space="preserve">Sewage sludge ash-derived materials for H2S removal from a landfill biogas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyun-Jin Kang</w:t>
+                <w:t xml:space="preserve">Valentine Gasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sang-Hoon Lee</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Benbelkacem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.124587⟩</w:t>
+              <w:t xml:space="preserve">Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 136, pp.230-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wasman.2021.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03118793v1</w:t>
+                <w:t xml:space="preserve">hal-04185197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sewage sludge ash-derived materials for H2S removal from a landfill biogas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent advances in methanogenesis through direct interspecies electron transfer via conductive materials: A molecular microbiological perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyun-Jin Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sang-Hoon Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Gasquet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Tae-Guen Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeong-Hoon Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 136, pp.230-237. </w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 322, pp.124587. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wasman.2021.10.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.124587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185197v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03118793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H2S Adsorption from Biogas with Thermal Treatment Residues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Sigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1274,51 +1274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Septage unit treatment by sludge treatment reed beds for easy management and reuse: performance and design considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1402,420 +1402,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pH and Eh effects on phosphorus fate in constructed wetland's sludge surface deposit</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Pore-scale observation of deposit within the gravel matrix of a vertical flow constructed wetland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Forquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2016.08.064⟩</w:t>
+              <w:t xml:space="preserve">Environmental Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (24), pp.3146-3150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09593330.2016.1178334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01372681v1</w:t>
+                <w:t xml:space="preserve">hal-02052411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement des matières de vidange par lits de séchage plantés de roseaux et valorisation des percolats en bois énergie : une approche écologique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">pH and Eh effects on phosphorus fate in constructed wetland's sludge surface deposit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.Y. Fraysse</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Simidoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Sanglar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chatain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 183, part 1, pp.175-181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2016.08.064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02055631v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01372681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore-scale observation of deposit within the gravel matrix of a vertical flow constructed wetland</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Traitement des matières de vidange par lits de séchage plantés de roseaux et valorisation des percolats en bois énergie : une approche écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Troesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Molle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Fraysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, pp.34-43</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02052411v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02055631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the water saturation level on phosphorus retention and treatment performances of vertical flow constructed wetland combined with trickling filter and FeCl3 injection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1888,90 +1888,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Aging on Phosphorus Speciation in Surface Deposit of a Vertical Flow Constructed Wetland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sanglar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2022,64 +2022,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilot-scale study of vertical flow constructed wetland combined with trickling filter and ferric chloride coagulation: influence of irregular operational conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Olvera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2156,64 +2156,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical–chemical characterization of sludge and granular materials from a vertical flow constructed wetland for municipal wastewater treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2273,64 +2273,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du pH sur la libération du phosphore accumulé dans les boues de surface d'un filtre planté de roseaux recevant des eaux usées traitées avec du FeCl3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Buet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2461,77 +2461,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Laafar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Massolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Tedoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Doctorales en Hydrologie Urbaine (JDHU)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, laboratoire Eau et Environnement de l'Université Gustave Eiffel, Oct 2024, Nantes (France), France</w:t>
@@ -2698,51 +2698,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">14N/15N isotopic distribution and nitrification / denitrification microbial potentials to investigate nitrogen dynamics in filter media of vertical flow treatment wetland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Maciejewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Jame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2804,402 +2804,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03992051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New biosensor for in-situ monitorings of treatment wetland well-function</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Real-time BOD monitoring of treatment wetland combined with tricking filter using microbial biosensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Maciejewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Gourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Wetland Pollutant Dynamics and Control (WETPOL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Boku, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03676261v1</w:t>
+                <w:t xml:space="preserve">hal-03676251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of chlorination during sewage sludge thermochemical treatment: phosphorus recovery and trace metal elements vaporization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">New biosensor for in-situ monitorings of treatment wetland well-function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Ducom</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sibourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Sustainable Solid Waste Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Thessaloniki, Greece</w:t>
+              <w:t xml:space="preserve">9th International Symposium on Wetland Pollutant Dynamics and Control (WETPOL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Boku, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03790581v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time BOD monitoring of treatment wetland combined with tricking filter using microbial biosensor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Effect of chlorination during sewage sludge thermochemical treatment: phosphorus recovery and trace metal elements vaporization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Galey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Michel</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Ducom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Symposium on Wetland Pollutant Dynamics and Control (WETPOL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Boku, Austria</w:t>
+              <w:t xml:space="preserve">8th International Conference on Sustainable Solid Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03676251v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03790581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La station d’épuration du futur, du laboratoire à la station de pleine échelle, présentation du projet CAPTURE</w:t>
               </w:r>
@@ -3237,51 +3237,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Buffière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">100e Congrès de l'Astee</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, paris, France</w:t>
@@ -3362,51 +3362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Buffière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">99e congrès de l’Astee</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t>
@@ -3429,562 +3429,562 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02964849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H2S adsorption from biogas with thermal treatment residues</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Comparison of nutrients removals performance of different types of French vertical flow constructed wetlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Maciejewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Benbelkacem</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manon Kania</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillipe Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Sustainable Solid Waste Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Heraklion, Greece</w:t>
+              <w:t xml:space="preserve">19th IWA international conference on Diffuse Pollution and Eutrophication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Jeju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02164711v1</w:t>
+                <w:t xml:space="preserve">hal-02489880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of phosphorus retention in surface sludge layer of french vertical flow constructed wetlands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Gourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Industrial Water, Energy and Environment-Supported</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Coimbatore, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemically enhanced primary treatments: shall we pay more intention to bio-sourced coagulants to maximize CH4 production?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Gillot</w:t>
+                <w:t xml:space="preserve">H2S adsorption from biogas with thermal treatment residues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Gasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Sigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Masson</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H. Benbelkacem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IWA Resource Recovery Conference (IWA RR 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Venise, Italy</w:t>
+              <w:t xml:space="preserve">7th International Conference on Sustainable Solid Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02290082v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of nutrients removals performance of different types of French vertical flow constructed wetlands</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemically enhanced primary treatments: shall we pay more intention to bio-sourced coagulants to maximize CH4 production?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Kania</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+                <w:t xml:space="preserve">Fatima Ezzahraa El Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Sekhar Guthi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillipe Michel</w:t>
+                <w:t xml:space="preserve">Matthieu Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Buffière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th IWA international conference on Diffuse Pollution and Eutrophication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Jeju, South Korea</w:t>
+              <w:t xml:space="preserve">3rd IWA Resource Recovery Conference (IWA RR 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02489880v1</w:t>
+                <w:t xml:space="preserve">hal-02290082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Récupérer les ressources de l'eau par traitement par filtres plantés de roseaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Maciejewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Kania</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CODEGEPRA - SFGP Sud-Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Lyon, France</w:t>
@@ -4013,77 +4013,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison d’adsorbants alternatifs pour le traitement de l’H2S dans le biogaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Benbelkacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Recherche Industrie Biogaz et Méthanisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4108,90 +4108,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vertical-flow constructed wetland to treat raw wastewater: the French system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Gourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Kania</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Colombian conference on Urban Water Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4216,64 +4216,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fate of phosphorus in the surface sludge deposit of a vertical flow constructed wetland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4324,90 +4324,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To what extent does the sludge deposit layer characteristics influence the performance of VFCW? Phosphorus retention as an illustrative example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Kania</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4443,273 +4443,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02060738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the deposit layer of a partially saturated VFCW and influence of pH and redox on phosphorus release</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Pilot-scale experimental study of phosphorus retention in deposit layer of partially saturated vertical flow constructed wetland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Simidoff</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Gourdon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Symposium on Wetland Pollutant Dynamics and Control (WETPOL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02060824v1</w:t>
+                <w:t xml:space="preserve">hal-02060844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilot-scale experimental study of phosphorus retention in deposit layer of partially saturated vertical flow constructed wetland</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Characterization of the deposit layer of a partially saturated VFCW and influence of pH and redox on phosphorus release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Molle</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Buet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Simidoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Symposium on Wetland Pollutant Dynamics and Control (WETPOL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02060844v1</w:t>
+                <w:t xml:space="preserve">hal-02060824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4753,64 +4753,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Tedoldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4829,333 +4829,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05180375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récupérer les ressources de l'eau par traitement par filtres plantés de roseaux : Du déchet à la ressource</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Manon Kania</w:t>
+                <w:t xml:space="preserve">Station d’épuration du futur Captage et valorisation du carbone par procédé biologique forte charge et décantation primaire avancée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Chazarenc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Sekhar Guthi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Gillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Buffière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Nauleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFGP 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">JOURNÉE TECHNIQUE EAU "Valorisation des ressources des eaux usées, urbaines et industrielles"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02489886v1</w:t>
+                <w:t xml:space="preserve">hal-02964891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Station d’épuration du futur Captage et valorisation du carbone par procédé biologique forte charge et décantation primaire avancée</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Nauleau</w:t>
+                <w:t xml:space="preserve">Récupérer les ressources de l'eau par traitement par filtres plantés de roseaux : Du déchet à la ressource</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Maciejewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Kania</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNÉE TECHNIQUE EAU "Valorisation des ressources des eaux usées, urbaines et industrielles"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">SFGP 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964891v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison d'adsorbants alternatifs pour le traitement de l'H2S dans le biogaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Benbelkacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique annuelle du CODEGEPRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5193,90 +5193,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les filtres plantés de roseaux : une filière durable pour l'épuration des eaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Maciejewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Kania</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INSA Campus Durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
@@ -5337,51 +5337,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir du phosphore dans les filtres plantés de roseaux : Etude de sa rétention / libération et des facteurs d'influence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environnement et Société. INSA de Lyon, 2014. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014ISAL0068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5577,51 +5577,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122644v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tedoldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Kim" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Sandoval" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2025.106526" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921605v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Cavali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuanne Bra&#250;lio Hennig" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Libardi Junior" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15031052" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766372v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Benbelkacem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2024.2411066" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166675v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.117994" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727672v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Prost-Boucle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Kamgang Nzeufo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bardo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Moreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202201035" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776323v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Galey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Blanc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Ducom" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Andr&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scp.2022.100652" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118793v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun-Jin Kang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Hoon Lee" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae-Guen Lim" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Hoon Park" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.124587" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185197v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gasquet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhomme" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2021.10.023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503544v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sigot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-020-00998-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052483v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bourdoncle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Dimare" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Troesch" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2017.461" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372681v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simidoff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanglar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.08.064" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055631v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Fraysse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052411v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2016.1178334" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302485v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Molle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gourdon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2014.09.097" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302471v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es506164v" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302503v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Olvera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2015.077" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372693v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2013.485" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955995v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.532" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960243v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Laafar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Massolo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214012v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Devos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Bouniol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Kninech" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja-Sekhar Guthi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Tondera" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992051v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Maciejewski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jame" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cantarel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676261v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Millot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Monier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sibourg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790581v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Andre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676251v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807199v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Sekhar Guthi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gillot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Buffi&#232;re" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964849v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chazarenc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164711v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benbelkacem" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054859v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290082v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ezzahraa El Messaoudi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489880v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Kania" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Michel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489894v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Banc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963852v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024447v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060717v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060738v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060824v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060844v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180375v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Teyssier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bonneau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489886v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964891v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nauleau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011146v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011155v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01149908v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014ISAL0068" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921605v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Cavali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuanne Bra&#250;lio Hennig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Libardi Junior" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Kim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15031052" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122644v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tedoldi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Sandoval" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2025.106526" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766372v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Benbelkacem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2024.2411066" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166675v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.117994" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727672v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Prost-Boucle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Kamgang Nzeufo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bardo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Moreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202201035" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776323v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Galey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Blanc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Ducom" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Andr&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scp.2022.100652" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185197v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gasquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhomme" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2021.10.023" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118793v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun-Jin Kang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Hoon Lee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae-Guen Lim" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Hoon Park" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.124587" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503544v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sigot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-020-00998-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052483v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bourdoncle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Dimare" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Troesch" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2017.461" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052411v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2016.1178334" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372681v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simidoff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanglar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.08.064" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055631v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Fraysse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302485v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Molle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gourdon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2014.09.097" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302471v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es506164v" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302503v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Olvera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2015.077" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372693v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2013.485" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955995v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.532" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960243v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Laafar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Massolo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214012v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Devos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Bouniol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Kninech" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja-Sekhar Guthi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Tondera" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992051v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Maciejewski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jame" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cantarel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676251v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676261v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Millot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Monier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sibourg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790581v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Andre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807199v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Sekhar Guthi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gillot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Buffi&#232;re" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964849v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chazarenc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489880v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Kania" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Michel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054859v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164711v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benbelkacem" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290082v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ezzahraa El Messaoudi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489894v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Banc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963852v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024447v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060717v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060738v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060844v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060824v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180375v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Teyssier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bonneau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964891v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nauleau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489886v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011146v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011155v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01149908v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014ISAL0068" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>