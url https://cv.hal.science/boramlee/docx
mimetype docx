--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -25,50 +25,110 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> BORAM LEE </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">boramlee</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0009-0004-3541-2248</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
@@ -92,637 +152,841 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L2 Acquisition of prosodic cues for disambiguating wh-words in Korean: Evidence from French-speaking learners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyoung Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Generative Approaches to Language Acquisition conference (GALA 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05396906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception des occlusives coréennes par des apprenantes francophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'étude du GIS RéAL2 : De l'acquisition à la didactique (et vice-versa)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05396899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the phonetic contrast between fortis and non-fortis fricatives in Korean: interaction with prosodic position effect and vowel coarticulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiyon Yoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fougeron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HISPhonCog2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Acquérir de nouveaux contrastes : réorganisation phonologique et poids relatif des indices acoustiques par des apprenantes francophones du coréen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Linguistique. Sorbonne Nouvelle - Paris 3, 2024. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05570222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Perception des occlusives du coréen L2 : reorganisation du cue weighting au cours du temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fougeron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIVe Journées d'Études sur la Parole (JEP 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Noirmoutier, France. pp.674-682, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21437/JEP.2022-71⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03928081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effects of Flipped Learning on KFL Learners' Speaking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sora Hong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th AKSE(Association for Korean Studies in Europe) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03675919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why is Korean lenis stop difficult to perceive for L2 Korean learners?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boram Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fougeron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea. pp.1861-1865, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21437/Interspeech.2022-10912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03928153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">프랑스인 한국어 학습자의 비음성 연구- 초성 비음 /ㄴ/을 중심으로</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">유럽 한국어 교육의 오늘과 내일</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kong &amp; Park, pp.50-59, 2021, 978-89-97134-20-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -788,51 +1052,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="9F30DEA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -869,51 +1285,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396906v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyoung Choi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Lee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396899v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427879v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiyon Yoo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928081v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-71" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675919v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sora Hong" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928153v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-10912" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boramlee" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-3541-2248" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396906v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyoung Choi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Lee" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396899v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427879v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiyon Yoo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05570222v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928081v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-71" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675919v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sora Hong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928153v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-10912" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03549910v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>