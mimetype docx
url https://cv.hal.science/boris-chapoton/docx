--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -883,555 +883,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actions Speak Louder than Words: How Characters’ Effectiveness as Message Sources Depend on Their Story Experiences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social Networking Sites and Perceived Content Influence: An Exploratory Analysis from Focus Groups with French Adolescents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Chapoton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristel Antonia Russell</w:t>
+                <w:t xml:space="preserve">Mabrouk Nekaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Hamby</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+                <w:t xml:space="preserve">Franck Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Flaudias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Communication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10410236.2020.1733212⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (19), pp.7025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17197025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04716852v1</w:t>
+                <w:t xml:space="preserve">hal-04587365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditions for the Implementation of a Patient Education Program Dedicated to Cancer Patients Treated by Oral Anticancer Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Verot</w:t>
+                <w:t xml:space="preserve">Alcohol in TV series popular with teens: a content analysis of TV series in France 22 years after a restrictive law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Chapoton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Falandry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+                <w:t xml:space="preserve">Anne-Laure Werlen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Feutrier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Véronique Regnier Denois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Volume 14, pp.2263-2277. </w:t>
+              <w:t xml:space="preserve">European Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (2), pp.363-368. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/PPA.S268953⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckz163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578411v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04716878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Networking Sites and Perceived Content Influence: An Exploratory Analysis from Focus Groups with French Adolescents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conditions for the Implementation of a Patient Education Program Dedicated to Cancer Patients Treated by Oral Anticancer Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Verot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Falandry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Feutrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chapoton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 17 (19), pp.7025. </w:t>
+              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Volume 14, pp.2263-2277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph17197025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2147/PPA.S268953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04587365v1</w:t>
+                <w:t xml:space="preserve">hal-03578411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alcohol in TV series popular with teens: a content analysis of TV series in France 22 years after a restrictive law</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Actions Speak Louder than Words: How Characters’ Effectiveness as Message Sources Depend on Their Story Experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristel Antonia Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chapoton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Véronique Regnier Denois</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 30 (2), pp.363-368. </w:t>
+              <w:t xml:space="preserve">Health Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (5), pp.585-592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/eurpub/ckz163⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10410236.2020.1733212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04716878v1</w:t>
+                <w:t xml:space="preserve">hal-04716852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l’influence de clips-vidéo musicaux sur les attentes envers le tabac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Chapoton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristel Antonia Russell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1495,51 +1495,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Substance Messages in Music Videos on Youth: Beware the Influence of Connectedness and Its Potential Prevention-Shielding Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristel Antonia Russell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Régnier-Denois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1946,277 +1946,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Messages de promotion de la santé sexuelle dans les séries Netflix les plus regardées par les jeunes (2015-2020) : étude d'analyse par méthodes mixtes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Bourmaud</w:t>
+                <w:t xml:space="preserve">Mesuring Health literacy among French pupils with the HLS-Child-Q15</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Genton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chapoton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elise de La Rochebrochard</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sali Mohammed Dauda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Oriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONGRÈS DE LA SOCIÉTÉ FRANÇAISE DE SANTÉ PUBLIQUE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Saint-Etienne (FR), France</w:t>
+              <w:t xml:space="preserve">Society for Prevention Research (SPR) 31st Annual Meeting: The role of prevention science in Achieving Social Justice and Health Equity for All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04336611v1</w:t>
+                <w:t xml:space="preserve">hal-04205053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesuring Health literacy among French pupils with the HLS-Child-Q15</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Genton</w:t>
+                <w:t xml:space="preserve">Messages de promotion de la santé sexuelle dans les séries Netflix les plus regardées par les jeunes (2015-2020) : étude d'analyse par méthodes mixtes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenne Tauty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourmaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chapoton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise de La Rochebrochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for Prevention Research (SPR) 31st Annual Meeting: The role of prevention science in Achieving Social Justice and Health Equity for All</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Washington, DC, United States</w:t>
+              <w:t xml:space="preserve">CONGRÈS DE LA SOCIÉTÉ FRANÇAISE DE SANTÉ PUBLIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Saint-Etienne (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205053v1</w:t>
+                <w:t xml:space="preserve">hal-04336611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer la littératie en santé chez les 7-11 ans dans le projet ALLIANCE avec l’échelle HLS-Child-15</w:t>
               </w:r>
@@ -2353,195 +2353,195 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présence et effet du tabac et de l’alcool dans les clips vidéo musicaux et les séries télévisées : comment les contrer ?</w:t>
+                <w:t xml:space="preserve">Watch it, Repeat, Share it — Music Video and Social Networking Sites as Behavior Influencers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chapoton</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marketing social et nudge Comment changer les comportements en santé ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">The Faces and Stakes of Brand Insertion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vernon Press, 2022, 978-1-62273-795-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717023v1</w:t>
+                <w:t xml:space="preserve">hal-04717056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Watch it, Repeat, Share it — Music Video and Social Networking Sites as Behavior Influencers</w:t>
+                <w:t xml:space="preserve">Présence et effet du tabac et de l’alcool dans les clips vidéo musicaux et les séries télévisées : comment les contrer ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chapoton</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristel Antonia Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EMS edition. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Faces and Stakes of Brand Insertion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vernon Press, 2022, 978-1-62273-795-6</w:t>
+              <w:t xml:space="preserve">Marketing social et nudge Comment changer les comportements en santé ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717056v1</w:t>
+                <w:t xml:space="preserve">hal-04717023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId76"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2696,51 +2696,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172874v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Segrott" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Koning" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chapoton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10935-025-00864-9" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716806v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourmaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dumas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Kivits" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/39465" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202928v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Genton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sali Mohammed Dauda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oriol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier Denois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3928/24748307-20230717-01" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929964v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Le Roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alberti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minary" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/g4h.2022.0038" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515410v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tauty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise de La Rochebrochard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052826" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03703119v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Goethals" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hupin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Guyot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2021.614119" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716852v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Antonia Russell" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hamby" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10410236.2020.1733212" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578411v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Falandry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Feutrier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S268953" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587365v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Nekaa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Flaudias" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17197025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716878v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Werlen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Regnier Denois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz163" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716951v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chapoton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Salles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Simond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716974v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier-Denois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Buhrau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15288/jsad.2017.78.674" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748402v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742053v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742037v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742076v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336611v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04205053v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270188v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sartori" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717023v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717056v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172874v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Segrott" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Koning" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chapoton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10935-025-00864-9" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716806v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourmaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dumas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Kivits" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/39465" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202928v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Genton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sali Mohammed Dauda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oriol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier Denois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3928/24748307-20230717-01" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929964v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Le Roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alberti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minary" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/g4h.2022.0038" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515410v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tauty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise de La Rochebrochard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052826" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03703119v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Goethals" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hupin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Guyot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2021.614119" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587365v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Nekaa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Flaudias" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17197025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716878v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Werlen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Regnier Denois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz163" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578411v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Falandry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Feutrier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S268953" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716852v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Antonia Russell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hamby" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10410236.2020.1733212" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716951v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chapoton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Salles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Simond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716974v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier-Denois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Buhrau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15288/jsad.2017.78.674" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748402v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742053v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742037v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742076v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04205053v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336611v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270188v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sartori" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717056v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717023v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>