--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -468,1744 +468,1744 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05410728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unpacking the dynamic role of physical effort in shaping behavior</w:t>
+                <w:t xml:space="preserve">Effort Minimization and the Built Environment: Public Health Implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Desplanques</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wanja Wolff</w:t>
+                <w:t xml:space="preserve">Neville Owen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tics.2025.04.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (7), pp.772-777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jpah.2025-0194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05374243v1</w:t>
+                <w:t xml:space="preserve">hal-05457877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Closing the intention‐behaviour gap in physical activity: The moderating effect of individual differences in the valuation of physical effort</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of self-selected audiovisual stimuli on affective responses and cortical oxygenation in the prefrontal cortex during acute endurance exercise: An fNIRS study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Bigliassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Health Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 30 (2), </w:t>
+              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.100688. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bjhp.12790⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017676v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05162517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psycho-physiological foundations of human physical activity behavior and motivation: Theories, systems, mechanisms, evolution, and genetics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of the acute effects of breaking up prolonged sitting time with single-task or a dual-task walking on cognitive function and cerebral blood flow in older adults: a randomized crossover trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robyn Cody</w:t>
+                <w:t xml:space="preserve">Paolo M. Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Colledge</w:t>
+                <w:t xml:space="preserve">Gustavo O Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivien Hohberg</w:t>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max D Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélcio Kanegusuku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/physrev.00021.2024⟩</w:t>
+              <w:t xml:space="preserve">GeroScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (2), pp.2813-2825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11357-025-01817-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017675v1</w:t>
+                <w:t xml:space="preserve">hal-05314317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affective and cerebral haemodynamic responses to audiovisual stimuli during exercise above and below the ventilatory threshold</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Effects of an exercise program with audiovisual stimuli on affective mechanisms and future physical activity: a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Bu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmin Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabian Herold</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Heath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, pp.1-20. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1612197x.2025.2549884⟩</w:t>
+              <w:t xml:space="preserve">, 2025, pp.1-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1612197x.2025.2563306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05383528v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of exercise snacks on fitness and cardiometabolic health in physically inactive individuals: systematic review and meta-analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cross-sectional and longitudinal associations between sedentary behavior and behavioral problems in children with overweight/obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcos Quintana-Cepedal</w:t>
+                <w:t xml:space="preserve">Kaiqi Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiayi Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Crespo</w:t>
+                <w:t xml:space="preserve">Matthew Health</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, bjsports-2025. </w:t>
+              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.100698. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bjsports-2025-110027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05457887v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of an exercise program with audiovisual stimuli on affective mechanisms and future physical activity: a randomized controlled trial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
+                <w:t xml:space="preserve">Uncovering the roles of automatic attitudes and controlled processes in the regulation of physical activity behavior in children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khudair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Chun Man Ling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentina Johanna Hettinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gavin Daniel Tempest</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1612197x.2025.2563306⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76 (HS2), pp.102750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382096v1</w:t>
+                <w:t xml:space="preserve">hal-05017663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncovering the roles of automatic attitudes and controlled processes in the regulation of physical activity behavior in children</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Khudair</w:t>
+                <w:t xml:space="preserve">Leveraging passive exercise to support brain health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Tari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Heath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaminia Ronca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102750⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (3), pp.143-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-109129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017663v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging passive exercise to support brain health</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthew Heath</w:t>
+                <w:t xml:space="preserve">Prospective associations between screen-based sedentary behaviors and cognitive performance among children aged 5–7 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiahui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Flaminia Ronca</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxia Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominika Pindus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-109129⟩</w:t>
+              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.100686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017673v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05305196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective associations between screen-based sedentary behaviors and cognitive performance among children aged 5–7 years</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yanxia Chen</w:t>
+                <w:t xml:space="preserve">Closing the intention‐behaviour gap in physical activity: The moderating effect of individual differences in the valuation of physical effort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominika Pindus</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Raichlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Rhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100686⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjhp.12790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05305196v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-sectional and longitudinal associations between sedentary behavior and behavioral problems in children with overweight/obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kaiqi Guan</w:t>
+                <w:t xml:space="preserve">Psycho-physiological foundations of human physical activity behavior and motivation: Theories, systems, mechanisms, evolution, and genetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiayi Yang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Robyn Cody</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Health</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabian Herold</w:t>
+                <w:t xml:space="preserve">Flora Colledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Hohberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100698⟩</w:t>
+              <w:t xml:space="preserve">Physiological Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/physrev.00021.2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365767v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of self-selected audiovisual stimuli on affective responses and cortical oxygenation in the prefrontal cortex during acute endurance exercise: An fNIRS study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Affective and cerebral haemodynamic responses to audiovisual stimuli during exercise above and below the ventilatory threshold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Bu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Bigliassi</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmin Hutchinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan M. Bird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 29, pp.100688. </w:t>
+              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100688⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1612197x.2025.2549884⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05162517v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05383528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the acute effects of breaking up prolonged sitting time with single-task or a dual-task walking on cognitive function and cerebral blood flow in older adults: a randomized crossover trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unpacking the dynamic role of physical effort in shaping behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo M. Cunha</w:t>
+                <w:t xml:space="preserve">Florent Desplanques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo O Silva</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wanja Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeroScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11357-025-01817-0⟩</w:t>
+              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tics.2025.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05314317v1</w:t>
+                <w:t xml:space="preserve">hal-05374243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effort Minimization and the Built Environment: Public Health Implications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of exercise snacks on fitness and cardiometabolic health in physically inactive individuals: systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Ángel Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Quintana-Cepedal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilie Thogersen-Ntoumani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neville Owen</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Irene Crespo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 22 (7), pp.772-777. </w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 60 (2), bjsports-2025. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/jpah.2025-0194⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bjsports-2025-110027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05457877v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05457887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reply to the letter: To consider the exercise density in the dose–response relationship: the idea is promising, the operationalization tricky!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liye Zou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Theobald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2276,295 +2276,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05456660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical activity, cathepsin B, and cognitive health</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beyond FITT: addressing density in understanding the dose–response relationships of physical activity with health—an example based on brain health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jin Kuang</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Theobald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Manser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Falck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.12.010⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 125 (10), pp.2679-2707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-025-05858-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04928474v1</w:t>
+                <w:t xml:space="preserve">hal-05314248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond FITT: addressing density in understanding the dose–response relationships of physical activity with health—an example based on brain health</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physical activity, cathepsin B, and cognitive health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ryan Falck</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 125 (10), pp.2679-2707. </w:t>
+              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-025-05858-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314248v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04928474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural correlates of approach-avoidance tendencies toward physical activity and sedentary stimuli: An MRI study</w:t>
               </w:r>
@@ -2697,51 +2697,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do not underestimate the cognitive benefits of exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Ludyga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco B Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2948,51 +2948,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedentary behavior and lifespan brain health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liye Zou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3076,3867 +3076,3867 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivational and emotional correlates of physical activity and sedentary behavior after cardiac rehabilitation: an observational study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Does exposure to sedentary temptations activate physical activity goals? A high-powered replication study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Tessitore</w:t>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia Craviari</w:t>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Meyer</w:t>
+                <w:t xml:space="preserve">Alexandre Mazéas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Dubouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13102-024-00997-0⟩</w:t>
+              <w:t xml:space="preserve">Motivation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (1), pp.78-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/mot0000308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880544v1</w:t>
+                <w:t xml:space="preserve">hal-04597277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving physical activity using a single personalized consequence-based approach-avoidance training: Effects on self-reported behaviors, attitudes, and choices</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Layan Fessler</w:t>
+                <w:t xml:space="preserve">Science around the world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaud Ferry</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yohannes Gemechu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parastoo Shahrouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102565⟩</w:t>
+              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (8), pp.699-701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.06.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04806601v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interventions numériques et promotion de l’activité physique : une revue narrative</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Linking social determinants of health to mental health, movement behaviors, and cognitive function among U.S. youth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Le Foll</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tivizio Pavic</w:t>
+                <w:t xml:space="preserve">Zhongting Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxia Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Falck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spub.hs2.2024.0089⟩</w:t>
+              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (1), pp.100639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2024.100639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908821v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging body-mind crosstalk in young adults</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Qian Yu</w:t>
+                <w:t xml:space="preserve">A friend in need is a friend indeed: Acute tandem rope skipping enhances inter-brain synchrony of socially avoidant individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinmei Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yangdi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhaowei Kong</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Kexin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical and Health Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (3), pp.100498. </w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 180, pp.106205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijchp.2024.100498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2024.106205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017634v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meeting 24-h movement behavior guidelines is linked to academic engagement, psychological functioning, and cognitive difficulties in youth with internalizing problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of Physical Exercise Breaks on Executive Function in a Simulated Classroom Setting: Uncovering a Window into the Brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanping Gao</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Mahbub Hossain</w:t>
+                <w:t xml:space="preserve">Kirk Erickson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jad.2024.01.017⟩</w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/advs.202406631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04938368v1</w:t>
+                <w:t xml:space="preserve">hal-05017671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The weight of weight: The salience of body weight in the impression formation process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Associations of 24-hour movement behaviors with externalizing and internalizing problems among children and adolescents prescribed with eyeglasses/contact lenses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meijun Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Oliveira Werneck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Teychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthony G. Delli Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41366-025-01921-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical and Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.100435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijchp.2023.100435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05426289v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Physical Exercise Breaks on Executive Function in a Simulated Classroom Setting: Uncovering a Window into the Brain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Meeting 24-h movement behavior guidelines is linked to academic engagement, psychological functioning, and cognitive difficulties in youth with internalizing problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanping Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qian Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe B. Schuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirk Erickson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">M. Mahbub Hossain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (3), </w:t>
+              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 349, pp.176-186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/advs.202406631⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jad.2024.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017671v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations of 24-hour movement behaviors with externalizing and internalizing problems among children and adolescents prescribed with eyeglasses/contact lenses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaging body-mind crosstalk in young adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meijun Hou</w:t>
+                <w:t xml:space="preserve">Zhaowei Kong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anthony G. Delli Paoli</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Clinical and Health Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 24 (1), pp.100435. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijchp.2023.100435⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 24 (3), pp.100498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijchp.2024.100498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04938379v1</w:t>
+                <w:t xml:space="preserve">hal-05017634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does exposure to sedentary temptations activate physical activity goals? A high-powered replication study.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+                <w:t xml:space="preserve">Improving physical activity using a single personalized consequence-based approach-avoidance training: Effects on self-reported behaviors, attitudes, and choices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hervé Dubouchaud</w:t>
+                <w:t xml:space="preserve">Thibaud Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Motivation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/mot0000308⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 70, pp.102565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04597277v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04806601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Science around the world</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Motivational and emotional correlates of physical activity and sedentary behavior after cardiac rehabilitation: an observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Tessitore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohannes Gemechu</w:t>
+                <w:t xml:space="preserve">Cecilia Craviari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parastoo Shahrouzi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30 (8), pp.699-701. </w:t>
+              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.06.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13102-024-00997-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017643v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A friend in need is a friend indeed: Acute tandem rope skipping enhances inter-brain synchrony of socially avoidant individuals</w:t>
+                <w:t xml:space="preserve">Interventions numériques et promotion de l’activité physique : une revue narrative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xinmei Deng</w:t>
+                <w:t xml:space="preserve">Olivier Rascle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yangdi Chen</w:t>
+                <w:t xml:space="preserve">David Le Foll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kexin Chen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Zhihao Zhang</w:t>
+                <w:t xml:space="preserve">Lisa Moyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tivizio Pavic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bandc.2024.106205⟩</w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, vol. 36 (HS2), pp.89-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.hs2.2024.0089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017594v1</w:t>
+                <w:t xml:space="preserve">hal-04908821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking social determinants of health to mental health, movement behaviors, and cognitive function among U.S. youth</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabian Herold</w:t>
+                <w:t xml:space="preserve">Sociodemographic precursors of explicit and implicit attitudes towards physical activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyes Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2024.100639⟩</w:t>
+              <w:t xml:space="preserve">Psychology and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08870446.2024.2371964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017669v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociodemographic precursors of explicit and implicit attitudes towards physical activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilyes Saoudi</w:t>
+                <w:t xml:space="preserve">Can automatic reactions mirror exercise dependence?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca St-Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Beaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology and Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08870446.2024.2371964⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (126), pp.33-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2024019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04704316v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intention–behaviour gap in physical activity: unravelling the critical role of the automatic tendency towards effort minimisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence and correlates of meeting 24-hour movement behavior guidelines among 8523 youth prescribed eyeglasses/contact lenses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiqi Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neville Owen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Neville Owen</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108144⟩</w:t>
+              <w:t xml:space="preserve">Complementary Therapies in Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57, pp.101893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ctcp.2024.101893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880535v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why people should run after positive affective experiences instead of health benefits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (4), pp.445-450. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jshs.2022.10.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04630339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can automatic reactions mirror exercise dependence?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Quossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gardner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/1612197X.2024.2387698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can automatic reactions mirror exercise dependence?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intention–behaviour gap in physical activity: unravelling the critical role of the automatic tendency towards effort minimisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neville Owen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 58 (126), pp.33-45. </w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (16), pp.889-891. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/sm/2024019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017653v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence and correlates of meeting 24-hour movement behavior guidelines among 8523 youth prescribed eyeglasses/contact lenses</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Neville Owen</w:t>
+                <w:t xml:space="preserve">All’s well that ends well: an early-phase study testing lower end-session exercise intensity to promote physical activity in patients with Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complementary Therapies in Clinical Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ctcp.2024.101893⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 123, pp.17-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2023009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017611v1</w:t>
+                <w:t xml:space="preserve">hal-04892447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life-Course Circumstances and Frailty in Old Age Within Different European Welfare Regimes: A Longitudinal Study With SHARE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Wilhelmina Antonia van der Linden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idris Guessous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 75 (6), pp.1326-1335. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/geronb/gbz140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04475676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All’s well that ends well: an early-phase study testing lower end-session exercise intensity to promote physical activity in patients with Parkinson’s disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effort minimization: A permanent, dynamic, and surmountable influence on physical activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxia Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 123, pp.17-31. </w:t>
+              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, pp.100971. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/sm/2023009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jshs.2024.100971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892447v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic status as a predictor of motivational and affective experiences in physical education and physical activity intentions: a cross-sectional study in six European countries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+                <w:t xml:space="preserve">Human dopaminergic system in the exercise-cognition link</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meijun Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athanasios Papaioannou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marta Borrueco</w:t>
+                <w:t xml:space="preserve">Soichi Ando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1612197X.2024.2321346⟩</w:t>
+              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (8), pp.708-712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04704370v1</w:t>
+                <w:t xml:space="preserve">hal-04938476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effort minimization: A permanent, dynamic, and surmountable influence on physical activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yanxia Chen</w:t>
+                <w:t xml:space="preserve">Recent trends and disparities in 24-hour movement behaviors among US youth with mental, behavioral and neurodevelopmental conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meijun Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neville Owen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Teychenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jshs.2024.100971⟩</w:t>
+              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 367, pp.58-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jad.2024.08.209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880552v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent trends and disparities in 24-hour movement behaviors among US youth with mental, behavioral and neurodevelopmental conditions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabian Herold</w:t>
+                <w:t xml:space="preserve">The weight of weight: The salience of body weight in the impression formation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Dubouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jad.2024.08.209⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 49 (12), pp.2538-2543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41366-025-01921-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017655v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human dopaminergic system in the exercise-cognition link</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zhihao Zhang</w:t>
+                <w:t xml:space="preserve">Economic status as a predictor of motivational and affective experiences in physical education and physical activity intentions: a cross-sectional study in six European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyes Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charalambos Krommidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soichi Ando</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Marta Borrueco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30 (8), pp.708-712. </w:t>
+              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.04.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1612197X.2024.2321346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04938476v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between reward-related brain activity and opportunities to sit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Initial status and change in cognitive function mediate the association between academic education and physical activity in adults over 50 years of age.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyes Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana Parma</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Dan Orsholits</w:t>
+                <w:t xml:space="preserve">Ata Farajzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2023.06.011⟩</w:t>
+              <w:t xml:space="preserve">Psychology and Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (6), pp.494-507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/pag0000749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017562v1</w:t>
+                <w:t xml:space="preserve">hal-04880527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are trait self-control and self-control resources mediators of relations between executive functions and health behaviors?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
+                <w:t xml:space="preserve">Predictors of intentions of adults over 35 years to participate in walking sport programs: A social‐ecological mixed‐methods approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamsini Sivaramakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Quested</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilie Thøgersen-Ntoumani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane Bartoletti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+                <w:t xml:space="preserve">Daniel Gucciardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.102410. </w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (8), pp.1412-1430. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102410⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/sms.14368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061618v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initial status and change in cognitive function mediate the association between academic education and physical activity in adults over 50 years of age.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relationship between reward-related brain activity and opportunities to sit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ata Farajzadeh</w:t>
+                <w:t xml:space="preserve">Juliana Parma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane F.B. Bacelar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel A.R. Cabral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robyn Recker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology and Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/pag0000749⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 167, pp.197-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2023.06.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880527v1</w:t>
+                <w:t xml:space="preserve">hal-05017562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictors of intentions of adults over 35 years to participate in walking sport programs: A social‐ecological mixed‐methods approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eleanor Quested</w:t>
+                <w:t xml:space="preserve">Are trait self-control and self-control resources mediators of relations between executive functions and health behaviors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Bartoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Daniel Gucciardi</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 33 (8), pp.1412-1430. </w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.102410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/sms.14368⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017556v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing habit-behaviour relationships for organised versus leisure time physical activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Look into my eyes: What can eye-based measures tell us about the relationship between physical activity and cognitive performance?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katerina Newman</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Keita Kamijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zachary Zenko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
+                <w:t xml:space="preserve">Notger Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3, pp.e77. </w:t>
+              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (5), pp.568-591. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.311⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jshs.2023.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04783521v1</w:t>
+                <w:t xml:space="preserve">hal-05017571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of the Chinese Version of the Affective Exercise Experiences Questionnaire (AFFEXX-C)</w:t>
               </w:r>
@@ -6961,1123 +6961,1123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zachary Zenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Mental Health Promotion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 25 (7), pp.799-812. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.32604/ijmhp.2023.028324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Look into my eyes: What can eye-based measures tell us about the relationship between physical activity and cognitive performance?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparing habit-behaviour relationships for organised versus leisure time physical activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notger Müller</w:t>
+                <w:t xml:space="preserve">Katerina Newman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Zenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (5), pp.568-591. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e77. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jshs.2023.04.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017571v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting Changes in Physical Education Teachers’ Behaviors Promoting Physical Activity During the COVID-19 Pandemic Using an Integrated Motivational Model</w:t>
+                <w:t xml:space="preserve">Antecedents and mediators of the association between adolescents’ intention and physical activity: a cross-sectional study in seven European countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Damien Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Attilio Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurizio Bertollo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Tessier</w:t>
+                <w:t xml:space="preserve">Joan Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Teaching in Physical Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/jtpe.2021-0116⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1612197X.2023.2196670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03821850v2</w:t>
+                <w:t xml:space="preserve">hal-04704357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic approach-avoidance tendency toward physical activity, sedentary, and neutral stimuli as a function of age, explicit affective attitude, and intention to be active</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Farajzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Goubran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Goubran</w:t>
+                <w:t xml:space="preserve">Alexa Beehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexa Beehler</w:t>
+                <w:t xml:space="preserve">Noura Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Morrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 3, pp.e21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.24072/pcjournal.246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations of meeting 24-h movement behavior guidelines with cognitive difficulty and social relationships in children and adolescents with attention deficit/hyperactive disorder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predicting Changes in Physical Education Teachers’ Behaviors Promoting Physical Activity During the COVID-19 Pandemic Using an Integrated Motivational Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Escriva-Boulley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyx Taylor</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+                <w:t xml:space="preserve">Maurizio Bertollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Child and Adolescent Psychiatry and Mental Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13034-023-00588-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Teaching in Physical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (1), pp.23-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jtpe.2021-0116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017565v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03821850v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antecedents and mediators of the association between adolescents’ intention and physical activity: a cross-sectional study in seven European countries</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Attilio Carraro</w:t>
+                <w:t xml:space="preserve">Associations of meeting 24-h movement behavior guidelines with cognitive difficulty and social relationships in children and adolescents with attention deficit/hyperactive disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyx Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Pons</w:t>
+                <w:t xml:space="preserve">Chuidan Kong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-20. </w:t>
+              <w:t xml:space="preserve">Child and Adolescent Psychiatry and Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (1), pp.42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1612197X.2023.2196670⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13034-023-00588-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04704357v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical activity matters for everyone’s health, but individuals with multimorbidity benefit more</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stefan Sieber</w:t>
+                <w:t xml:space="preserve">Psychometric evaluation of the inventory of dimensions of emerging adulthood (IDEA) in China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Cullati</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elena Tessitore</w:t>
+                <w:t xml:space="preserve">Juan Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peiying Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinran Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yinglan Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102265⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical and Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.100331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijchp.2022.100331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04305478v1</w:t>
+                <w:t xml:space="preserve">hal-05017535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychometric evaluation of the inventory of dimensions of emerging adulthood (IDEA) in China</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Xinran Bai</w:t>
+                <w:t xml:space="preserve">Physical activity matters for everyone’s health, but individuals with multimorbidity benefit more</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yinglan Liang</w:t>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Tessitore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical and Health Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (1), pp.100331. </w:t>
+              <w:t xml:space="preserve">Preventive Medicine Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34, </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijchp.2022.100331⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017535v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond Individual Cognitions: Time for Intervention Science to Focus on Health Context and Audience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyes Saoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Sniehotta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8150,77 +8150,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyes Saoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Farajzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 336, pp.64-73. </w:t>
@@ -8258,103 +8258,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“More than just a walk in the park”: A multi-stakeholder qualitative exploration of community-based walking sport programmes for middle-aged and older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamsini Sivaramakrishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandra Phoenix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleanor Quested</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilie Thogersen-Ntoumani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gucciardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualitative Research in Sport, Exercise and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (6), pp.772-788. </w:t>
@@ -8386,632 +8386,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automaticity mediates the association between action planning and physical activity, especially when autonomous motivation is high</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+                <w:t xml:space="preserve">Genetic insights into the causal relationship between physical activity and cognitive functioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
+                <w:t xml:space="preserve">Liza Darrous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Pelletier</w:t>
+                <w:t xml:space="preserve">Karmel Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meredith Rocchi</w:t>
+                <w:t xml:space="preserve">Yann Klimentidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Raichlen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology and Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-17. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.5310. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/08870446.2023.2188886⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-32150-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04847915v1</w:t>
+                <w:t xml:space="preserve">hal-05017560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training older adults to inhibit the automatic attraction to sedentary stimuli: A cognitive-bias-modification protocol</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Layan Fessler</w:t>
+                <w:t xml:space="preserve">Affective Responses to Increasing- and Decreasing-Intensity Resistance Training Protocols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmin Hutchinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leighton Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panteleimon Ekkekakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zack van Allen</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Brand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Rehabilitation Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.52057/erj.v3i1.32⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45 (3), pp.121-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jsep.2022-0243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017598v1</w:t>
+                <w:t xml:space="preserve">hal-05017539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic insights into the causal relationship between physical activity and cognitive functioning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Training older adults to inhibit the automatic attraction to sedentary stimuli: A cognitive-bias-modification protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Farajzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Goubran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Klimentidis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Raichlen</w:t>
+                <w:t xml:space="preserve">Zack van Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (1), pp.5310. </w:t>
+              <w:t xml:space="preserve">European Rehabilitation Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (1), pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-32150-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.52057/erj.v3i1.32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017560v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affective Responses to Increasing- and Decreasing-Intensity Resistance Training Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jasmin Hutchinson</w:t>
+                <w:t xml:space="preserve">Automaticity mediates the association between action planning and physical activity, especially when autonomous motivation is high</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leighton Jones</w:t>
+                <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panteleimon Ekkekakis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Luc Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ralf Brand</w:t>
+                <w:t xml:space="preserve">Meredith Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Exercise Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 45 (3), pp.121-137. </w:t>
+              <w:t xml:space="preserve">Psychology and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/jsep.2022-0243⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08870446.2023.2188886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017539v1</w:t>
+                <w:t xml:space="preserve">hal-04847915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early-Life Socioeconomic Circumstances and Physical Activity in Older Age: Women Pay the Price</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cullati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9056,1056 +9056,1056 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04367245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Women carry the weight of deprivation on physical inactivity: Moderated mediation analyses in a European sample of adults over 50 Years of age</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sitting vs. standing: an urgent need to rebalance our world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédrick T. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSM - Population Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssmph.2022.101272⟩</w:t>
+              <w:t xml:space="preserve">Health Psychology Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Health Psychology Review, pp.1-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17437199.2022.2150673⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04704379v1</w:t>
+                <w:t xml:space="preserve">hal-03881112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical inactivity amplifies the negative association between sleep quality and depressive symptoms</w:t>
+                <w:t xml:space="preserve">Physical effort biases the perceived pleasantness of neutral faces: A virtual reality study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">David Sander</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Farajzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Ben Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 63, pp.102287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102287⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2022.107233⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05017516v1</w:t>
+                <w:t xml:space="preserve">hal-04880453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life-course socioeconomic conditions, multimorbidity and polypharmacy in older adults: A retrospective cohort study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physical inactivity amplifies the negative association between sleep quality and depressive symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andreas Ihle</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (8), pp.e0271298. </w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 164, pp.107233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0271298⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2022.107233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017500v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical effort biases the perceived pleasantness of neutral faces: A virtual reality study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Life-course socioeconomic conditions, multimorbidity and polypharmacy in older adults: A retrospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Tabea Jungo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sarah Ben Abdallah</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Wilhelmina Antonia van der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Ihle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102287⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (8), pp.e0271298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0271298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880453v1</w:t>
+                <w:t xml:space="preserve">hal-05017500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sitting vs. standing: an urgent need to rebalance our world</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Women carry the weight of deprivation on physical inactivity: Moderated mediation analyses in a European sample of adults over 50 Years of age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyes Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Psychology Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Health Psychology Review, pp.1-22. </w:t>
+              <w:t xml:space="preserve">SSM - Population Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20, pp.101272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17437199.2022.2150673⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ssmph.2022.101272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03881112v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social protection expenditure on health in later life in 20 European countries</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+                <w:t xml:space="preserve">Residential trajectories across the life course and their association with cognitive functioning in later life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Kelly-Irving</w:t>
+                <w:t xml:space="preserve">Paolo Ghisletta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Oris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2021.114569⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.17004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-18501-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357652v1</w:t>
+                <w:t xml:space="preserve">hal-05017507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower social participation partly explains the association between perceived neighbourhood crime and depressive symptoms in European adults aged 50 years or older: A longitudinal mediation analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergő Baranyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Pearce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cullati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Dibben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Preventive Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 155, pp.106954. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ypmed.2022.106954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residential trajectories across the life course and their association with cognitive functioning in later life</w:t>
+                <w:t xml:space="preserve">Social protection expenditure on health in later life in 20 European countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paolo Ghisletta</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Ihle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Oris</w:t>
+                <w:t xml:space="preserve">Michelle Kelly-Irving</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), pp.17004. </w:t>
+              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 292, pp.114569. </w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-18501-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2021.114569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017507v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi mettre en avant ses bénéfices pour la santé ne suffit pas à promouvoir une activité physique régulière.</w:t>
               </w:r>
@@ -10130,64 +10130,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10238,77 +10238,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cullati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liye Zou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 87 (2), pp.919-931. </w:t>
@@ -10340,2392 +10340,2392 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Sit but I Don’t Know Why: Investigating the Multiple Precursors of Leisure-Time Sedentary Behaviors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neurobehavioral mechanisms underlying the effects of physical exercise break on episodic memory during prolonged sitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryan Rhodes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 93 (3), pp.548-563. </w:t>
+              <w:t xml:space="preserve">Complementary Therapies in Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 48, pp.101553. </w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02701367.2021.1877246⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ctcp.2022.101553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840931v1</w:t>
+                <w:t xml:space="preserve">hal-05017494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurobehavioral mechanisms underlying the effects of physical exercise break on episodic memory during prolonged sitting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+                <w:t xml:space="preserve">Physical activity partly mediates the association between cognitive function and depressive symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zsófia Csajbók</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavla Cermakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complementary Therapies in Clinical Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ctcp.2022.101553⟩</w:t>
+              <w:t xml:space="preserve">Translational Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41398-022-02191-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017494v1</w:t>
+                <w:t xml:space="preserve">hal-05017519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical activity partly mediates the association between cognitive function and depressive symptoms</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I Sit but I Don’t Know Why: Investigating the Multiple Precursors of Leisure-Time Sedentary Behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Rhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translational Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), pp.414. </w:t>
+              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 93 (3), pp.548-563. </w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41398-022-02191-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02701367.2021.1877246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017519v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Episodic memory encoding and retrieval in face-name paired paradigm: An fNIRS study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Association between physical-activity trajectories and cognitive decline in adults 50 years of age or older</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zsófia Csajbók</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Becker</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Chetwyn C. H. Chan</w:t>
+                <w:t xml:space="preserve">Tomáš Formánek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/brainsci11070951⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Psychiatric Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30, pp.e79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S2045796021000688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03363665v1</w:t>
+                <w:t xml:space="preserve">hal-05017483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Theory of Effort Minimization in Physical Activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Associations of 24-Hour Movement Behavior with Depressive Symptoms and Anxiety in Children: Cross-Sectional Findings from a Chinese Sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shenghua Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md Mahbub Hossain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Tong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exercise and Sport Sciences Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1249/JES.0000000000000252⟩</w:t>
+              <w:t xml:space="preserve">Healthcare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (11), pp.1532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/healthcare9111532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017486v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations of 24-Hour Movement Behavior with Depressive Symptoms and Anxiety in Children: Cross-Sectional Findings from a Chinese Sample</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Theory of Effort Minimization in Physical Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthcare</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/healthcare9111532⟩</w:t>
+              <w:t xml:space="preserve">Exercise and Sport Sciences Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (3), pp.168-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/JES.0000000000000252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017471v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between physical-activity trajectories and cognitive decline in adults 50 years of age or older</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Episodic memory encoding and retrieval in face-name paired paradigm: An fNIRS study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zsófia Csajbók</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomáš Formánek</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+                <w:t xml:space="preserve">Chetwyn C. H. Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Psychiatric Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30, pp.e79. </w:t>
+              <w:t xml:space="preserve">Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (7), pp.951. </w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S2045796021000688⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/brainsci11070951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017483v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations of emotional burden and coping strategies with sick leave among healthcare professionals: A longitudinal observational study</w:t>
+                <w:t xml:space="preserve">Cognitive functions and physical activity in aging when energy is lacking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jesper Pihl-Thingvad</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Ihle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Nursing Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnurstu.2021.103869⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Ageing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (3), pp.533-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10433-021-00654-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017453v1</w:t>
+                <w:t xml:space="preserve">hal-04783955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ABC of Primary Care for University Students: a 3-Step Structured Approach at Geneva University Hospitals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Melissa Dominicé Dao</w:t>
+                <w:t xml:space="preserve">Physical Activity Dimensions Differentially Predict Physical and Mental Components of Health-Related Quality of Life: Evidence from a Sport for All Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Ihle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Gouveia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élvio Gouveia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dagmar Haller</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo de Maio Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SN Comprehensive Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42399-021-00926-z⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (23), pp.13370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su132313370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017450v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why Are Individuals With Diabetes Less Active? The Mediating Role of Physical, Emotional, and Cognitive Factors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validation of the Chinese Version of the Exercise Dependence Scale-Revised (EDS-R)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peiying Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Montag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Behavioral Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/abm/kaaa120⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (2), pp.1200-1219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11469-021-00654-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04832853v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking widowhood and later-life depressive symptoms: Do childhood socioeconomic circumstances matter?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inhibitory control elicited by physical activity and inactivity stimuli: An electroencephalography study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Robert Stawski</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cabral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Bacelar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging and Mental Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13607863.2021.1972930⟩</w:t>
+              <w:t xml:space="preserve">Motivation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (4), pp.386-399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/mot0000236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017487v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staying Active under Restrictions: Changes in Type of Physical Exercise during the Initial COVID-19 Lockdown</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dmitriy Bondarev</w:t>
+                <w:t xml:space="preserve">Muscle strength is associated with COVID‐19 hospitalization in adults 50 years of age or older</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire P Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomáš Formánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph182212015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (5), pp.1136-1143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.12738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017479v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04826510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain Structure, Cardiorespiratory Fitness, and Executive Control Changes after a 9-Week Exercise Intervention in Young Adults: A Randomized Controlled Trial</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabian Herold</w:t>
+                <w:t xml:space="preserve">Linking widowhood and later-life depressive symptoms: Do childhood socioeconomic circumstances matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Recksiedler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxiao Dong</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Stawski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/life11040292⟩</w:t>
+              <w:t xml:space="preserve">Aging and Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (11), pp.2159-2169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13607863.2021.1972930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017445v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle strength is associated with COVID‐19 hospitalization in adults 50 years of age or older</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tomáš Formánek</w:t>
+                <w:t xml:space="preserve">Staying Active under Restrictions: Changes in Type of Physical Exercise during the Initial COVID-19 Lockdown</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Benzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaz Nosrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alireza Aghababa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassilis Barkoukis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitriy Bondarev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcsm.12738⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (22), pp.12015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph182212015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04826510v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive functions and physical activity in aging when energy is lacking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brain Structure, Cardiorespiratory Fitness, and Executive Control Changes after a 9-Week Exercise Intervention in Young Adults: A Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dan Orsholits</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiao Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Ageing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 19 (3), pp.533-544. </w:t>
+              <w:t xml:space="preserve">Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (4), pp.292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10433-021-00654-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/life11040292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783955v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Activity Dimensions Differentially Predict Physical and Mental Components of Health-Related Quality of Life: Evidence from a Sport for All Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreas Ihle</w:t>
+                <w:t xml:space="preserve">Why Are Individuals With Diabetes Less Active? The Mediating Role of Physical, Emotional, and Cognitive Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruna Gouveia</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marcelo de Maio Nascimento</w:t>
+                <w:t xml:space="preserve">David Beran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su132313370⟩</w:t>
+              <w:t xml:space="preserve">Annals of Behavioral Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55 (9), pp.904-917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/abm/kaaa120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017481v1</w:t>
+                <w:t xml:space="preserve">hal-04832853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibitory control elicited by physical activity and inactivity stimuli: An electroencephalography study.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The ABC of Primary Care for University Students: a 3-Step Structured Approach at Geneva University Hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pernin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Dominicé Dao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cabral</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Juliana Parma</w:t>
+                <w:t xml:space="preserve">Dagmar Haller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Motivation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/mot0000236⟩</w:t>
+              <w:t xml:space="preserve">SN Comprehensive Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (9), pp.1870-1880. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42399-021-00926-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017466v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of the Chinese Version of the Exercise Dependence Scale-Revised (EDS-R)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Qian Yu</w:t>
+                <w:t xml:space="preserve">Associations of emotional burden and coping strategies with sick leave among healthcare professionals: A longitudinal observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Uribe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Montag</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Jesper Pihl-Thingvad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (2), pp.1200-1219. </w:t>
+              <w:t xml:space="preserve">International Journal of Nursing Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 115, pp.103869. </w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11469-021-00654-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnurstu.2021.103869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017473v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive-bias modification intervention to improve physical activity in patients following a rehabilitation programme: protocol for the randomised controlled IMPACT trial</w:t>
               </w:r>
@@ -12763,51 +12763,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cullati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (9), pp.e053845. </w:t>
@@ -12839,697 +12839,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle strength explains the protective effect of physical activity against COVID-19 hospitalization among adults aged 50 years and older</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+                <w:t xml:space="preserve">Psychosocial outcomes of sport participation for middle-aged and older adults: a systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamsini Sivaramakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gucciardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Mcdonald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Quested</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilie Thogersen-Ntoumani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02640414.2021.1964721⟩</w:t>
+              <w:t xml:space="preserve">International Review of Sport and Exercise Psychology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (1), pp.398-419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1750984X.2021.2004611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833400v1</w:t>
+                <w:t xml:space="preserve">hal-05017578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychosocial outcomes of sport participation for middle-aged and older adults: a systematic review and meta-analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cecilie Thogersen-Ntoumani</w:t>
+                <w:t xml:space="preserve">Evolution of physical activity habits after a context change: The case of COVID-19 lockdown</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Rebar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review of Sport and Exercise Psychology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1750984X.2021.2004611⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (4), pp.1135-1154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjhp.12524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017578v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03589551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of physical activity habits after a context change: The case of COVID-19 lockdown</w:t>
+                <w:t xml:space="preserve">Muscle strength explains the protective effect of physical activity against COVID-19 hospitalization among adults aged 50 years and older</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Health Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (4), pp.1135-1154. </w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39 (24), pp.2796-2803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bjhp.12524⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2021.1964721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03589551v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Activity and Inhibitory Control: The Mediating Role of Sleep Quality and Sleep Efficiency</w:t>
+                <w:t xml:space="preserve">Exploring Two Pandemics in Academic Arena: Physical Activity and Sedentary Behaviors Profile of University Students in Bangladesh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lin Li</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qian Yu</w:t>
+                <w:t xml:space="preserve">Khalidur Rahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenrui Zhao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabian Herold</w:t>
+                <w:t xml:space="preserve">Matteo Vandoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md Asaduzzaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Nayeem Hasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/brainsci11050664⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Investigation in Health, Psychology and Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (2), pp.358-371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ejihpe11020027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017458v1</w:t>
+                <w:t xml:space="preserve">hal-05017442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Two Pandemics in Academic Arena: Physical Activity and Sedentary Behaviors Profile of University Students in Bangladesh</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matteo Vandoni</w:t>
+                <w:t xml:space="preserve">Physical Activity and Inhibitory Control: The Mediating Role of Sleep Quality and Sleep Efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenrui Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Nayeem Hasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Investigation in Health, Psychology and Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (2), pp.358-371. </w:t>
+              <w:t xml:space="preserve">Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ejihpe11020027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/brainsci11050664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017442v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promoting Physical Activity during School Closures Imposed by the First Wave of the COVID-19 Pandemic: Physical Education Teachers’ Behaviors in France, Italy and Turkey</w:t>
               </w:r>
@@ -13541,51 +13541,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Gobbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selenia Di Fronso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13643,1285 +13643,1285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03230479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between changes in self-reported physical activity, sedentary behaviour and health during the coronavirus (COVID-19) pandemic in France and Switzerland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Life Course Socioeconomic Conditions and Frailty at Older Ages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Wilhelmina Antonia van der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idris Guessous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 39 (6), pp.699-704. </w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 75 (6), pp.1348-1357. </w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1841396⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/geronb/gbz018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017438v1</w:t>
+                <w:t xml:space="preserve">hal-05017339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daily Life Physical Activity and Concussion Symptoms in Adolescents</w:t>
+                <w:t xml:space="preserve">Adverse Childhood Experiences, Depressive Symptoms, Functional Dependence, and Physical Activity: A Moderated Mediation Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Schmidt</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martina von Arx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Occupational Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 87 (5), pp.364-371. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (8), pp.790-799. </w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0008417420953228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1123/jpah.2019-0133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017436v1</w:t>
+                <w:t xml:space="preserve">hal-05017435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships Between Changes in Self-Reported Physical Activity and Sedentary Behaviours and Health During the Coronavirus (COVID-19) Pandemic in France and Switzerland</w:t>
+                <w:t xml:space="preserve">Relationship between decline in cognitive resources and physical activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (5), pp.1136-1143. </w:t>
+              <w:t xml:space="preserve">Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39 (6), pp.519-528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.31236/osf.io/ydv84⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/hea0000857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833078v1</w:t>
+                <w:t xml:space="preserve">hal-05017427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Welfare Regimes Moderate Cumulative Dis/advantages Over the Life Course? Cross-National Evidence from Longitudinal SHARE Data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dan Orsholits</w:t>
+                <w:t xml:space="preserve">Dynamical System Modeling of Self-Regulated Systems Undergoing Multiple Excitations: First Order Differential Equation Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadette van der Linden</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Idris Guessous</w:t>
+                <w:t xml:space="preserve">Adriana Uribe Caparros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baris Gencer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Ramon Alvero-Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/geronb/gbaa036⟩</w:t>
+              <w:t xml:space="preserve">Multivariate Behavioral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (4), pp.649-668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00273171.2020.1754155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017431v1</w:t>
+                <w:t xml:space="preserve">hal-05017420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Reserve Mitigates Decline in Executive Functioning Following Hepatobiliary Diseases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sascha Zuber</w:t>
+                <w:t xml:space="preserve">Do Welfare Regimes Moderate Cumulative Dis/advantages Over the Life Course? Cross-National Evidence from Longitudinal SHARE Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette van der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idris Guessous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Swiss Journal of Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 75 (6), pp.1312-1325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/geronb/gbaa036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1024/1421-0185/a000237⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05017432v1</w:t>
+                <w:t xml:space="preserve">hal-05017431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life Course Socioeconomic Conditions and Frailty at Older Ages</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Idris Guessous</w:t>
+                <w:t xml:space="preserve">Cognitive Reserve Mitigates Decline in Executive Functioning Following Hepatobiliary Diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Ihle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élvio Gouveia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Gouveia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilian Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/geronb/gbz018⟩</w:t>
+              <w:t xml:space="preserve">Swiss Journal of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 79 (3-4), pp.149-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1024/1421-0185/a000237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017339v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adverse Childhood Experiences, Depressive Symptoms, Functional Dependence, and Physical Activity: A Moderated Mediation Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthew Miller</w:t>
+                <w:t xml:space="preserve">Relationships Between Changes in Self-Reported Physical Activity and Sedentary Behaviours and Health During the Coronavirus (COVID-19) Pandemic in France and Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamsini Sivaramakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/jpah.2019-0133⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (5), pp.1136-1143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31236/osf.io/ydv84⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017435v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between decline in cognitive resources and physical activity.</w:t>
+                <w:t xml:space="preserve">Relationships between changes in self-reported physical activity, sedentary behaviour and health during the coronavirus (COVID-19) pandemic in France and Switzerland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamsini Sivaramakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/hea0000857⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39 (6), pp.699-704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1841396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017427v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical System Modeling of Self-Regulated Systems Undergoing Multiple Excitations: First Order Differential Equation Approach</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Baris Gencer</w:t>
+                <w:t xml:space="preserve">Daily Life Physical Activity and Concussion Symptoms in Adolescents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Ramon Alvero-Cruz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julia Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multivariate Behavioral Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56 (4), pp.649-668. </w:t>
+              <w:t xml:space="preserve">Canadian Journal of Occupational Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 87 (5), pp.364-371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00273171.2020.1754155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0008417420953228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017420v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Higher inhibitory control is required to escape the innate attraction to effort minimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel A.R. Cabral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariane F.B. Bacelar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 51, pp.101781. </w:t>
@@ -15087,585 +15087,585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physically active individuals look for more: An eye‐tracking study of attentional bias</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Back pain occurrence and treatment-seeking behavior among nurses: the role of work-related emotional burden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">David Sander</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Lauper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/psyp.13582⟩</w:t>
+              <w:t xml:space="preserve">Quality of Life Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29 (5), pp.1301-1310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11136-019-02405-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017422v1</w:t>
+                <w:t xml:space="preserve">hal-05017311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Back pain occurrence and treatment-seeking behavior among nurses: the role of work-related emotional burden</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physically active individuals look for more: An eye‐tracking study of attentional bias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Mongin</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Lauper</w:t>
+                <w:t xml:space="preserve">Tanya Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality of Life Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 29 (5), pp.1301-1310. </w:t>
+              <w:t xml:space="preserve">Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 57 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11136-019-02405-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/psyp.13582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017311v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theories to Explain Exercise Motivation and Physical Inactivity: Ways of Expanding Our Current Theoretical Perspective</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Opportunities to sit and stand trigger equivalent reward-related brain activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane F.B. Bacelar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robyn Feiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2019.01147⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 141, pp.9-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2019.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017301v1</w:t>
+                <w:t xml:space="preserve">hal-05017305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunities to sit and stand trigger equivalent reward-related brain activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theories to Explain Exercise Motivation and Physical Inactivity: Ways of Expanding Our Current Theoretical Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Brand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Matthew Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 141, pp.9-17. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2019.04.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2019.01147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017305v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disadvantaged Early-Life Socioeconomic Circumstances Are Associated With Low Respiratory Function in Older Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Orsholits</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idris Guessous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Blane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15710,1316 +15710,1316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02393484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental relations between motivation types and physical activity in elementary school children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Associations of regrets and coping strategies with job satisfaction and turnover intention: international prospective cohort study of novice healthcare professionals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Chanal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+                <w:t xml:space="preserve">Stphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Paumier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ralph Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Lauper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 43, pp.233-242. </w:t>
+              <w:t xml:space="preserve">Swiss Medical Weekly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2019.03.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4414/smw.2019.20074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017282v1</w:t>
+                <w:t xml:space="preserve">hal-05017289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Woman’s Body (Not the Man’s One) Is Used to Evaluate Sexual Desire: An Eye-Tracking Study of Automatic Visual Attention</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+                <w:t xml:space="preserve">Welfare regimes modify the association of disadvantaged adult-life socioeconomic circumstances with self-rated health in old age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette van der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idris Guessous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sexual Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsxm.2018.12.003⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (4), pp.1352-1366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ije/dyy283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017277v1</w:t>
+                <w:t xml:space="preserve">hal-05017286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal study of neighbourhood conditions and depression in ageing European adults: Do the associations vary by exposure to childhood stressors?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+                <w:t xml:space="preserve">Early-life socioeconomic circumstances explain health differences in old age, but not their evolution over time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Chris Dibben</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Stringhini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2019.105764⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 73 (8), pp.703-711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech-2019-212110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017307v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive resources moderate the adverse impact of poor perceived neighborhood conditions on self-reported physical activity of older adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A mixed-effects location scale model for time-to-event data: A smoking behavior application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodore Walls</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donald Hedeker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2019.05.029⟩</w:t>
+              <w:t xml:space="preserve">Addictive Behaviors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 94, pp.42-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2018.08.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873926v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between Adverse Childhood Experiences and Muscle Strength in Older Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Cooper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gerontology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 65 (5), pp.474-484. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1159/000494972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early-life socioeconomic circumstances explain health differences in old age, but not their evolution over time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of adult socioeconomic and relational reserves regarding the effect of childhood misfortune on late-life depressive symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina von Arx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Widmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech-2019-212110⟩</w:t>
+              <w:t xml:space="preserve">SSM - Population Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, pp.100434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssmph.2019.100434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017298v1</w:t>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mixed-effects location scale model for time-to-event data: A smoking behavior application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Developmental relations between motivation types and physical activity in elementary school children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Courvoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Donald Hedeker</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Paumier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addictive Behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2018.08.032⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43, pp.233-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2019.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017269v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of adult socioeconomic and relational reserves regarding the effect of childhood misfortune on late-life depressive symptoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martina von Arx</w:t>
+                <w:t xml:space="preserve">The Woman’s Body (Not the Man’s One) Is Used to Evaluate Sexual Desire: An Eye-Tracking Study of Automatic Visual Attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Bolmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bianchi-Demicheli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSM - Population Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssmph.2019.100434⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sexual Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (2), pp.195-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsxm.2018.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598510v1</w:t>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Welfare regimes modify the association of disadvantaged adult-life socioeconomic circumstances with self-rated health in old age</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+                <w:t xml:space="preserve">A longitudinal study of neighbourhood conditions and depression in ageing European adults: Do the associations vary by exposure to childhood stressors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergő Baranyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Pearce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Idris Guessous</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Dibben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ije/dyy283⟩</w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126, pp.105764. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2019.105764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017286v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations of regrets and coping strategies with job satisfaction and turnover intention: international prospective cohort study of novice healthcare professionals</w:t>
+                <w:t xml:space="preserve">Cognitive resources moderate the adverse impact of poor perceived neighborhood conditions on self-reported physical activity of older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kim Lauper</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Rebar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Swiss Medical Weekly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126, pp.105741. </w:t>
             </w:r>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4414/smw.2019.20074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2019.05.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017289v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nous sommes programmés pour la paresse</w:t>
               </w:r>
@@ -17031,51 +17031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu P Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17094,325 +17094,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advantaged socioeconomic conditions in childhood are associated with higher cognitive functioning but stronger cognitive decline in older age</w:t>
+                <w:t xml:space="preserve">Childhood socioeconomic circumstances and disability trajectories in older men and women: a European cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marja Aartsen</w:t>
+                <w:t xml:space="preserve">Aljoscha Landös</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina von Arx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rainer Gabriel</w:t>
+                <w:t xml:space="preserve">Matthias Kliegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 116 (12), pp.5478-5486. </w:t>
+              <w:t xml:space="preserve">European Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (1), pp.50-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1807679116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/cky166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017294v1</w:t>
+                <w:t xml:space="preserve">hal-05017276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Childhood socioeconomic circumstances and disability trajectories in older men and women: a European cohort study</w:t>
+                <w:t xml:space="preserve">Advantaged socioeconomic conditions in childhood are associated with higher cognitive functioning but stronger cognitive decline in older age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aljoscha Landös</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martina von Arx</w:t>
+                <w:t xml:space="preserve">Marja Aartsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette van der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Kliegel</w:t>
+                <w:t xml:space="preserve">Rainer Gabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 29 (1), pp.50-58. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (12), pp.5478-5486. </w:t>
             </w:r>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/eurpub/cky166⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1807679116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017276v1</w:t>
+                <w:t xml:space="preserve">hal-05017294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Reserve Attenuates 6-Year Decline in Executive Functioning after Stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Ihle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élvio R. Gouveia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17420,51 +17420,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna R. Gouveia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dementia and Geriatric Cognitive Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48 (5-6), pp.349-353. </w:t>
@@ -17515,117 +17515,117 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between Adverse Childhood Experiences and Muscle Strength in Older Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Cooper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gerontology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 65 (5), pp.474-484. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1159/000494972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826436v1</w:t>
@@ -17636,77 +17636,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“We Won’t Retire Without Skeletons in the Closet”: Healthcare-Related Regrets Among Physicians and Nurses in German-Speaking Swiss Hospitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina von Arx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cullati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralph Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Richner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17764,429 +17764,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">White matter microstructural organisation of interhemispheric pathways predicts different stages of bimanual coordination learning in young and older adults</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Inge Leunissen</w:t>
+                <w:t xml:space="preserve">Impact of CAre-related Regret Upon Sleep (ICARUS) cohort study: protocol of a 3-year multicentre, international, prospective cohort study of novice healthcare professionals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesper Pihl-Thingvad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina von Arx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ejn.13841⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (3), pp.e022172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2018-022172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017055v1</w:t>
+                <w:t xml:space="preserve">hal-05017026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of CAre-related Regret Upon Sleep (ICARUS) cohort study: protocol of a 3-year multicentre, international, prospective cohort study of novice healthcare professionals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early predictors of impaired sleep: a study on life course socioeconomic conditions and sleeping problems in older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera van de Straat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Martina von Arx</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2018-022172⟩</w:t>
+              <w:t xml:space="preserve">Aging and Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (2), pp.322-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13607863.2018.1534078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017026v1</w:t>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early predictors of impaired sleep: a study on life course socioeconomic conditions and sleeping problems in older adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">White matter microstructural organisation of interhemispheric pathways predicts different stages of bimanual coordination learning in young and older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamed Zivari Adab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sima Chalavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iseult Beets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jolien Gooijers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vera van de Straat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+                <w:t xml:space="preserve">Inge Leunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging and Mental Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 24 (2), pp.322-332. </w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (5), pp.446-459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13607863.2018.1534078⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ejn.13841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017328v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association of early- and adult-life socioeconomic circumstances with muscle strength in older age</w:t>
               </w:r>
@@ -18198,77 +18198,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Orsholits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Orsholits</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idris Guessous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Age and Ageing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 47 (3), pp.398-407. </w:t>
@@ -18434,632 +18434,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of childhood socioeconomic conditions on cancer onset in later life: an ambidirectional cohort study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+                <w:t xml:space="preserve">Cerebellar gray matter explains bimanual coordination performance in children and older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piet Bracke</w:t>
+                <w:t xml:space="preserve">Peter van Ruitenbeek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koen Cuypers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inge Leunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00038-018-1111-9⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 65, pp.109-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2018.01.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017113v1</w:t>
+                <w:t xml:space="preserve">hal-05017087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocal relations between care-related emotional burden and sleep problems in healthcare professionals: a multicentre international cohort study</w:t>
+                <w:t xml:space="preserve">Avoiding sedentary behaviors requires more cortical resources than avoiding physical activity: An EEG study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Martina von Arx</w:t>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eda Tipura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Burra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaromil Frossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/oemed-2018-105096⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 119 (6), pp.68-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2018.07.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017261v1</w:t>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoiding sedentary behaviors requires more cortical resources than avoiding physical activity: An EEG study</w:t>
+                <w:t xml:space="preserve">Reciprocal relations between care-related emotional burden and sleep problems in healthcare professionals: a multicentre international cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Chanal</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Winz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina von Arx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2018.07.029⟩</w:t>
+              <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 75 (9), pp.647-653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/oemed-2018-105096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017266v1</w:t>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebellar gray matter explains bimanual coordination performance in children and older adults</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+                <w:t xml:space="preserve">Effect of childhood socioeconomic conditions on cancer onset in later life: an ambidirectional cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette van der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Peter van Ruitenbeek</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Koen Cuypers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Inge Leunissen</w:t>
+                <w:t xml:space="preserve">Piet Bracke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 65, pp.109-120. </w:t>
+              <w:t xml:space="preserve">International Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 63 (7), pp.799-810. </w:t>
             </w:r>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2018.01.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00038-018-1111-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017087v1</w:t>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Early- and Adult-Life Socioeconomic Circumstances on Physical Inactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idris Guessous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Courvoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19104,936 +19104,936 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of the German version of two scales (RIS, RCS-HCP) for measuring regret associated with providing healthcare</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">When hunger does (or doesn't) increase unhealthy and healthy food consumption through food wanting: The distinctive role of impulsive approach tendencies toward healthy food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Chopard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Audrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health and Quality of Life Outcomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 15 (1), pp.56. </w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 116, pp.99-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12955-017-0630-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2017.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016792v1</w:t>
+                <w:t xml:space="preserve">hal-02025993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Materialism moderates the impact of mortality salience on impulsive tendencies toward luxury brands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The links between self-determined motivations and behavioral automaticity in a variety of real-life behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Radel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Audrin</w:t>
+                <w:t xml:space="preserve">Dusan Pjevac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Chanal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Death Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 42 (2), pp.115-122. </w:t>
+              <w:t xml:space="preserve">Motivation and Emotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 41 (4), pp.443-454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07481187.2017.1334008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11031-017-9618-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016973v1</w:t>
+                <w:t xml:space="preserve">hal-05016996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When hunger does (or doesn't) increase unhealthy and healthy food consumption through food wanting: The distinctive role of impulsive approach tendencies toward healthy food</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self-Rated Health and Sick Leave among Nurses and Physicians: The Role of Regret and Coping Strategies in Difficult Care-Related Situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId562" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Agoritsas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chopard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2017.04.028⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2017.00623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025993v1</w:t>
+                <w:t xml:space="preserve">hal-05016985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The links between self-determined motivations and behavioral automaticity in a variety of real-life behaviors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dusan Pjevac</w:t>
+                <w:t xml:space="preserve">Validation of the German version of two scales (RIS, RCS-HCP) for measuring regret associated with providing healthcare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Richner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chopard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Motivation and Emotion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Health and Quality of Life Outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (1), pp.56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12955-017-0630-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11031-017-9618-6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05016996v1</w:t>
+                <w:t xml:space="preserve">hal-05016792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Rated Health and Sick Leave among Nurses and Physicians: The Role of Regret and Coping Strategies in Difficult Care-Related Situations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+                <w:t xml:space="preserve">Materialism moderates the impact of mortality salience on impulsive tendencies toward luxury brands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Audrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chanal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8, </w:t>
+              <w:t xml:space="preserve">Death Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (2), pp.115-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2017.00623⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/07481187.2017.1334008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05016985v1</w:t>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temptations toward behaviors minimizing energetic costs (BMEC) automatically activate physical activity goals in successful exercisers</w:t>
+                <w:t xml:space="preserve">How perceived autonomy support and controlling coach behaviors are related to well- and ill-being in elite soccer players: A within-person changes and between-person differences analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Quested</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine S. Courvoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Radel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 30, pp.110-117. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2017.02.006⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 28, pp.68-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2016.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025999v1</w:t>
+                <w:t xml:space="preserve">hal-01951383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How perceived autonomy support and controlling coach behaviors are related to well- and ill-being in elite soccer players: A within-person changes and between-person differences analysis</w:t>
+                <w:t xml:space="preserve">Temptations toward behaviors minimizing energetic costs (BMEC) automatically activate physical activity goals in successful exercisers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Radel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 28, pp.68-77. </w:t>
+              <w:t xml:space="preserve">, 2017, 30, pp.110-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2016.10.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2017.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId574" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01951383v1</w:t>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02025999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural predictors of motor control and impact of visuo‐proprioceptive information in youth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sharissa H.A. Corporaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jolien Gooijers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sima Chalavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20123,77 +20123,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sima Chalavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter van Ruitenbeek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inge Leunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurobiology of Aging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 50, pp.47-59. </w:t>
@@ -20244,51 +20244,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus automatiques et activités physiques bénéfiques pour la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Radel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20329,419 +20329,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02026011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental trajectories of physical activity during elementary school physical education</w:t>
+                <w:t xml:space="preserve">How impulsivity shapes the interplay of impulsive and reflective processes involved in objective physical activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Chanal</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gautheur Isoard-Gautheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Radel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malte Friese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2016.02.043⟩</w:t>
+              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 96, pp.132-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.paid.2016.02.067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016716v1</w:t>
+                <w:t xml:space="preserve">hal-02026006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homophobia: An Impulsive Attraction to the Same Sex? Evidence From Eye-Tracking Data in a Picture-Viewing Task</w:t>
+                <w:t xml:space="preserve">Developmental trajectories of physical activity during elementary school physical education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId589" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courvoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chanal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sexual Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 13 (5), pp.825-834. </w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 87, pp.170-174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsxm.2016.02.165⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2016.02.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId588" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05016751v1</w:t>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How impulsivity shapes the interplay of impulsive and reflective processes involved in objective physical activity</w:t>
+                <w:t xml:space="preserve">Homophobia: An Impulsive Attraction to the Same Sex? Evidence From Eye-Tracking Data in a Picture-Viewing Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malte Friese</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Remi Radel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Grob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Ghisletta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bianchi-Demicheli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.paid.2016.02.067⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sexual Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (5), pp.825-834. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsxm.2016.02.165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02026006v1</w:t>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The anova to mixed model transition</w:t>
               </w:r>
@@ -20844,51 +20844,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter van Ruitenbeek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oron Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20965,77 +20965,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Retraining Approach-Avoidance Tendencies on an Exercise Task: A Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malte Friese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 13 (12), pp.1396-1403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
@@ -21082,90 +21082,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homophobia is Related to a Low Interest in Sexuality in General: An Analysis of Pupillometric Evoked Responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Grob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Ghisletta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bianchi-Demicheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sexual Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 13 (10), pp.1539-1545. </w:t>
@@ -21197,343 +21197,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ego depletion account of aging stereotypes' effects on health-related variables</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reflective and impulsive processes explain (in)effectiveness of messages promoting physical activity: A randomized controlled trial.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gautheur Isoard-Gautheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Radel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malte Friese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/geronb/gbu168⟩</w:t>
+              <w:t xml:space="preserve">Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 34 (1), pp.10-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/hea0000102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01951452v1</w:t>
+                <w:t xml:space="preserve">hal-02026025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reflective and impulsive processes explain (in)effectiveness of messages promoting physical activity: A randomized controlled trial.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An ego depletion account of aging stereotypes' effects on health-related variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne d'Arripe-Longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Malte Friese</w:t>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 34 (1), pp.10-19. </w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (6), pp.876-885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/hea0000102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/geronb/gbu168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId612" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02026025v1</w:t>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impulsive Approach Tendencies towards Physical Activity and Sedentary Behaviors, but Not Reflective Intentions, Prospectively Predict Non-Exercise Activity Thermogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (12), pp.e115238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
@@ -21706,51 +21706,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensory Interventions to Improve Exercise Tolerance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan M. Bird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène M. R. Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21849,51 +21849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Martin-Krumm; C. Tarquinio. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie positive des activités physiques et sportives. Corps, santé mentale et bien-être</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.202-219, 2024, </w:t>
@@ -21931,77 +21931,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La théorie de l'autodétermination : un cadre pour comprendre et nourrir la motivation dans le domaine de l’activité physique pour la santé et du sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La théorie de l'autodétermination : Aspects théoriques et appliqués</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck, pp.269-292, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22313,51 +22313,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B6154F89"/>
+    <w:nsid w:val="6F7B00F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22544,51 +22544,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-cheval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6236-4673" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162511v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianyu Chen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ailikute Aikeremu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gerber" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100706" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05410728v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijun Liu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Oliveira Werneck" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Herold" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lowe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mats Hallgren" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2025.119737" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05374243v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Desplanques" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanja Wolff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2025.04.012" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017676v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Raichlen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Rhodes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12790" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017675v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Cody" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Colledge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Hohberg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physrev.00021.2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383528v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Bu Wang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Hutchinson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M. Bird" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2025.2549884" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457887v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Quintana-Cepedal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Thogersen-Ntoumani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Crespo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2025-110027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382096v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Heath" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2025.2563306" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017663v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khudair" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Chun Man Ling" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Johanna Hettinga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Daniel Tempest" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102750" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017673v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tari" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Ronca" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-109129" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05305196v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahui Wang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Zhang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxia Chen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika Pindus" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100686" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05365767v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiqi Guan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayi Yang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Health" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100698" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162517v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bigliassi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Yu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100688" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314317v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo M. Cunha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo O Silva" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max D Oliveira" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lcio Kanegusuku" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01817-0" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457877v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Owen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2025-0194" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456660v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Theobald" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Manser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Falck" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-06003-w" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928474v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ludyga" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Kuang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.12.010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314248v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05858-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251879v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Ceravolo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelia Zimmermann" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Igl&#243;i" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sander" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.28" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834476v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco B Ortega" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H. Hillman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk I. Erickson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-024-01949-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017602v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Courvoisier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Marcora" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisgontier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102607" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938445v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Wheeler" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika M Pindus" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2024.02.003" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880544v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tessitore" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Craviari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-024-00997-0" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806601v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Ferry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102565" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908821v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rascle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Foll" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Moyon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tivizio Pavic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0089" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017634v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaowei Kong" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijchp.2024.100498" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938368v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Gao" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe B. Schuch" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mahbub Hossain" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.01.017" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05426289v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41366-025-01921-3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017671v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk Erickson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202406631" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938379v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijun Hou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Teychenne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony G. Delli Paoli" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijchp.2023.100435" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597277v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maz&#233;as" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000308" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017643v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohannes Gemechu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parastoo Shahrouzi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.06.013" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017594v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinmei Deng" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangdi Chen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Chen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2024.106205" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017669v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongting Liu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2024.100639" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704316v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Saoudi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08870446.2024.2371964" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880535v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108144" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04630339v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Lebreton" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2022.10.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883547v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Quossi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gardner" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Miller" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2387698" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017653v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca St-Denis" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Beaudry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2024019" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017611v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctcp.2024.101893" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475676v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Wilhelmina Antonia van der Linden" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sieber" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Orsholits" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Guessous" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbz140" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892447v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023009" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704370v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Papaioannou" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalambos Krommidas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Borrueco" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2321346" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880552v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2024.100971" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017655v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.08.209" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938476v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichi Ando" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.04.011" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017562v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Parma" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane F.B. Bacelar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A.R. Cabral" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Recker" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2023.06.011" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04061618v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bartoletti" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102410" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880527v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Farajzadeh" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pag0000749" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017556v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamsini Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Quested" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Th&#248;gersen-Ntoumani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gucciardi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14368" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783521v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Newman" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Zenko" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.311" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880532v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/ijmhp.2023.028324" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017571v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Kamijo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Notger M&#252;ller" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2023.04.003" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821850v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Carraro" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Escriva-Boulley" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Bertollo" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jtpe.2021-0116" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017543v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Goubran" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Beehler" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Cherkaoui" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Morrison" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.246" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017565v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyx Taylor" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuidan Kong" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13034-023-00588-w" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704357v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pons" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2023.2196670" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305478v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cullati" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102265" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017535v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Zhong" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiying Yang" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinran Bai" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinglan Liang" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijchp.2022.100331" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367277v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falko Sniehotta" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2023-0072" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880525v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2023.05.052" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017568v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Phoenix" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2159676X.2023.2197450" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04847915v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pelletier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Rocchi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08870446.2023.2188886" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017598v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack van Allen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52057/erj.v3i1.32" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017560v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Darrous" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karmel Choi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Klimentidis" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-32150-1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017539v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leighton Jones" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panteleimon Ekkekakis" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Brand" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2022-0243" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367245v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09567976211036061" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704379v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmph.2022.101272" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017516v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2022.107233" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017500v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Tabea Jungo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ihle" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0271298" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880453v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ben Abdallah" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102287" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03881112v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick T. Bonnet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2022.2150673" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04357652v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Kelly-Irving" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2021.114569" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017495v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerg&#337; Baranyi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Pearce" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Dibben" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2022.106954" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017507v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ghisletta" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Oris" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-18501-4" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04927433v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017513v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-215484" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04840931v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2021.1877246" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017494v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctcp.2022.101553" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017519v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs&#243;fia Csajb&#243;k" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavla Cermakova" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-022-02191-7" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363665v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Becker" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetwyn C. H. Chan" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11070951" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017486v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/JES.0000000000000252" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017471v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenghua Lu" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Mahbub Hossain" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si-Tong Chen" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare9111532" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017483v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Form&#225;nek" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2045796021000688" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017453v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mongin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Uribe" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Pihl-Thingvad" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnurstu.2021.103869" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017450v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pernin" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dominic&#233; Dao" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Haller" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42399-021-00926-z" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04832853v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beran" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/abm/kaaa120" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017487v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Recksiedler" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Stawski" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13607863.2021.1972930" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017479v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Benzing" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaz Nosrat" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Aghababa" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Barkoukis" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitriy Bondarev" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182212015" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017445v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Zhu" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxiao Dong" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/life11040292" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826510v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire P Millet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12738" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783955v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10433-021-00654-2" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017481v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Gouveia" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lvio Gouveia" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo de Maio Nascimento" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su132313370" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017466v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cabral" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Daou" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Bacelar" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000236" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017473v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Montag" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-021-00654-4" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880409v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Finckh" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-053845" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04833400v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2021.1964721" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017578v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Mcdonald" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1750984X.2021.2004611" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589551v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12524" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017458v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Li" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenrui Zhao" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11050664" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017442v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalidur Rahman" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Vandoni" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Asaduzzaman" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nayeem Hasan" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ejihpe11020027" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230479v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Gobbi" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selenia Di Fronso" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Colangelo" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17249431" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017438v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1841396" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017436v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schmidt" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0008417420953228" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04833078v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31236/osf.io/ydv84" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017431v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette van der Linden" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbaa036" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017432v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Haas" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Zuber" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000237" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017339v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbz018" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017435v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina von Arx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2019-0133" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017427v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000857" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017420v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Uribe Caparros" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gateau" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baris Gencer" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ramon Alvero-Cruz" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00273171.2020.1754155" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071935v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101781" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826514v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron R Caldwell" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D Vigotsky" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew S Tenan" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Radel" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David T Mellor" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-019-01227-1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017422v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Berry" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.13582" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017311v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ibrahim" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Lauper" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-019-02405-4" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017301v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01147" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017305v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Feiss" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2019.04.009" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02393484v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blane" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/gly177" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017282v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chanal" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paumier" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.03.006" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017277v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Bolmont" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bianchi-Demicheli" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsxm.2018.12.003" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017307v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2019.105764" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873926v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2019.05.029" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04995868v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Chabert" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Cooper" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000494972" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017298v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Stringhini" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2019-212110" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017269v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Walls" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Hedeker" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2018.08.032" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04598510v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Widmer" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmph.2019.100434" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017286v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyy283" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017289v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stphane Cullati" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Schmidt" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4414/smw.2019.20074" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04926152v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P Boisgontier" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017294v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marja Aartsen" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Gabriel" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1807679116" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017276v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aljoscha Land&#246;s" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kliegel" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/cky166" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017335v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lvio R. Gouveia" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna R. Gouveia" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000506877" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826436v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017119v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Richner" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kraehenmann" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732318782434" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017055v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Zivari Adab" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sima Chalavi" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iseult Beets" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Gooijers" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Leunissen" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.13841" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017026v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-022172" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017328v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera van de Straat" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13607863.2018.1534078" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017107v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afy003" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826513v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason L Neva" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara A Boyd" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan P Swinnen" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-018-0898-0" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017113v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Bracke" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00038-018-1111-9" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017261v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Winz" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2018-105096" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017266v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eda Tipura" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Burra" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaromil Frossard" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2018.07.029" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017087v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Ruitenbeek" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Cuypers" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2018.01.016" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017102v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001472" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016792v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chopard" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-017-0630-z" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016973v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Audrin" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07481187.2017.1334008" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025993v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.04.028" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016996v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusan Pjevac" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-017-9618-6" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016985v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Agoritsas" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00623" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025999v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2017.02.006" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951383v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine S. Courvoisier" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2016.10.006" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017007v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharissa H.A. Corporaal" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Swinnen" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23754" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016788v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2016.10.024" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026011v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.162.0295" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016716v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2016.02.043" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FM0LJ101-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016751v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Radel" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Grob" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsxm.2016.02.165" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026006v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gautheur Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Friese" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2016.02.067" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GD01P797-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016775v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2016.05.034" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016707v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oron Levin" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaud" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2016.01.019" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026008v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2015-0597" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016767v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsxm.2016.07.013" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01951452v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emile" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe-Longueville" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Amato" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbu168" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026025v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000102" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02027703v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115238" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017529v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P. Boisgontier" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441765v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne M. R. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90034-1_8" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886716v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.marti.2024.01.0202" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02029581v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01556047v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENS011" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05016969v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-cheval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6236-4673" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162511v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianyu Chen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ailikute Aikeremu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gerber" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100706" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05410728v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijun Liu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Oliveira Werneck" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Herold" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lowe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mats Hallgren" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2025.119737" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457877v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Owen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2025-0194" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162517v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Bu Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bigliassi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Yu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100688" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314317v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo M. Cunha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo O Silva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max D Oliveira" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lcio Kanegusuku" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01817-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382096v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Hutchinson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Heath" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2025.2563306" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05365767v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiqi Guan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayi Yang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Health" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100698" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017663v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khudair" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Chun Man Ling" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Johanna Hettinga" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Daniel Tempest" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102750" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017673v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tari" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Ronca" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-109129" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05305196v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahui Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Zhang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxia Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika Pindus" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100686" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017676v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Raichlen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Rhodes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12790" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017675v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Cody" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Colledge" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Hohberg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physrev.00021.2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383528v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M. Bird" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2025.2549884" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05374243v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Desplanques" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanja Wolff" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2025.04.012" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457887v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Quintana-Cepedal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Thogersen-Ntoumani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Crespo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2025-110027" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456660v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Theobald" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Manser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Falck" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-06003-w" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314248v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05858-3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928474v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ludyga" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Kuang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.12.010" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251879v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Ceravolo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelia Zimmermann" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Igl&#243;i" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sander" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.28" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834476v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco B Ortega" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H. Hillman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk I. Erickson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-024-01949-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017602v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Courvoisier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Marcora" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisgontier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102607" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938445v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Wheeler" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika M Pindus" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2024.02.003" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597277v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maz&#233;as" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000308" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017643v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohannes Gemechu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parastoo Shahrouzi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.06.013" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017669v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongting Liu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2024.100639" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017594v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinmei Deng" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangdi Chen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Chen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2024.106205" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017671v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk Erickson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202406631" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938379v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijun Hou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Teychenne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony G. Delli Paoli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijchp.2023.100435" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938368v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Gao" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe B. Schuch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mahbub Hossain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.01.017" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017634v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaowei Kong" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijchp.2024.100498" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806601v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Ferry" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102565" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880544v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tessitore" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Craviari" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-024-00997-0" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908821v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rascle" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Foll" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Moyon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tivizio Pavic" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0089" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704316v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Saoudi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08870446.2024.2371964" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017653v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca St-Denis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Beaudry" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2024019" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017611v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctcp.2024.101893" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04630339v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Lebreton" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2022.10.005" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883547v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Quossi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gardner" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Miller" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2387698" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880535v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108144" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892447v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023009" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475676v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Wilhelmina Antonia van der Linden" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sieber" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Orsholits" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Guessous" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbz140" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880552v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2024.100971" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938476v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichi Ando" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.04.011" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017655v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.08.209" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05426289v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41366-025-01921-3" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704370v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Papaioannou" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalambos Krommidas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Borrueco" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2321346" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880527v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Farajzadeh" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pag0000749" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017556v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamsini Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Quested" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Th&#248;gersen-Ntoumani" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gucciardi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14368" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017562v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Parma" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane F.B. Bacelar" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A.R. Cabral" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Recker" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2023.06.011" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04061618v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bartoletti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102410" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017571v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Kamijo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Notger M&#252;ller" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2023.04.003" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880532v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Zenko" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/ijmhp.2023.028324" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783521v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Newman" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.311" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704357v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Carraro" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pons" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2023.2196670" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017543v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Goubran" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Beehler" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Cherkaoui" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Morrison" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.246" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821850v2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Escriva-Boulley" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Bertollo" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jtpe.2021-0116" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017565v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyx Taylor" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuidan Kong" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13034-023-00588-w" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017535v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Zhong" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiying Yang" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinran Bai" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinglan Liang" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijchp.2022.100331" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305478v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cullati" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102265" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367277v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falko Sniehotta" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2023-0072" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880525v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2023.05.052" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017568v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Phoenix" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2159676X.2023.2197450" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017560v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Darrous" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karmel Choi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Klimentidis" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-32150-1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017539v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leighton Jones" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panteleimon Ekkekakis" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Brand" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2022-0243" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017598v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack van Allen" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52057/erj.v3i1.32" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04847915v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pelletier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Rocchi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08870446.2023.2188886" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367245v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09567976211036061" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03881112v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick T. Bonnet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2022.2150673" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880453v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ben Abdallah" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102287" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017516v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2022.107233" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017500v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Tabea Jungo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ihle" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0271298" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704379v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmph.2022.101272" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017507v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ghisletta" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Oris" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-18501-4" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017495v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerg&#337; Baranyi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Pearce" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Dibben" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2022.106954" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04357652v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Kelly-Irving" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2021.114569" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04927433v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017513v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-215484" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017494v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctcp.2022.101553" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017519v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs&#243;fia Csajb&#243;k" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavla Cermakova" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-022-02191-7" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04840931v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2021.1877246" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017483v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Form&#225;nek" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2045796021000688" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017471v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenghua Lu" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Mahbub Hossain" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si-Tong Chen" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare9111532" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017486v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/JES.0000000000000252" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363665v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Becker" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetwyn C. H. Chan" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11070951" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783955v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10433-021-00654-2" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017481v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Gouveia" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lvio Gouveia" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo de Maio Nascimento" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su132313370" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017473v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Montag" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-021-00654-4" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017466v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cabral" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Daou" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Bacelar" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000236" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826510v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire P Millet" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12738" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017487v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Recksiedler" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Stawski" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13607863.2021.1972930" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017479v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Benzing" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaz Nosrat" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Aghababa" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Barkoukis" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitriy Bondarev" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182212015" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017445v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Zhu" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxiao Dong" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/life11040292" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04832853v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beran" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/abm/kaaa120" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017450v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pernin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dominic&#233; Dao" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Haller" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42399-021-00926-z" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017453v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mongin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Uribe" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Pihl-Thingvad" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnurstu.2021.103869" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880409v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Finckh" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-053845" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017578v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Mcdonald" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1750984X.2021.2004611" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589551v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12524" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04833400v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2021.1964721" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017442v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalidur Rahman" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Vandoni" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Asaduzzaman" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nayeem Hasan" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ejihpe11020027" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017458v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Li" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenrui Zhao" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11050664" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230479v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Gobbi" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selenia Di Fronso" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Colangelo" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17249431" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017339v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbz018" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017435v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina von Arx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2019-0133" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017427v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000857" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017420v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Uribe Caparros" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gateau" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baris Gencer" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ramon Alvero-Cruz" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00273171.2020.1754155" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017431v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette van der Linden" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbaa036" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017432v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Haas" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Zuber" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000237" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04833078v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31236/osf.io/ydv84" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017438v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1841396" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017436v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schmidt" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0008417420953228" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071935v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101781" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826514v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron R Caldwell" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D Vigotsky" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew S Tenan" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Radel" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David T Mellor" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-019-01227-1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017311v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ibrahim" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Lauper" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-019-02405-4" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017422v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Berry" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.13582" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017305v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Feiss" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2019.04.009" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017301v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01147" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02393484v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blane" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/gly177" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017289v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stphane Cullati" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Schmidt" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4414/smw.2019.20074" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017286v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyy283" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017298v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Stringhini" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2019-212110" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017269v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Walls" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Hedeker" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2018.08.032" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04995868v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Chabert" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Cooper" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000494972" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04598510v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Widmer" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmph.2019.100434" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017282v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chanal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paumier" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.03.006" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017277v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Bolmont" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bianchi-Demicheli" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsxm.2018.12.003" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017307v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2019.105764" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873926v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2019.05.029" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04926152v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P Boisgontier" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017276v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aljoscha Land&#246;s" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kliegel" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/cky166" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017294v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marja Aartsen" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Gabriel" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1807679116" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017335v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lvio R. Gouveia" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna R. Gouveia" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000506877" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826436v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017119v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Richner" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kraehenmann" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732318782434" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017026v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-022172" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017328v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera van de Straat" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13607863.2018.1534078" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017055v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Zivari Adab" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sima Chalavi" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iseult Beets" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Gooijers" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Leunissen" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.13841" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017107v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afy003" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826513v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason L Neva" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara A Boyd" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan P Swinnen" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-018-0898-0" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017087v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Ruitenbeek" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Cuypers" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2018.01.016" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017266v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eda Tipura" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Burra" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaromil Frossard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2018.07.029" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017261v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Winz" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2018-105096" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017113v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Bracke" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00038-018-1111-9" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017102v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001472" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025993v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Audrin" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.04.028" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016996v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusan Pjevac" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-017-9618-6" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016985v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Agoritsas" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chopard" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00623" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016792v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-017-0630-z" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016973v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07481187.2017.1334008" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951383v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine S. Courvoisier" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2016.10.006" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025999v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2017.02.006" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017007v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharissa H.A. Corporaal" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Swinnen" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23754" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016788v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2016.10.024" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026011v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.162.0295" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026006v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gautheur Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Friese" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2016.02.067" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GD01P797-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016716v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2016.02.043" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FM0LJ101-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016751v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Radel" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Grob" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsxm.2016.02.165" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016775v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2016.05.034" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016707v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oron Levin" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaud" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2016.01.019" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026008v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2015-0597" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016767v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsxm.2016.07.013" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026025v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000102" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01951452v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emile" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe-Longueville" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Amato" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbu168" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02027703v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115238" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017529v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P. Boisgontier" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441765v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne M. R. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90034-1_8" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886716v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.marti.2024.01.0202" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02029581v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01556047v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENS011" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05016969v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>