--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -605,178 +605,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Musique partout, justice nulle part ? Explorer les formes de mise en valeur de la musique par ses dispositifs</w:t>
+                <w:t xml:space="preserve">Penser l’animal comme consommateur. Un tournant ontologique en consumer research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Collet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes Journées Normandes de Recherche sur la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03947449v1</w:t>
+                <w:t xml:space="preserve">hal-03947461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser l’animal comme consommateur. Un tournant ontologique en consumer research</w:t>
+                <w:t xml:space="preserve">Musique partout, justice nulle part ? Explorer les formes de mise en valeur de la musique par ses dispositifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes Journées Normandes de Recherche sur la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03947461v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03947449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumer Anxieties in the Age of Multiple Crises: Understanding the Consumption Consequences of Voluntary Childlessness</w:t>
               </w:r>
@@ -939,51 +939,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les scènes, entre lieux et espaces sociaux : apports des Popular Music Studies en marketing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Jarrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1951,51 +1951,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4C434763"/>
+    <w:nsid w:val="195ECAD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2182,51 +2182,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-collet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7143-264X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/251162443" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05282401v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Thorel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Collet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cl&#233;ret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2024.2438808" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967719v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric R&#233;my" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2023.6050" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824223v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#233;my" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2022.2118814" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927224v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/3FMV-G157" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947449v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947461v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824386v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gorge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sila Ayoz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig J. Thompson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824338v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824366v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jarrier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824474v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824486v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824442v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998518v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666965v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Torche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666915v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres-2/collections/lectures-relectures/ouvrage/696-th&#233;ories-et-pratiques-du-marketing-de-la-culture-et-du-tourisme-dans-un-contexte-d-innovation.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03068263v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020NORMR026" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881157v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-collet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7143-264X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/251162443" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05282401v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Thorel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Collet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cl&#233;ret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2024.2438808" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967719v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric R&#233;my" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2023.6050" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824223v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#233;my" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2022.2118814" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927224v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/3FMV-G157" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947461v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947449v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824386v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gorge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sila Ayoz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig J. Thompson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824338v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824366v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jarrier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824474v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824486v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824442v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998518v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666965v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Torche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666915v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres-2/collections/lectures-relectures/ouvrage/696-th&#233;ories-et-pratiques-du-marketing-de-la-culture-et-du-tourisme-dans-un-contexte-d-innovation.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03068263v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020NORMR026" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881157v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>