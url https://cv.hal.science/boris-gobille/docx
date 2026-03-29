--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Boris Gobille </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">boris-gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087219174</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Voir aussi : ma </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">page web site Triangle (UMR5206)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'égalité, face au réel : figures de l'écrivain et de la littérature aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ELFe | Self XX-XXI - Etudes de littérature française des XXe et XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Modes de présence et fonctions de l'écrivain dans la cité, 2021 (10), </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/elfe.3880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03593651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences sensibles du politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N° 7 (1), pp.10-21. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sensi.007.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de l’écriture et régimes du collectif dans les avant-gardes littéraires en mai-juin 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Écritures de la contestation. La littérature des années 68, 54 (1), pp.13-36. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1042864ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01719335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience sensible du politique : protagonisme et antagonisme en mai–juin 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Historical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (2), pp.275-303. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1215/00161071-4322954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01794320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. Les « années 1968 » : circulations révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monde(s). Histoire, Espaces, Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (1), pp.9. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.171.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulations révolutionnaires : une histoire connectée et « à parts égales » des « années 1968 » [introduction]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monde(s). Histoire, Espaces, Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.13-36. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.171.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01623351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Énergies révolutionnaires : une anthropologie politique de la Révolution française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015/4 (112), pp.167-175. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pox.112.0167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un défi à la loi ? Les controverses autour de Pierrot le fou de Jean-Luc Godard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86, pp.9-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01138484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El activismo altermundialista en Europa : problemas de análisis y resultados recientes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Agrikoliansky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Sociología (Univ. de Chile)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 25, pp.139-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00681962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Tilly et la violence collective : moment critique et formation conceptuelle, 1968-1979</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19, pp.173-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00542742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que savons-nous des militants altermondialistes ? Réflexion sur les conditions d'internationalisation d'un mouvement social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Agrikoliansky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique et Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (1), pp.135-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00384602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'événement Mai 68 : pour une sociohistoire du temps court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2, pp.321-352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétaires ou travailleurs intellectuels ? Les écrivains français en quête d'un statut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Sapiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 214, pp.113-139. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lms.214.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mobilisations de l'avant-garde littéraire française en mai 1968 : capital politique, capital littéraire et conjoncture de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 158, pp.30-53. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arss.158.0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00138328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La guerre de Change contre la ' dictature structuraliste ' de Tel Quel : le ' théoricisme ' des avant-gardes littéraires à l'épreuve de la crise politique de Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18, pp.73-96. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.018.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00136365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les altermondialistes : des activistes transnationaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27, pp.131-145. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.027.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00136366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literarisches Feld und politische Krise : Mobilisierungen französischer Schriftsteller im Mai 68 und Verzeitlichungslogiken des Feldes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berliner Journal für Soziologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Heft 2, 2004, pp.173- 187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00420264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitive expérience of politics. Protagonism and antagonism in May-June 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">May ’68: New Approaches, New Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Duke, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usurpation de fonction et appropriation du pouvoir en situation de crise : éléments de discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Usurpations de fonction et appropriation du pouvoir en situation de crise, XVI-XXe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, France. pp.65-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00666914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le refus de vieillir : mai 1968 dans la réception critique des romans d'Olivier Rolin en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment sont reçues les oeuvres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Versailles / Saint-Quentin-en-Yvelines, France. pp.165-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00195773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité comme arme révolutionnaire ? L'émergence d'un cadrage artiste de la révolution en Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « Art et contestation sociale »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Nanterre, France. pp.153-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00195772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail de la signification en conjoncture de crise politique. Socio-histoire du temps court et analyse de cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès de l'Association Française de Science Politique, Table Ronde n°1 « Où en sont les théories de l'action collective ? », IEP-Lyon / Université Lumière Lyon 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00119898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1197, 2023, 978-2-348-05934-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire, défaire la démocratie : de Moscou, Bogota et Téhéran au conseil de l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala; Sciences Po Aix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.347, 2021, Questions transnationales, 978-2-8111-2850-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03498682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mai 68 des écrivains : crise politique et avant-gardes littéraires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Éditions, pp.400, 2018, Culture &amp; Société, 978-2-271-08151-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01719329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">la Découverte, 2018, Repères, 978-2-348-03608-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01794310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68 par celles et ceux qui l'ont vécu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dormoy-Rajramanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Érik Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">les éditions de l'Atelier, pp.480, 2018, 978-2-7082-4559-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02874707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « années 1968 » : circulations révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 11, 2017, Monde(s) : histoire, espaces, relations, 978-2-7535-5494-8. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.171.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01546946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagements, rébellions et genre dans les quartiers populaires en Europe (1968-2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Béroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellali Hajjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Zancarini-Fournel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions des archives contemporaines, pp.212, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00661215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">la Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.120, 2008, Repères. Histoire ; 512, 978-2-7071-5309-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Damamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Matonti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de l'Atelier / Éditions ouvrières, pp.445, 2008, 978-2-7082-3976-0 (br.) - 2-7082-3976-7 (rectifié)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets de l'éducation : rapport à l'intention du PIREF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Baudelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Chatard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Satchkova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La documentation française, pp.367, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00174936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les intellectuels méprisent les Gilets jaunes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Buton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Reungoat, Emmanuelle; Buton, François. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Idées reçues sur les Gilets jaunes : un marqueur des luttes sociales contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cavalier bleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.195-202, 2024, Idées reçues, 979-10-318-0706-5. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lcb.reung.2024.01.0195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04694026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution culturelle et la violence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.471-484, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation internationale des idées et pratiques maoïstes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.485-489, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence en révolution : notes méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1048-1053, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps vifs, temps flottants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.782-788, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. La persistance des révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1129-1148, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04287756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'homme nouveau et la femme nouvelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1019-1024, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idéologies, propagande et révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1025-1032, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer les révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.89-111, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affects, sensibilités et émotions en révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.777-781, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'insurrection de 1857 en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.332-334, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épreuve du large : le voyage en cargo de Robert Guyon, normalien aspirant écrivain (1967-1968)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gaïti, Brigitte; Mariot, Nicolas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectuels empêchés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.231-260, 2021, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.23003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03325942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Au nom de la démocratie. Arènes transnationales, passeurs locaux, appropriations autoritaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnard, Pascal; Dakowska, Dorota; Gobille, Boris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire, défaire la démocratie : de Moscou, Bogota et Téhéran au Conseil de l’Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala; Sciences Po Aix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-21, 2021, Questions transnationales, 9782811128500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03214487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrées : « Crise », « Événement » & « Mai 68 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sapiro, Gisèle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions, pp.207-208, 336, 530-531, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le style du commun : sur quelques écritures de la zad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frère, Bruno; Fontaine, Sébastien; Italiano, Patrick. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai 68 et les sciences sociales, la lutte continue : hommages à Marc Jacquemain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Liège, pp.101-119, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03021119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation, aliénation et division sociale du travail dans le mouvement critique de mai-juin 1968 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Descendre, Romain; Fournel, Jean-Louis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages, politique, histoire. Avec Jean-Claude Zancarini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.577-586, 2015, Hors collection</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01247572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’étiologie à l’historicité des crises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aït-Aoudia, Myriam; Roger, Antoine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La logique du désordre : relire la sociologie de Michel Dobry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de Sciences Po</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.153-176, 2015, Académique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01223222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux appropriations de Bourdieu en science politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leclercq, Catherine; Lizé, Wenceslas; Stevens, Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bourdieu et les sciences sociales : réceptions et usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Dispute, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01278314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation, alienation and the social division of labour in the May-June movement in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jackson, Julian ; Milne, Anna Louise ; Williams, James S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">May 68 : rethinking France's last revolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.34-46, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00666886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affaire de profanes ou affaire de spécialistes ? Les avant-gardes littéraires et la question de l'écriture en mai-juin 1968 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arppe, Tiina; Kaitaro, Timo ; Mikkonen, Kai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collegium studies across disciplines in the humanities and social sciences. Vol. 5, Writing in context : French literature, theory and the avant gardes = L'écriture en contexte : littérature, théorie et avant-gardes françaises au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Helsinki Collegium for advanced studies, http://hdl.handle.net/10138/25792, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00666927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrée : Mai-Juin 1968 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cohen, Antonin; Lacroix, Bernard; Riutort, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveau manuel de science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Découverte, pp.550-552, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00418585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous le signe du dehors : politique et écriture en mai-juin 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire, mai 68</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Argol, pp.265-288, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68 : crise du consentement et ruptures d'allégeance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dammame, Dominique;Gobille, Boris;Matonti, Frédérique;Pudal, Bernard;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l'Atelier / Éditions ouvrières, pp.15-34, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vocation d'hétérodoxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dammame, Dominique;Gobille, Boris;Matonti, Frédérique;Pudal, Bernard;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l'Atelier / Éditions ouvrières, pp.274-294, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmopolites et enracinés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayçen Uysal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sommier, Isabelle;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiographie du mouvement altermondialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Dispute/SNÉDIT, pp.105-126, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00138372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excès de mémoire, déficit d'histoire : mai 1968 et ses interprétations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel, Johann;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires et histoires : des identités personnelles aux politiques de reconnaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUR, pp.181-211, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00138353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. Les « années 1968 » : circulations révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redessiner la carte : de La Havane à Ñancahuazú, militants du Cône Sud et révolution continentale en 1967</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Marchesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.95-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01546945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protagonisme et crises politiques : histoire et sciences sociales [Débat préparé et conduit par Quentin Deluermoz et Boris Gobille]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haim Burstin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Ermakoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William H. Sewell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01327737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68 en quarantaine [Site web de colloque contenant les résumés et enregistrements vidéo des communications]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sauvagnargues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00397451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId121"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Boris Gobille </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">boris-gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087219174</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Voir aussi : ma </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">page web site Triangle (UMR5206)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'égalité, face au réel : figures de l'écrivain et de la littérature aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ELFe | Self XX-XXI - Etudes de littérature française des XXe et XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Modes de présence et fonctions de l'écrivain dans la cité, 2021 (10), </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/elfe.3880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03593651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences sensibles du politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N° 7 (1), pp.10-21. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sensi.007.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience sensible du politique : protagonisme et antagonisme en mai–juin 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Historical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (2), pp.275-303. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1215/00161071-4322954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01794320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de l’écriture et régimes du collectif dans les avant-gardes littéraires en mai-juin 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Écritures de la contestation. La littérature des années 68, 54 (1), pp.13-36. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1042864ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01719335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulations révolutionnaires : une histoire connectée et « à parts égales » des « années 1968 » [introduction]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monde(s). Histoire, Espaces, Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.13-36. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.171.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01623351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. Les « années 1968 » : circulations révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monde(s). Histoire, Espaces, Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (1), pp.9. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.171.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Énergies révolutionnaires : une anthropologie politique de la Révolution française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015/4 (112), pp.167-175. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pox.112.0167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un défi à la loi ? Les controverses autour de Pierrot le fou de Jean-Luc Godard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86, pp.9-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01138484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El activismo altermundialista en Europa : problemas de análisis y resultados recientes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Agrikoliansky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Sociología (Univ. de Chile)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 25, pp.139-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00681962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Tilly et la violence collective : moment critique et formation conceptuelle, 1968-1979</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19, pp.173-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00542742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que savons-nous des militants altermondialistes ? Réflexion sur les conditions d'internationalisation d'un mouvement social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Agrikoliansky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique et Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (1), pp.135-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00384602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'événement Mai 68 : pour une sociohistoire du temps court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2, pp.321-352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétaires ou travailleurs intellectuels ? Les écrivains français en quête d'un statut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Sapiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 214, pp.113-139. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lms.214.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les altermondialistes : des activistes transnationaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27, pp.131-145. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.027.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00136366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La guerre de Change contre la ' dictature structuraliste ' de Tel Quel : le ' théoricisme ' des avant-gardes littéraires à l'épreuve de la crise politique de Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18, pp.73-96. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.018.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00136365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mobilisations de l'avant-garde littéraire française en mai 1968 : capital politique, capital littéraire et conjoncture de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 158, pp.30-53. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arss.158.0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00138328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literarisches Feld und politische Krise : Mobilisierungen französischer Schriftsteller im Mai 68 und Verzeitlichungslogiken des Feldes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berliner Journal für Soziologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Heft 2, 2004, pp.173- 187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00420264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitive expérience of politics. Protagonism and antagonism in May-June 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">May ’68: New Approaches, New Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Duke, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usurpation de fonction et appropriation du pouvoir en situation de crise : éléments de discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Usurpations de fonction et appropriation du pouvoir en situation de crise, XVI-XXe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, France. pp.65-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00666914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le refus de vieillir : mai 1968 dans la réception critique des romans d'Olivier Rolin en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment sont reçues les oeuvres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Versailles / Saint-Quentin-en-Yvelines, France. pp.165-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00195773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité comme arme révolutionnaire ? L'émergence d'un cadrage artiste de la révolution en Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « Art et contestation sociale »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Nanterre, France. pp.153-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00195772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail de la signification en conjoncture de crise politique. Socio-histoire du temps court et analyse de cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès de l'Association Française de Science Politique, Table Ronde n°1 « Où en sont les théories de l'action collective ? », IEP-Lyon / Université Lumière Lyon 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00119898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1197, 2023, 978-2-348-05934-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire, défaire la démocratie : de Moscou, Bogota et Téhéran au conseil de l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala; Sciences Po Aix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.347, 2021, Questions transnationales, 978-2-8111-2850-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03498682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68 par celles et ceux qui l'ont vécu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dormoy-Rajramanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Érik Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">les éditions de l'Atelier, pp.480, 2018, 978-2-7082-4559-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02874707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">la Découverte, 2018, Repères, 978-2-348-03608-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01794310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mai 68 des écrivains : crise politique et avant-gardes littéraires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Éditions, pp.400, 2018, Culture &amp; Société, 978-2-271-08151-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01719329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « années 1968 » : circulations révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 11, 2017, Monde(s) : histoire, espaces, relations, 978-2-7535-5494-8. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.171.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01546946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagements, rébellions et genre dans les quartiers populaires en Europe (1968-2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Béroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellali Hajjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Zancarini-Fournel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions des archives contemporaines, pp.212, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00661215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">la Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.120, 2008, Repères. Histoire ; 512, 978-2-7071-5309-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Damamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Matonti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de l'Atelier / Éditions ouvrières, pp.445, 2008, 978-2-7082-3976-0 (br.) - 2-7082-3976-7 (rectifié)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets de l'éducation : rapport à l'intention du PIREF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Baudelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Chatard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Satchkova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La documentation française, pp.367, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00174936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les intellectuels méprisent les Gilets jaunes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Buton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Reungoat, Emmanuelle; Buton, François. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Idées reçues sur les Gilets jaunes : un marqueur des luttes sociales contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cavalier bleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.195-202, 2024, Idées reçues, 979-10-318-0706-5. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lcb.reung.2024.01.0195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04694026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'insurrection de 1857 en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.332-334, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'homme nouveau et la femme nouvelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1019-1024, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation internationale des idées et pratiques maoïstes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.485-489, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution culturelle et la violence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.471-484, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence en révolution : notes méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1048-1053, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps vifs, temps flottants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.782-788, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. La persistance des révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1129-1148, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04287756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer les révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.89-111, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idéologies, propagande et révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre, Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.1025-1032, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affects, sensibilités et émotions en révolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jeanpierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bantigny, Ludivine; Deluermoz, Quentin; Gobille, Boris; Jeanpierre Laurent; Palieraki, Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire globale des révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.777-781, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04238632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épreuve du large : le voyage en cargo de Robert Guyon, normalien aspirant écrivain (1967-1968)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gaïti, Brigitte; Mariot, Nicolas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectuels empêchés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.231-260, 2021, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.23003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03325942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Au nom de la démocratie. Arènes transnationales, passeurs locaux, appropriations autoritaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnard, Pascal; Dakowska, Dorota; Gobille, Boris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire, défaire la démocratie : de Moscou, Bogota et Téhéran au Conseil de l’Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala; Sciences Po Aix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-21, 2021, Questions transnationales, 9782811128500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03214487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrées : « Crise », « Événement » & « Mai 68 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sapiro, Gisèle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions, pp.207-208, 336, 530-531, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le style du commun : sur quelques écritures de la zad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frère, Bruno; Fontaine, Sébastien; Italiano, Patrick. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai 68 et les sciences sociales, la lutte continue : hommages à Marc Jacquemain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Liège, pp.101-119, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03021119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation, aliénation et division sociale du travail dans le mouvement critique de mai-juin 1968 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Descendre, Romain; Fournel, Jean-Louis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages, politique, histoire. Avec Jean-Claude Zancarini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.577-586, 2015, Hors collection</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01247572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’étiologie à l’historicité des crises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aït-Aoudia, Myriam; Roger, Antoine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La logique du désordre : relire la sociologie de Michel Dobry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de Sciences Po</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.153-176, 2015, Académique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01223222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux appropriations de Bourdieu en science politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leclercq, Catherine; Lizé, Wenceslas; Stevens, Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bourdieu et les sciences sociales : réceptions et usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Dispute, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01278314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation, alienation and the social division of labour in the May-June movement in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jackson, Julian ; Milne, Anna Louise ; Williams, James S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">May 68 : rethinking France's last revolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.34-46, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00666886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affaire de profanes ou affaire de spécialistes ? Les avant-gardes littéraires et la question de l'écriture en mai-juin 1968 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arppe, Tiina; Kaitaro, Timo ; Mikkonen, Kai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collegium studies across disciplines in the humanities and social sciences. Vol. 5, Writing in context : French literature, theory and the avant gardes = L'écriture en contexte : littérature, théorie et avant-gardes françaises au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Helsinki Collegium for advanced studies, http://hdl.handle.net/10138/25792, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00666927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrée : Mai-Juin 1968 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cohen, Antonin; Lacroix, Bernard; Riutort, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveau manuel de science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Découverte, pp.550-552, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00418585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68 : crise du consentement et ruptures d'allégeance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dammame, Dominique;Gobille, Boris;Matonti, Frédérique;Pudal, Bernard;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l'Atelier / Éditions ouvrières, pp.15-34, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous le signe du dehors : politique et écriture en mai-juin 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire, mai 68</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Argol, pp.265-288, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vocation d'hétérodoxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dammame, Dominique;Gobille, Boris;Matonti, Frédérique;Pudal, Bernard;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai-Juin 68</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l'Atelier / Éditions ouvrières, pp.274-294, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00358656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excès de mémoire, déficit d'histoire : mai 1968 et ses interprétations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel, Johann;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires et histoires : des identités personnelles aux politiques de reconnaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUR, pp.181-211, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00138353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmopolites et enracinés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayçen Uysal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sommier, Isabelle;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiographie du mouvement altermondialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Dispute/SNÉDIT, pp.105-126, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00138372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redessiner la carte : de La Havane à Ñancahuazú, militants du Cône Sud et révolution continentale en 1967</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Marchesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.95-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01546945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. Les « années 1968 » : circulations révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Bantigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénia Palieraki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protagonisme et crises politiques : histoire et sciences sociales [Débat préparé et conduit par Quentin Deluermoz et Boris Gobille]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deluermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haim Burstin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Ermakoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William H. Sewell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01327737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68 en quarantaine [Site web de colloque contenant les résumés et enregistrements vidéo des communications]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gobille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sauvagnargues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00397451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId121"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3B011273"/>
+    <w:nsid w:val="CD64C9A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-gobille" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087219174" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article222" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593651v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gobille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elfe.3880" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074240v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Bantigny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Cohen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sensi.007.0010" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01719335v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1042864ar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794320v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00161071-4322954" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272324v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nia Palieraki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond1.171.0009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623351v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond1.171.0013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02060339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deluermoz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.112.0167" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01138484v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681962v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Agrikoliansky" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542742v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384602v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358662v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188720v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Sapiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.214.0113" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138328v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.158.0030" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136365v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.018.0073" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136366v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.027.0131" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420264v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375374v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666914v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195773v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195772v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119898v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238634v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanpierre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/une\&#8341;istoire_globale_des_revolutions-9782348059346" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498682v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Dakowska" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/questions-transnationales/3396-faire-defaire-la-democratie-de-moscou-bogota-et-teheran-au-conseil-de-l-europe-9782811128500.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01719329v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794310v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874707v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dormoy-Rajramanan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rik Neveu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546946v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00661215v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;roud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellali Hajjat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Zancarini-Fournel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358647v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/mai-68--9782707153098.htm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358664v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Damamme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Matonti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pudal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174936v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baudelot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leclercq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Chatard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Satchkova" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04694026v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-gilets-jaunes/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcb.reung.2024.01.0195" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238638v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238633v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238640v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238639v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287756v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238635v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238636v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238644v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238632v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238637v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325942v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.23003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03214487v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091487v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03021119v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01247572v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/5371" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223222v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/resume.php?ID_ARTICLE=SCPO_AOUDI_2015_01_0153" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278314v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666886v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666927v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418585v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358655v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358638v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358656v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138372v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#231;en Uysal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138353v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01947611v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546945v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Marchesi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haim Burstin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ermakoff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William H. Sewell" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397451v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Renault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvagnargues" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-gobille" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087219174" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article222" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593651v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gobille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elfe.3880" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074240v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Bantigny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Cohen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sensi.007.0010" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794320v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00161071-4322954" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01719335v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1042864ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623351v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond1.171.0013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272324v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nia Palieraki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond1.171.0009" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02060339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deluermoz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.112.0167" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01138484v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681962v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Agrikoliansky" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542742v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384602v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358662v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188720v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Sapiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.214.0113" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136366v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.027.0131" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136365v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.018.0073" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138328v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.158.0030" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420264v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375374v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666914v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195773v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195772v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119898v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238634v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanpierre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/une\&#8341;istoire_globale_des_revolutions-9782348059346" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498682v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Dakowska" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/questions-transnationales/3396-faire-defaire-la-democratie-de-moscou-bogota-et-teheran-au-conseil-de-l-europe-9782811128500.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874707v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dormoy-Rajramanan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rik Neveu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794310v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01719329v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546946v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00661215v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;roud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellali Hajjat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Zancarini-Fournel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358647v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/mai-68--9782707153098.htm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358664v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Damamme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Matonti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pudal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174936v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baudelot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leclercq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Chatard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Satchkova" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04694026v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-gilets-jaunes/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcb.reung.2024.01.0195" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238637v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238635v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238633v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238638v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238640v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238639v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287756v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238644v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238636v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04238632v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325942v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.23003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03214487v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091487v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03021119v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01247572v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/5371" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223222v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/resume.php?ID_ARTICLE=SCPO_AOUDI_2015_01_0153" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278314v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666886v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666927v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418585v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358638v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358655v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358656v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138353v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138372v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#231;en Uysal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546945v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Marchesi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01947611v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haim Burstin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ermakoff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William H. Sewell" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397451v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Renault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvagnargues" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>