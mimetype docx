--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epithelial apoptotic pattern emerges from global and local regulation by cell apical area</w:t>
+                <w:t xml:space="preserve">Apical size and deltaA expression predict adult neural stem cell decisions along lineage progression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoire M.L. Cachoux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Gracia</w:t>
+                <w:t xml:space="preserve">Laure Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floris Bosveld</w:t>
+                <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesús López-Gay</w:t>
+                <w:t xml:space="preserve">Sara Ortica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Labusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Cheysson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.09.049⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (35), pp.eadg7519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adg7519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04238055v1</w:t>
+                <w:t xml:space="preserve">pasteur-04197164v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apical size and deltaA expression predict adult neural stem cell decisions along lineage progression</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Epithelial apoptotic pattern emerges from global and local regulation by cell apical area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Ortica</w:t>
+                <w:t xml:space="preserve">Victoire M.L. Cachoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Balakireva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gracia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Labusch</w:t>
+                <w:t xml:space="preserve">Floris Bosveld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Cheysson</w:t>
+                <w:t xml:space="preserve">Jesús López-Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9 (35), pp.eadg7519. </w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adg7519⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.09.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04197164v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04238055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring cell junction tension and pressure from cell geometry</w:t>
               </w:r>
@@ -534,51 +534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roffay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chii Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takashi Hiiragi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -651,51 +651,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From heterogeneous morphogenetic fields to homogeneous regions as a step towards understanding complex tissue dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satoshi Yamashita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Graner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -794,51 +794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryl Spencer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florencia Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 370 (6514), pp.eabb2169. </w:t>
@@ -1010,77 +1010,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum: Epithelial tricellular junctions act as interphase cell shape sensors to orient mitosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floris Bosveld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Markova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1278,77 +1278,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epithelial tricellular junctions act as interphase cell shape sensors to orient mitosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floris Bosveld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Markova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1412,103 +1412,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unified quantitative characterization of epithelial tissue development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floris Bosveld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Bailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesús López-Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 4, </w:t>
@@ -1559,51 +1559,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PTEN Controls Junction Lengthening and Stability during Cell Rearrangement in Epithelial Tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Luc Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Paoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1814,77 +1814,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Control of Morphogenesis by Fat/Dachsous/Four-Jointed Planar Cell Polarity Pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floris Bosveld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sham Tlili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2082,51 +2082,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous Creation of Macroscopic Flow and Metachronal Waves in an Array of Cilia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Joanny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2342,51 +2342,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471666v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gracia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte M Lef&#232;vre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel G&#252;ell Alonso" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Cachoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Balakireva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2024.102851" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238055v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire M.L. Cachoux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bosveld" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s L&#243;pez-Gay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.09.049" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04197164v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mancini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Guirao" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ortica" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Labusch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Cheysson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adg7519" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429078v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Roffay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chii Chan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Hiiragi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Graner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.192773" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875253v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Yamashita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.199034" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415981v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s M L&#243;pez-Gay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayden Nunley" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Spencer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Di Pietro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abb2169" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398787v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Durande" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tlili" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Homan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guirao" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.99.062401" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989064v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Markova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhimin Wang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature17622" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01292503v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bosveld" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Riviere" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.127993" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305682v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16970" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626582v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rigaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bailles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.08519" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989080v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Luc Bardet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Paoletti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Serman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine L&#233;opold" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2013.04.020" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989086v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bonnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1221071" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463702v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sham Tlili" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555153v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meunier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mortaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguilar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corsi J. M." TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb2040" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471724v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Joanny" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1529/biophysj.106.084897" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471666v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gracia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte M Lef&#232;vre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel G&#252;ell Alonso" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Cachoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Balakireva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2024.102851" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04197164v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mancini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Guirao" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ortica" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Labusch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Cheysson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adg7519" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238055v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire M.L. Cachoux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bosveld" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s L&#243;pez-Gay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.09.049" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429078v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Roffay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chii Chan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Hiiragi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Graner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.192773" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875253v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Yamashita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.199034" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415981v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s M L&#243;pez-Gay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayden Nunley" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Spencer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Di Pietro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abb2169" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398787v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Durande" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tlili" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Homan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guirao" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.99.062401" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989064v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Markova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhimin Wang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature17622" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01292503v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bosveld" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Riviere" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.127993" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305682v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16970" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626582v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rigaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bailles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.08519" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989080v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Luc Bardet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Paoletti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Serman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine L&#233;opold" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2013.04.020" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989086v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bonnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1221071" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463702v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sham Tlili" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555153v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meunier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mortaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguilar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corsi J. M." TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb2040" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471724v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Joanny" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1529/biophysj.106.084897" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>