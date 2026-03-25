--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -226,295 +226,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-range versus conventional: A comparison of microbial composition and Campylobacter contamination in broiler carcasses after chilling</w:t>
+                <w:t xml:space="preserve">An Exploration of the Breast Milk Nutriome, Exposome and Microbiome and their Links to Early Growth in Preterm Infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Hautefeuille</w:t>
+                <w:t xml:space="preserve">Marie-Cécile Alexandre-Gouabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Guillou</w:t>
+                <w:t xml:space="preserve">Thomas Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
+                <w:t xml:space="preserve">Chloé Douarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Misery</w:t>
+                <w:t xml:space="preserve">Younes Moulazem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Laroche</w:t>
+                <w:t xml:space="preserve">Mikaël Croyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 105 (1), pp.106111. </w:t>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 151, pp.110268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psj.2025.106111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2026.110268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05400966v1</w:t>
+                <w:t xml:space="preserve">hal-05478077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Exploration of the Breast Milk Nutriome, Exposome and Microbiome and their Links to Early Growth in Preterm Infants</w:t>
+                <w:t xml:space="preserve">Free-range versus conventional: A comparison of microbial composition and Campylobacter contamination in broiler carcasses after chilling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Cécile Alexandre-Gouabau</w:t>
+                <w:t xml:space="preserve">Sophie Hautefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Moyon</w:t>
+                <w:t xml:space="preserve">Sandrine Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Douarec</w:t>
+                <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Younes Moulazem</w:t>
+                <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikaël Croyal</w:t>
+                <w:t xml:space="preserve">Béatrice Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, pp.110268. </w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 105 (1), pp.106111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2026.110268⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psj.2025.106111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05478077v1</w:t>
+                <w:t xml:space="preserve">hal-05400966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic review of the microbiological status of farmed and processed Tenebrio molitor: Insights on foodborne pathogens in food and feed applications</w:t>
               </w:r>
@@ -634,51 +634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the Microbial Dynamics of Hermetia illucens Powder Throughout Rearing and Processing: An Integrated Approach Using Cultural and Metabarcoding Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenaïg Brulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -781,51 +781,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the Microbial Quality of Hermetia illucens Larvae for Animal Feed and Human Consumption: Study of Different Type of Rearing Substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenaïg Brulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -902,144 +902,148 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extensive multivariate dataset characterizing bacterial community diversity and Campylobacter contamination level in a large number of conventional broilers carcasses after air chilling and refrigerated storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hautefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raouf Tareb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data in Brief</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 56, pp.110858. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.dib.2024.110858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04778036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
@@ -1075,51 +1079,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjes Mtimet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Kooh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Boué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1304,51 +1308,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of soil N cycle processes by Pteridium aquilinum and Erica cinerea in heathlands along a pH gradient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Piola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1453,103 +1457,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the nutriome, exposome, and microbiome of breast milk on early growth in infants in the context of prematurity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Cécile Alexandre-Gouabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Douarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Moulazem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Croyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Recherche en Néonatalogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFRN, Dec 2025, Paris, France</w:t>
@@ -1578,51 +1582,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the microbial dynamics of Hermetia illucens along the rearing and processing steps: an insight for the future safe introduction for human food.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FoodMicro 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ICFMH, Jul 2024, Burgos (Spain), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1647,103 +1651,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring co-occurrences among bacterial communities in broiler meat and the foodborne pathogen Campylobacter for enhanced food safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hautefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raouf Tareb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAFP European Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Genève, Switzerland</w:t>
@@ -1824,51 +1828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Mahieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Strasbourg, France</w:t>
@@ -1897,51 +1901,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des lactobacilles dans les écosystèmes microbiens cidricoles : quel potentiel dans l’amélioration organoleptique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1992,51 +1996,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des écosystèmes microbiens cidricoles : quel potentiel pour l'amélioration de la qualité du cidre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2143,307 +2147,307 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into the transcriptome profile of mature biofilm of Brochothrix thermosphacta at 8 and 25°C</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating co-occurences to decoding the interplay between bacterial communities and the foodborne pathogen Campylobacter in broiler meat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hautefeuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raouf Tareb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Misery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gaillac</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hervé Prévost</w:t>
+                <w:t xml:space="preserve">Nabila Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofilm 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Food Micro 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Burgos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05490710v1</w:t>
+                <w:t xml:space="preserve">hal-05490698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating co-occurences to decoding the interplay between bacterial communities and the foodborne pathogen Campylobacter in broiler meat</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Insight into the transcriptome profile of mature biofilm of Brochothrix thermosphacta at 8 and 25°C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gaillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rezé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Briandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabila Haddad</w:t>
+                <w:t xml:space="preserve">Hervé Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Micro 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Burgos, Spain</w:t>
+              <w:t xml:space="preserve">Biofilm 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05490698v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights of french cider microbial communities throughout metagenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2494,51 +2498,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudes des écosystèmes microbiens cidricoles : altérations et améliorations organoleptiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2651,51 +2655,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des écosystèmes microbiens cidricoles : quel impact sur la qualité organoleptique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Misery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agronomie. Normandie Université, 2021. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021NORMC209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2812,51 +2816,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B6EBADFA"/>
+    <w:nsid w:val="E53B79E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3043,51 +3047,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-misery" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3589-8060" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05400966v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hautefeuille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bouju-Albert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Misery" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2025.106111" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478077v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Alexandre-Gouabau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Douarec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Moulazem" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2026.110268" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490065v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena&#239;g Brul&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Tanveer Munir" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Federighi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cappelier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2025.111340" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217672v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Djema" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Le Cozic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods14132161" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645390v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Baudouin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Guidou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13101587" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04778036v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Tareb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110858" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04143980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kooh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bou&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445972v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Aigle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourgeois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marjolet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145425" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bardon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.2426" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05417126v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490127v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490138v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878941v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Alexandre-Gouabau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Cano-Sancho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mahieu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02467994v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laplace" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Cretenet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02468032v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legendre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Simon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guichard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490710v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gaillac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rez&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490698v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Haddad" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02468018v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04776920v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guichard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03187453v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NORMC209" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-misery" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3589-8060" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478077v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Alexandre-Gouabau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Douarec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Moulazem" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2026.110268" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05400966v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hautefeuille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bouju-Albert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Misery" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2025.106111" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490065v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena&#239;g Brul&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Tanveer Munir" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Federighi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cappelier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2025.111340" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217672v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Djema" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Le Cozic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods14132161" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645390v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Baudouin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Guidou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13101587" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04778036v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Tareb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110858" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04143980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kooh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bou&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445972v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Aigle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourgeois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marjolet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145425" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bardon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.2426" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05417126v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490127v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490138v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878941v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Alexandre-Gouabau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Cano-Sancho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mahieu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02467994v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laplace" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Cretenet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02468032v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legendre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Simon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guichard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490698v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Haddad" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490710v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gaillac" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rez&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02468018v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04776920v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guichard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03187453v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NORMC209" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>