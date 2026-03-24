--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:138.62815884477px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Boris Rewald </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Associate Professor at Mendel University in Brno, Czech Republic </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">boris-rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8098-0616</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/L-2735-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paddy rice traits estimation under varying management strategies using UAV technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Muhindo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joyce J Lelei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wivine Munyahali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landry Cizungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Doetterl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrosystems, Geosciences &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), pp.e70047. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/agg2.70047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forest temperature buffering in pure and mixed stands: A high-resolution temporal analysis with generalized additive models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Steinparzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Gillerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas L Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Haluza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 583, pp.122582. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foreco.2025.122582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early overyielding in a mixed deciduous forest is driven by both above- and below-ground species-specific acclimatization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramona Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa T Gasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Steinparzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iftekhar U Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcae150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04856817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of plant diversity on productivity strengthen over time due to trait-dependent shifts in species overyielding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liting Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathryn E Barry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaly R Guerrero-Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Craven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter B Reich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.2078. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-46355-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tree drought–mortality risk depends more on intrinsic species resistance than on stand species diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Decarsin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joannès Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerric Le Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haben Blondeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meredieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (9), pp.e17503. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.17503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04729697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing tree performance through species mixing: Review of a quarter-century of TreeDivNet experiments reveals research gaps and practical insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leen Depauw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiel de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Els Dhiedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haben Blondeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Abdala-Roberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Forestry Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40725-023-00208-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04474772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tree diversity reduces variability in sapling survival under drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haben Blondeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joannès Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin-StPaul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Druel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bilodeau-Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 112 (5), pp.1164-1180. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2745.14294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and composition of farm plantation tree/shrub species along altitudinal gradients in North-eastern Ethiopia: implication for conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meseret Muche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyayu Molla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berhanu Abraha Tsegay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heliyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (3), pp.e09048. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.heliyon.2022.e09048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scions impact biomass allocation and root enzymatic activity of rootstocks in grafted melon and watermelon plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Sallaku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrit Balliu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.949086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Modulation of Growth and Development of Tree Roots in Forest Ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Montagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Chiatante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takayoshi Koike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.850163. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.850163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-Learning-Based Multispectral Image Reconstruction from Single Natural Color RGB Image—Enhancing UAV-Based Phenotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balaji Naik Banoth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balram Marathi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pachamuthu Rajalakshmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (5), pp.1272. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs14051272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Biological Origins of Soil Organic Matter in Different Land-Uses in the Highlands of Ethiopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Mentler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (4), pp.560. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f13040560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surviving trees and deadwood moderate changes in soil fungal communities and associated functioning after natural forest disturbance and salvage logging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Rosinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Gorfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evi Deltedesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 166, pp.108558. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2022.108558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Who or the How? Species vs. Ecosystem Function Priorities in Conservation Ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Leuzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.758413. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2021.758413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and Interrelations Among the Constitutive VOC Emission Blends of Four Broad-Leaved Tree Species at Seedling Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Kaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Karl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Graus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2021.708711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Fungal Diversity but Low Seasonal Dynamics and Ectomycorrhizal Abundance in a Mountain Beech Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Gorfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tallian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82 (1), pp.243-256. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-021-01736-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined effects of ozone and drought stress on the emission of biogenic volatile organic compounds from &lt;i&gt;Quercus robur&lt;/i&gt; L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Kaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Graus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heidi Halbwirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (2), pp.535-556. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-18-535-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil fertility relates to fungal‐mediated decomposition and organic matter turnover in a temperate mountain forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Matthews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Rosinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 231 (2), pp.777-790. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter cycling along geochemical, geomorphic, and disturbance gradients in forest and cropland of the African Tropics – project TropSOC database version 1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Doetterl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Asifiwe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Baert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Bamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marijn Bauters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (8), pp.4133-4153. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-13-4133-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root traits as drivers of plant and ecosystem functioning: current understanding, pitfalls and future research needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Freschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise H Comas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Weemstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Glyn Bengough</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (3), pp.1123-1158. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation of Leaf and Root Traits of Two Angiosperm Tree Species in Northeast China under Contrasting Light and Nitrogen Availabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attaullah Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nowsherwan Zarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lixue Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brent Clothier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (5), pp.596. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f12050596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A starting guide to root ecology: strengthening ecological concepts and standardising root classification, sampling, processing and trait measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Freschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen M Iversen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise H Comas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (3), pp.973 - 1122. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific root respiration of three plant species as influenced by storage time and conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zana Lak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 453 (1-2), pp.615-626. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-020-04619-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Woody Plants and Forest Ecosystems in a Complex World—Ecological Interactions and Physiological Functioning Above and Below Ground</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrik Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ina Meier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2020.00173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moth Outbreaks Reduce Decomposition in Subarctic Forest Soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sari Stark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taru Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Ola Nilsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (1), pp.151-163. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10021-019-00394-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticity of Root Traits under Competition for a Nutrient-Rich Patch Depends on Tree Species and Possesses a Large Congruency between Intra- and Interspecific Situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zana Lak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (5), pp.528. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f11050528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay Between Ozone and Urban Vegetation—BVOC Emissions, Ozone Deposition, and Tree Ecophysiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Karl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvano Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Calfapietra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Forests and Global Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2, pp.50. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/ffgc.2019.00050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific nutrient absorption rates of transplanted cucumber seedlings are highly related to RGR and influenced by grafting method, AMF inoculation and salinity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Sallaku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismet Babaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skender Kaciu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrit Balliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 243, pp.177-188. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scienta.2018.08.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endophytic Fungal Root Colonization of Eragrostis tef in Eroded Croplands of the Ethiopian Highlands is Limited by Low Spore Density and Fertilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gezahagn Getachew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (2), pp.73. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy9020073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faba Bean Cultivation – Revealing Novel Managing Practices for More Sustainable and Competitive European Cropping Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anestis Karkanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgia Ntatsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liga Lepse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingunn Vågen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2018.01115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root order-based traits of Manchurian walnut & larch and their plasticity under interspecific competition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Salahuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Razaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Lixue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-27832-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine Root Morphology, Biochemistry and Litter Quality Indices of Fast- and Slow-growing Woody Species in Ethiopian Highland Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyene Belay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abrham Abiyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (3), pp.482-494. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10021-017-0163-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root traits of European Vicia faba cultivars-Using machine learning to explore adaptations to agroclimatic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Sykacek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Bodner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pce.13062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine Root Dynamics in Afromontane Forest and Adjacent Land Uses in the Northwest Ethiopian Highlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (7), pp.249. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f8070249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root architecture simulation improves the inference from seedling root phenotyping towards mature root systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Bodner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Leitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Nagel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 68 (5), pp.965-982. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erw494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deforestation and land use strongly effect soil organic carbon and nitrogen stock in Northwest Ethiopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Rosinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abrham Abiyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 153, pp.89-99. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2017.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increase in heterotrophic soil respiration by temperature drives decline in soil organic carbon stocks after forest windthrow in a mountainous ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Katzensteiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (5), pp.1163-1172. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.12805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paclobutrazol induces tolerance in tomato to deficit irrigation through diversified effects on plant morphology, physiology and metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sikander Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asif Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narendra Singh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Batushansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (1), </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep39321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ectomycorrhizal inoculation of Populus nigra modifies the response of absorptive root respiration and root surface enzyme activity to salinity stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burenjargal Otgonsuren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Göransson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 224, pp.123-129. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.flora.2016.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping: Using Machine Learning for Improved Pairwise Genotype Classification Based on Root Traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Bodner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.01864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMF Inoculation Enhances Growth and Improves the Nutrient Uptake Rates of Transplanted, Salt-Stressed Tomato Seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrit Balliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Sallaku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (12), pp.15967 - 15981. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su71215799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It’s Complicated: Intraroot System Variability of Respiration and Morphological Traits in Four Deciduous Tree Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rechenmacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 166 (2), pp.736 - 745. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.114.240267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size matters? – The diverging influence of cutting length on growth and allometry of two Salicaceae clones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Vigl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomass and Bioenergy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 60, pp.130-136. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biombioe.2013.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling next level research on roots: Automatizing Minirhizotron Image Acquisition and Analysis (NextMR-IAA) for Research and Agricultural Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liaqat Seehra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ofer Hadar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Sofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Baykalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATTRACT Final Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online Conference, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil Carbon Stocks and Dynamics of Church Forests in Northern Ethiopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abrham Abiyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">State of the Art in Ethiopian Church Forests and Restoration Options</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.69-90, 2022, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-86626-6_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined effects of ozone and drought stress on the emission of biogenic volatile organic compounds from Quercus robur L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Kaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Graus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heidi Halbwirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root traits as key proxies to unravel plant and ecosystem functioning: entities, trait selection and outlook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregoire T. Freschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Stokes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Weemstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03028581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:138.62815884477px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Boris Rewald </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Associate Professor at Mendel University in Brno, Czech Republic </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">boris-rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8098-0616</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/L-2735-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paddy rice traits estimation under varying management strategies using UAV technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Muhindo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joyce J Lelei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wivine Munyahali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landry Cizungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Doetterl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrosystems, Geosciences &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), pp.e70047. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/agg2.70047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forest temperature buffering in pure and mixed stands: A high-resolution temporal analysis with generalized additive models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Steinparzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Gillerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas L Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Haluza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 583, pp.122582. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foreco.2025.122582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tree diversity reduces variability in sapling survival under drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haben Blondeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joannès Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin-StPaul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Druel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bilodeau-Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 112 (5), pp.1164-1180. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2745.14294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of plant diversity on productivity strengthen over time due to trait-dependent shifts in species overyielding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liting Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathryn E Barry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaly R Guerrero-Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Craven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter B Reich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.2078. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-46355-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early overyielding in a mixed deciduous forest is driven by both above- and below-ground species-specific acclimatization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramona Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa T Gasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Steinparzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iftekhar U Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcae150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04856817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing tree performance through species mixing: Review of a quarter-century of TreeDivNet experiments reveals research gaps and practical insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leen Depauw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiel de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Els Dhiedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haben Blondeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Abdala-Roberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Forestry Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40725-023-00208-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04474772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tree drought–mortality risk depends more on intrinsic species resistance than on stand species diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Decarsin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joannès Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerric Le Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haben Blondeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meredieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (9), pp.e17503. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.17503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04729697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and composition of farm plantation tree/shrub species along altitudinal gradients in North-eastern Ethiopia: implication for conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meseret Muche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eyayu Molla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berhanu Abraha Tsegay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heliyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (3), pp.e09048. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.heliyon.2022.e09048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scions impact biomass allocation and root enzymatic activity of rootstocks in grafted melon and watermelon plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Sallaku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrit Balliu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.949086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Modulation of Growth and Development of Tree Roots in Forest Ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Montagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Chiatante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takayoshi Koike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.850163. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.850163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-Learning-Based Multispectral Image Reconstruction from Single Natural Color RGB Image—Enhancing UAV-Based Phenotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balaji Naik Banoth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balram Marathi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pachamuthu Rajalakshmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (5), pp.1272. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs14051272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Biological Origins of Soil Organic Matter in Different Land-Uses in the Highlands of Ethiopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Mentler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (4), pp.560. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f13040560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surviving trees and deadwood moderate changes in soil fungal communities and associated functioning after natural forest disturbance and salvage logging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Rosinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Gorfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evi Deltedesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 166, pp.108558. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2022.108558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Fungal Diversity but Low Seasonal Dynamics and Ectomycorrhizal Abundance in a Mountain Beech Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Gorfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tallian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82 (1), pp.243-256. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-021-01736-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Who or the How? Species vs. Ecosystem Function Priorities in Conservation Ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Leuzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.758413. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2021.758413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and Interrelations Among the Constitutive VOC Emission Blends of Four Broad-Leaved Tree Species at Seedling Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Kaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Karl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Graus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2021.708711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined effects of ozone and drought stress on the emission of biogenic volatile organic compounds from &lt;i&gt;Quercus robur&lt;/i&gt; L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Kaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Graus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heidi Halbwirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (2), pp.535-556. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-18-535-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil fertility relates to fungal‐mediated decomposition and organic matter turnover in a temperate mountain forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Matthews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Rosinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 231 (2), pp.777-790. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root traits as drivers of plant and ecosystem functioning: current understanding, pitfalls and future research needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Freschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise H Comas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Weemstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Glyn Bengough</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (3), pp.1123-1158. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter cycling along geochemical, geomorphic, and disturbance gradients in forest and cropland of the African Tropics – project TropSOC database version 1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Doetterl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Asifiwe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Baert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Bamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marijn Bauters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (8), pp.4133-4153. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-13-4133-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation of Leaf and Root Traits of Two Angiosperm Tree Species in Northeast China under Contrasting Light and Nitrogen Availabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attaullah Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nowsherwan Zarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lixue Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brent Clothier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (5), pp.596. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f12050596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A starting guide to root ecology: strengthening ecological concepts and standardising root classification, sampling, processing and trait measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Freschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen M Iversen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise H Comas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (3), pp.973 - 1122. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Woody Plants and Forest Ecosystems in a Complex World—Ecological Interactions and Physiological Functioning Above and Below Ground</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrik Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ina Meier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2020.00173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific root respiration of three plant species as influenced by storage time and conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zana Lak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 453 (1-2), pp.615-626. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-020-04619-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moth Outbreaks Reduce Decomposition in Subarctic Forest Soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sari Stark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taru Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Ola Nilsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (1), pp.151-163. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10021-019-00394-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticity of Root Traits under Competition for a Nutrient-Rich Patch Depends on Tree Species and Possesses a Large Congruency between Intra- and Interspecific Situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zana Lak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (5), pp.528. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f11050528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay Between Ozone and Urban Vegetation—BVOC Emissions, Ozone Deposition, and Tree Ecophysiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Karl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvano Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Calfapietra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Forests and Global Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2, pp.50. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/ffgc.2019.00050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific nutrient absorption rates of transplanted cucumber seedlings are highly related to RGR and influenced by grafting method, AMF inoculation and salinity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Sallaku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismet Babaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skender Kaciu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrit Balliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 243, pp.177-188. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scienta.2018.08.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endophytic Fungal Root Colonization of Eragrostis tef in Eroded Croplands of the Ethiopian Highlands is Limited by Low Spore Density and Fertilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gezahagn Getachew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (2), pp.73. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy9020073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root order-based traits of Manchurian walnut & larch and their plasticity under interspecific competition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Salahuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Razaq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Lixue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-27832-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faba Bean Cultivation – Revealing Novel Managing Practices for More Sustainable and Competitive European Cropping Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anestis Karkanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgia Ntatsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liga Lepse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingunn Vågen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2018.01115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine Root Morphology, Biochemistry and Litter Quality Indices of Fast- and Slow-growing Woody Species in Ethiopian Highland Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyene Belay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abrham Abiyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (3), pp.482-494. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10021-017-0163-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine Root Dynamics in Afromontane Forest and Adjacent Land Uses in the Northwest Ethiopian Highlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (7), pp.249. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f8070249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deforestation and land use strongly effect soil organic carbon and nitrogen stock in Northwest Ethiopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Rosinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abrham Abiyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 153, pp.89-99. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2017.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root architecture simulation improves the inference from seedling root phenotyping towards mature root systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Bodner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Leitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Nagel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 68 (5), pp.965-982. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erw494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root traits of European Vicia faba cultivars-Using machine learning to explore adaptations to agroclimatic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Sykacek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Bodner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pce.13062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increase in heterotrophic soil respiration by temperature drives decline in soil organic carbon stocks after forest windthrow in a mountainous ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Katzensteiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (5), pp.1163-1172. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.12805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paclobutrazol induces tolerance in tomato to deficit irrigation through diversified effects on plant morphology, physiology and metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sikander Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asif Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narendra Singh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Batushansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (1), </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep39321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ectomycorrhizal inoculation of Populus nigra modifies the response of absorptive root respiration and root surface enzyme activity to salinity stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burenjargal Otgonsuren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Göransson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 224, pp.123-129. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.flora.2016.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping: Using Machine Learning for Improved Pairwise Genotype Classification Based on Root Traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiangsan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Bodner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.01864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMF Inoculation Enhances Growth and Improves the Nutrient Uptake Rates of Transplanted, Salt-Stressed Tomato Seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrit Balliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Sallaku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (12), pp.15967 - 15981. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su71215799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It’s Complicated: Intraroot System Variability of Respiration and Morphological Traits in Four Deciduous Tree Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rechenmacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 166 (2), pp.736 - 745. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.114.240267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size matters? – The diverging influence of cutting length on growth and allometry of two Salicaceae clones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Vigl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomass and Bioenergy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 60, pp.130-136. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biombioe.2013.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling next level research on roots: Automatizing Minirhizotron Image Acquisition and Analysis (NextMR-IAA) for Research and Agricultural Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liaqat Seehra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ofer Hadar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Sofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Baykalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATTRACT Final Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online Conference, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil Carbon Stocks and Dynamics of Church Forests in Northern Ethiopian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessie Assefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abrham Abiyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Sandén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">State of the Art in Ethiopian Church Forests and Restoration Options</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.69-90, 2022, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-86626-6_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preprint_Alpine peatlands: a multisensory pipeline allows for harmonised detection and reveals widespread degradation in the European Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Schönauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Avoiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Godbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05551513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root traits as key proxies to unravel plant and ecosystem functioning: entities, trait selection and outlook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregoire T. Freschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Stokes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Weemstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03028581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined effects of ozone and drought stress on the emission of biogenic volatile organic compounds from Quercus robur L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Kaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charlott Fitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Graus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heidi Halbwirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId224"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13D82550"/>
+    <w:nsid w:val="53FDA1A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-rewald" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8098-0616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/L-2735-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947435v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muhindo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce J Lelei" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wivine Munyahali" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Cizungu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Doetterl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/agg2.70047" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965032v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Steinparzer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gillerot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Rewald" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas L Godbold" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Haluza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.122582" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856817v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Werner" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa T Gasser" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Mayer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iftekhar U Ahmed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcae150" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684738v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Zheng" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn E Barry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaly R Guerrero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Craven" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter B Reich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46355-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04729697v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Decarsin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joann&#232;s Guillemot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haben Blondeel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17503" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Depauw" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel de Lombaerde" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Els Dhiedt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Abdala-Roberts" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40725-023-00208-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537567v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Druel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bilodeau-Gauthier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.14294" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653580v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meseret Muche" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyayu Molla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berhanu Abraha Tsegay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2022.e09048" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793671v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Sallaku" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Sand&#233;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrit Balliu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.949086" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653572v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Montagnoli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Chiatante" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Godbold" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayoshi Koike" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.850163" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653571v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangsan Zhao" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Kumar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balaji Naik Banoth" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balram Marathi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pachamuthu Rajalakshmi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14051272" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653570v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dessie Assefa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Mentler" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f13040560" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653568v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Rosinger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gorfer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Berger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evi Deltedesco" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108558" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653587v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Leuzinger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.758413" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364517v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charlott Fitzky" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Peron" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kaser" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karl" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Graus" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.708711" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364520v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tallian" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-021-01736-5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653589v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Halbwirth" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-535-2021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653591v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Matthews" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17421" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364519v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Asifiwe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Baert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Bamba" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn Bauters" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-4133-2021" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007086v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Freschet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roumet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise H Comas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Weemstra" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Glyn Bengough" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17072" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364529v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attaullah Khan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nowsherwan Zarif" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixue Yang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Clothier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12050596" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379708v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen M Iversen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17572" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919400v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zana Lak" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04619-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919406v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ammer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hartmann" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Malyshev" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Meier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00173" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919402v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Stark" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taru Sand&#233;n" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ola Nilsson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-019-00394-6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919401v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f11050528" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919405v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Fares" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Calfapietra" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2019.00050" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653552v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismet Babaj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skender Kaciu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2018.08.027" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919407v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gezahagn Getachew" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy9020073" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919408v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anestis Karkanis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Ntatsi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liga Lepse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fernandez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingunn V&#229;gen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01115" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919409v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Salahuddin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Razaq" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lixue" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Li" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27832-0" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919410v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beyene Belay" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abrham Abiyu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-017-0163-7" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653578v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sykacek" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot Bodner" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13062" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919411v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f8070249" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919412v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leitner" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Nagel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw494" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653576v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2017.02.003" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653574v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Katzensteiner" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12805" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919606v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sikander Pal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asif Khan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narendra Singh Yadav" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Batushansky" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep39321" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653573v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burenjargal Otgonsuren" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans G&#246;ransson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flora.2016.07.016" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919413v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01864" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653595v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su71215799" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653596v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rechenmacher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.240267" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653594v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Vigl" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2013.11.020" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927075v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liaqat Seehra" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Hadar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sofer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Baykalov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653566v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86626-6_5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919604v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028581v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire T. Freschet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Stokes" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/boris-rewald" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8098-0616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/L-2735-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947435v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muhindo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce J Lelei" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wivine Munyahali" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Cizungu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Doetterl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/agg2.70047" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965032v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Steinparzer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gillerot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Rewald" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas L Godbold" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Haluza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.122582" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537567v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haben Blondeel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joann&#232;s Guillemot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Druel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bilodeau-Gauthier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.14294" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684738v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Zheng" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn E Barry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaly R Guerrero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Craven" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter B Reich" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46355-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856817v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Werner" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa T Gasser" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Mayer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iftekhar U Ahmed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcae150" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Depauw" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel de Lombaerde" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Els Dhiedt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Abdala-Roberts" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40725-023-00208-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04729697v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Decarsin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17503" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653580v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meseret Muche" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyayu Molla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berhanu Abraha Tsegay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2022.e09048" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793671v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Sallaku" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Sand&#233;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrit Balliu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.949086" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653572v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Montagnoli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Chiatante" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Godbold" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayoshi Koike" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.850163" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653571v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangsan Zhao" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Kumar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balaji Naik Banoth" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balram Marathi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pachamuthu Rajalakshmi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14051272" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653570v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dessie Assefa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Mentler" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f13040560" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653568v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Rosinger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gorfer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Berger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evi Deltedesco" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108558" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364520v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tallian" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-021-01736-5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653587v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Leuzinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.758413" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364517v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charlott Fitzky" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Peron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kaser" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karl" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Graus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.708711" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653589v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Halbwirth" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-535-2021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653591v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Matthews" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17421" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007086v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Freschet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roumet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise H Comas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Weemstra" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Glyn Bengough" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17072" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364519v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Asifiwe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Baert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Bamba" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn Bauters" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-4133-2021" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364529v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attaullah Khan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nowsherwan Zarif" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixue Yang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Clothier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12050596" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379708v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen M Iversen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17572" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919406v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ammer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hartmann" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Malyshev" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Meier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00173" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919400v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zana Lak" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04619-9" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919402v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Stark" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taru Sand&#233;n" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ola Nilsson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-019-00394-6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919401v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f11050528" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919405v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Fares" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Calfapietra" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2019.00050" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653552v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismet Babaj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skender Kaciu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2018.08.027" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919407v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gezahagn Getachew" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy9020073" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919409v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Salahuddin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Razaq" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lixue" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Li" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27832-0" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919408v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anestis Karkanis" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Ntatsi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liga Lepse" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fernandez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingunn V&#229;gen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01115" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919410v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beyene Belay" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abrham Abiyu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-017-0163-7" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919411v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f8070249" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653576v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2017.02.003" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919412v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot Bodner" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leitner" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Nagel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw494" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653578v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sykacek" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13062" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653574v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Katzensteiner" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12805" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919606v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sikander Pal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asif Khan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narendra Singh Yadav" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Batushansky" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep39321" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653573v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burenjargal Otgonsuren" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans G&#246;ransson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flora.2016.07.016" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919413v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01864" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653595v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su71215799" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653596v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rechenmacher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.240267" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653594v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Vigl" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2013.11.020" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927075v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liaqat Seehra" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Hadar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sofer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Baykalov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653566v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86626-6_5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05551513v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Sch&#246;nauer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Avoiani" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028581v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire T. Freschet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Stokes" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919604v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>