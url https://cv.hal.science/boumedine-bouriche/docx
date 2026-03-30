--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -716,51 +716,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01694369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -888,1082 +888,1151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travail en équipe et partage social des émotions : approche dialogique des représentations sociales</w:t>
+                <w:t xml:space="preserve">Social representations and emotions: A psychosocial analysis of the social construction of knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication, Langages, Discours : approches pluridisciplinaires, de la conception aux applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bourgogne, Oct 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">Summer School ALLSH AMU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix Marseille Université, Sep 2025, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753189v1</w:t>
+                <w:t xml:space="preserve">hal-05506866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations sociales du travail en équipe et émotions</w:t>
+                <w:t xml:space="preserve">Travail en équipe et partage social des émotions : approche dialogique des représentations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT’2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
+              <w:t xml:space="preserve">Communication, Langages, Discours : approches pluridisciplinaires, de la conception aux applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne, Oct 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03825269v2</w:t>
+                <w:t xml:space="preserve">hal-04753189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche fonctionnelle de la dynamique Émotions-Représentations Sociales</w:t>
+                <w:t xml:space="preserve">Représentations sociales du travail en équipe et émotions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Louvain-la-Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">CNRIUT’2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01889262v1</w:t>
+                <w:t xml:space="preserve">hal-03825269v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do felt emotions influence trainers’ decisions during a football match?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approche fonctionnelle de la dynamique Émotions-Représentations Sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Labour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Congress International I3SAW</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Stirling, United Kingdom</w:t>
+              <w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Louvain-la-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493736v1</w:t>
+                <w:t xml:space="preserve">hal-01889262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions and Social Representations dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How do felt emotions influence trainers’ decisions during a football match?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachir Zoudji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Labour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Conférence Internationale sur les Représentations Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">2nd Congress International I3SAW</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Stirling, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01693536v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émotions et dynamique des représentations sociales</w:t>
+                <w:t xml:space="preserve">Emotions and Social Representations dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55ème Congrès de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">13ème Conférence Internationale sur les Représentations Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693558v1</w:t>
+                <w:t xml:space="preserve">hal-01693536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La représentation sociale de la crise en France : Centre méditerranéen pour l'étude des représentations sociales (CEMERS)</w:t>
+                <w:t xml:space="preserve">Émotions et dynamique des représentations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Conférence Internationale sur les Représentations Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Tunis, Tunisie</w:t>
+              <w:t xml:space="preserve">55ème Congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693559v1</w:t>
+                <w:t xml:space="preserve">hal-01693558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attentes, Représentations Sociales et Milieu Montagnard</w:t>
+                <w:t xml:space="preserve">La représentation sociale de la crise en France : Centre méditerranéen pour l'étude des représentations sociales (CEMERS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Franco-Suédois Programme Life Environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Gap, France</w:t>
+              <w:t xml:space="preserve">10ème Conférence Internationale sur les Représentations Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693563v1</w:t>
+                <w:t xml:space="preserve">hal-01693559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actions d’insertion et dynamique représentationnelle</w:t>
+                <w:t xml:space="preserve">Attentes, Représentations Sociales et Milieu Montagnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Conférence Internationale sur les Représentations Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2000, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Colloque Franco-Suédois Programme Life Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Gap, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693584v1</w:t>
+                <w:t xml:space="preserve">hal-01693563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystème de montagne et dynamique représentationnelle</w:t>
+                <w:t xml:space="preserve">Actions d’insertion et dynamique représentationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Conférence Internationale sur les Représentations Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2000, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693582v1</w:t>
+                <w:t xml:space="preserve">hal-01693584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportements non verbaux, mensonge et enjeu de sincérité</w:t>
+                <w:t xml:space="preserve">Ecosystème de montagne et dynamique représentationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Congrès International de Psychologie Sociale en langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Turin, Italie</w:t>
+              <w:t xml:space="preserve">5ème Conférence Internationale sur les Représentations Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2000, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693590v1</w:t>
+                <w:t xml:space="preserve">hal-01693582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison interculturelle dans la représentation du comportement du menteur</w:t>
+                <w:t xml:space="preserve">Comportements non verbaux, mensonge et enjeu de sincérité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Conférence Internationale sur les Représentations Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 1998, Mexico, Mexique</w:t>
+              <w:t xml:space="preserve">2ème Congrès International de Psychologie Sociale en langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Turin, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693592v1</w:t>
+                <w:t xml:space="preserve">hal-01693590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation et comportement en situation de mensonge</w:t>
+                <w:t xml:space="preserve">Comparaison interculturelle dans la représentation du comportement du menteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Conférence Internationale sur les Représentations Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1996, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">4ème Conférence Internationale sur les Représentations Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1998, Mexico, Mexique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693593v1</w:t>
+                <w:t xml:space="preserve">hal-01693592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportements verbaux et non verbaux dans la détection du mensonge</w:t>
+                <w:t xml:space="preserve">Représentation et comportement en situation de mensonge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème Congrès International de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 1996, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">3ème Conférence Internationale sur les Représentations Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1996, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693596v1</w:t>
+                <w:t xml:space="preserve">hal-01693593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comportements verbaux et non verbaux dans la détection du mensonge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boumédine Bouriche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26ème Congrès International de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1996, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Décodage d'indices verbaux et non verbaux dans la détection du mensonge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Congrès International de Psychologie Sociale de langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1996, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01693595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1973,275 +2042,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le partage social des émotions : approche dialogique des représentations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langage et éMOTions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EFFETS PROBIOTIQUES DE LA BIOLUMINESCENCE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Merad Coliac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02531798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The emotions joy and anger as part of the psychological momentum in soccer coaches during game management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bachir Zoudji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th European Congress of Sport Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Berne, Switzerland. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01693549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2251,98 +2320,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'analyse de similitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes d'étude des représentations sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.221-252, 2005, 9782749201238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01693497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2352,135 +2421,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude d'images sur Marseille auprès des marseillais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumédine Bouriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacquemoud Véronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Lames, C.N.R.S, Aix Marseille Université. 1998, pp.17 + annexes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03627987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2627,51 +2696,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879803v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boum&#233;dine Bouriche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03831764v3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693167v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.102.0193" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693186v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lumini&#355;a Iacob" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana Gherasim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gheorghe Iacob" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693191v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Galli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fasanelli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Geka" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Iacob" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.087.0585" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693523v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Verg&#232;s" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01694369v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207594.1996.19960818" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05171695v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05171692v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04753189v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03825269v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01889262v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04493736v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Zoudji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Labour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693536v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693558v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693559v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693563v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693584v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693582v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693590v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693592v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693593v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693596v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04753123v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531798v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Merad Coliac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693549v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jannes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693497v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627987v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacquemoud V&#233;ronique" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879803v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boum&#233;dine Bouriche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03831764v3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693167v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.102.0193" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693186v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lumini&#355;a Iacob" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana Gherasim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gheorghe Iacob" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693191v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Galli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fasanelli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Geka" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Iacob" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.087.0585" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693523v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Verg&#232;s" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01694369v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207594.1996.19960818" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05171695v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05171692v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05506866v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04753189v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03825269v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01889262v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04493736v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Zoudji" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Labour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693536v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693558v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693559v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693563v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693584v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693582v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693590v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693592v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693593v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693596v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693595v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04753123v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531798v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Merad Coliac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693549v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jannes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01693497v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627987v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacquemoud V&#233;ronique" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>