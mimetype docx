--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -482,165 +482,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05131714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ulysse 31 : Réinterprétation d’un mythe antique en science-fiction pour la jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les réécritures contemporaines des mythes en littérature de jeunesse : un patrimoine européen en circulation ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d’Artois, Nov 2025, Arras, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les livres de cuisine inspirés de manga : dynamiques et perspectives d’une nouvelle niche éditoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">À la table de la bande dessinée. Récits graphiques des cultures alimentaires d’hier et d’aujourd’hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Européen d’Histoire et des Cultures de l’Alimentation, Dec 2025, Tours (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407805v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05407785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Economics of Comics in French TV Industries (1980s-1990s)</w:t>
               </w:r>
@@ -1298,165 +1298,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Épidémie de peste jaune : déjà des millions de morts, Hebdogiciel, 2 novembre 1984 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le monde à la une : Une histoire de la presse par ses rubriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 978-2-38191-000-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Le mouvement subjectif dans le manga et l’animation japonaise : de la représentation d’un déplacement à une fonction vicaire »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps en mouvements. Arts, médias, médiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 979-10-300-0498-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04467441v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04467430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Double décentrement japonais et romain : pour une lecture littéraire du manga Thermae Romae »</w:t>
               </w:r>
@@ -2016,2511 +2016,2511 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'animation japonaise en France : réception, diffusion, réappropriations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.105-114, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Antoinette en manga : les réinventions de l’histoire par la fiction graphique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire l'histoire - Histoire, Littérature, Esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14m0j⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rédactionnel des périodiques de manga ou comment un objet éditorial non identifié témoigne de la globalisation culturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comicalités. Études de culture graphique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13u2d⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport et manga : représentation et simulacre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Robinson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55, pp.99-112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Lorsque les mangas sont perçus comme des produits dérivés : les adaptations de séries animées (France, Italie et Espagne) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires du livre / Studies in Book Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1104237ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le patrimoine manga chez Glénat - Entretien avec Satoko Inaba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuvième art 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osamu Tezuka à la croisée de l’animation et la bande dessinée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuvième art 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Écosystème médiatique et circulation de la fiction : Dragon Ball, Pokémon, Sword Art Online »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Narratologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/narratologie.10613⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « Cool Japan » made in France. Réappropriation du manga et de l’animation japonaise (1978-2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ebisu - Études Japonaises </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 56, pp.71-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ebisu.3666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04468015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les savoirs des lecteurs de manga sur les sites non légaux : construction et diffusion de l’interprétation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Belphegor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/belphegor.1809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02398731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parcours de lecture dans Dragon Ball Z Dokkan Battle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comicalités. Études de culture graphique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/comicalites.3876⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Produits dérivés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuvième art 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mangas : Faire entrer les lectures privées à l’école et les constituer en objets littéraires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02398722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un tournant matériel des études sur la bande dessinée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comicalités. Études de culture graphique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le manga de sport comme récit de formation pour la jeunesse au Japon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agora débats/jeunesses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 78 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/agora.078.0125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduire les best-sellers du manga: entre “domestication” et “exotisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.189-201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02398728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragon Ball: Body control and epic excess in manga and anime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41, pp.250-267</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masculin ou féminin, singulier ou pluriel : le manga, objet indigne en cours de consécration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À l’épreuve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4, s.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution de la place du livre dans le circuit transmédiatique du media mix japonais : le cas Dragon Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2016-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/itineraires.3429⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduire les best-sellers du manga : entre &amp;quot;domestication&amp;quot; et &amp;quot;exotisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15, pp.189-201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre différence et répétition : les adaptations de Dragon Ball en jeux vidéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Pardaillan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, pp.129-139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduire les best-sellers du manga : entre “domestication” et “exotisation”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand publiciste, ou la promotion de soi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39, pp.131-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrivains morts-vivants sur Twitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CAHIERS VIRTUELS DU LABORATOIRE NT2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Anime VHS Home Video Market in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mutual images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, pp.82-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.32926/2017.2suv.anime⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Anime VHS Home Video Market in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mutual images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfra et prépublication : équation impossible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alternative Francophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (10), pp.23-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067999v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fiction populaire comme virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Pardaillan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1, pp.65-73</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des fans en or massif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La revue des livres pour enfants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 289, pp.137-141</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’âme des machines dans The Ghost in the Shell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/resf.1134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neon Genesis Evangelion ou la déconstruction du robot anime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/resf.954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robot géant: De l'instrumentalisation à la fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Belphegor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 3 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira : la bombe visuelle du manga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05261554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOMMAGE À AKIRA TORIYAMA, L’AUTRE DIEU DU MANGA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bounthavy Suvilay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05295307v1</w:t>
-              </w:r>
-[...2303 lines deleted...]
-                <w:t xml:space="preserve">hal-04530271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5335,51 +5335,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A9ECD534"/>
+    <w:nsid w:val="327F247B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5483,51 +5483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="785C5ABB"/>
+    <w:nsid w:val="CDEFDE4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5717,51 +5717,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bounthavy-suvilay" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1528-6518" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/14909955X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407830v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bounthavy Suvilay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088616v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131714v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407805v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407785v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407771v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088600v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060170v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060164v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060163v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700038v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407851v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407845v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glenat.com/glenat-livres/manga-tout-un-art-9782344072370/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467441v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467430v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467522v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467531v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467812v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467838v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398727v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/jules-verne-et-la-culture-mediatique-de-la-presse-du-xixe-siecle-au-steampunk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398738v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398732v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/65389" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057763v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261554v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295307v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261399v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14m0j" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060151v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13u2d" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060181v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467956v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1104237ar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060173v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060176v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467974v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/narratologie.10613" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468015v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ebisu.3666" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060179v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398731v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belphegor.1809" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467985v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/comicalites.3876" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Taddei" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570732v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lesage" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398728v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063503v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700042v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.078.0125" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067991v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067992v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700037v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.3429" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066468v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700040v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067996v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700045v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067998v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32926/2017.2suv.anime" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700041v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066469v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067999v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066483v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700034v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1134" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700035v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.954" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530271v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408478v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467391v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467379v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408459v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054536v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408522v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476830v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Buhnik" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiji Iwabuchi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Sala" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Tanaka" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ebisu.3513" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-02398742v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bounthavy-suvilay" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1528-6518" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/14909955X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407830v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bounthavy Suvilay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088616v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131714v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407785v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407805v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407771v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088600v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060170v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060164v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060163v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700038v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407851v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407845v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glenat.com/glenat-livres/manga-tout-un-art-9782344072370/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467430v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467441v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467522v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467531v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467812v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467838v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398727v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/jules-verne-et-la-culture-mediatique-de-la-presse-du-xixe-siecle-au-steampunk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398738v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398732v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/65389" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057763v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261399v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14m0j" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060151v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13u2d" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060181v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467956v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1104237ar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060176v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060173v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467974v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/narratologie.10613" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468015v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ebisu.3666" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belphegor.1809" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467985v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/comicalites.3876" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060179v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398722v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Taddei" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570732v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lesage" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700042v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.078.0125" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398728v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063503v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067991v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700037v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.3429" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067992v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066468v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700040v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067996v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700045v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067998v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32926/2017.2suv.anime" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700041v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067999v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066469v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066483v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700034v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1134" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700035v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.954" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530271v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261554v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295307v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408478v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467391v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467379v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408459v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054536v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408522v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476830v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Buhnik" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiji Iwabuchi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Sala" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Tanaka" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ebisu.3513" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-02398742v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>