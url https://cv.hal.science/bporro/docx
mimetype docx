--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -368,295 +368,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disparate genetic divergence patterns in three corals across a pan-Pacific environmental gradient highlight species-specific adaptation</w:t>
+                <w:t xml:space="preserve">Telomere DNA length regulation is influenced by seasonal temperature differences in short-lived but not in long-lived reef-building corals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian R Voolstra</w:t>
+                <w:t xml:space="preserve">Alice Rouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin C C Hume</w:t>
+                <w:t xml:space="preserve">Mélanie Pousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric J Armstrong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guinther Mitushasi</w:t>
+                <w:t xml:space="preserve">Nadir Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Porro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Biodiversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s44185-023-00020-8⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.3038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-38499-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04157744v1</w:t>
+                <w:t xml:space="preserve">cea-04171809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telomere DNA length regulation is influenced by seasonal temperature differences in short-lived but not in long-lived reef-building corals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Disparate genetic divergence patterns in three corals across a pan-Pacific environmental gradient highlight species-specific adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Pousse</w:t>
+                <w:t xml:space="preserve">Christian R Voolstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadir Djerbi</w:t>
+                <w:t xml:space="preserve">Benjamin C C Hume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric J Armstrong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guinther Mitushasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Porro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.3038. </w:t>
+              <w:t xml:space="preserve">npj Biodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (1), pp.15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-38499-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s44185-023-00020-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04171809v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different environmental response strategies in sympatric corals from Pacific Islands</w:t>
               </w:r>
@@ -1053,51 +1053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thamilla Zamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mallien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin C C Hume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian R. Voolstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2258,51 +2258,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246288v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lombaert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio S Bernal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.539" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-05304150v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guinther Mitushasi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Kitano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Oury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magalon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Paz-Garc&#237;a" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0326095" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157744v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R Voolstra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin C C Hume" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric J Armstrong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44185-023-00020-8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04171809v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rouan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pousse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Djerbi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38499-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205154v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamilla Zamoum" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Forcioli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gilson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00946-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176293v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Hochart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Paoli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Ruscheweyh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Salazar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38502-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288922v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Stoeckel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud&#8208;haond" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13316" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021288v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mallien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R. Voolstra" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226015v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Beaum&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Da Rocha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261289v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zallio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deulery" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05260906v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deleury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257499v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Blin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02736573v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019AZUR4071" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404006v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Alloncle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246288v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lombaert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio S Bernal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.539" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-05304150v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guinther Mitushasi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Kitano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Oury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magalon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Paz-Garc&#237;a" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0326095" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04171809v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rouan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pousse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Djerbi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38499-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157744v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R Voolstra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin C C Hume" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric J Armstrong" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44185-023-00020-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205154v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamilla Zamoum" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Forcioli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gilson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00946-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176293v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Hochart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Paoli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Ruscheweyh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Salazar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38502-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288922v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Stoeckel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud&#8208;haond" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13316" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021288v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mallien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R. Voolstra" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226015v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Beaum&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Da Rocha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261289v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zallio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deulery" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05260906v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deleury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257499v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Blin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02736573v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019AZUR4071" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404006v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Alloncle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>