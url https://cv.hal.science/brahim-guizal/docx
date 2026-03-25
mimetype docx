--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -204,15742 +204,15742 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (71)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Austry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (3), pp.034032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/sxyl-4f3g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normal and lateral Casimir-Lifshitz forces between a nanoparticle and a graphene grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111 (7), pp.075417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.075417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir-Lifshitz force for graphene-covered gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Bun Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phys.Rev.B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (4), pp.045446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.045446⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-field radiative heat transfer between shifted graphene gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (19), pp.195431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.195431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-field radiative heat transfer between a nanoparticle and a graphene grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (7), pp.075423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.075423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tunable nonadditivity in the Casimir-Lifshitz force between graphene gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Austry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (6), pp.062811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.108.062811⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of graphene grating coating on near-field radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junming Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 123 (25), pp.253902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0182725⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electromagnetic scattering by a partially graphene-coated dielectric cylinder: Efficient computation and multiple plasmonic resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (2), pp.025306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.107.025306⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04610037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir-Lifshitz force between graphene-based structures out of thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Austry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Bun Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phys.Rev.B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (11), pp.115412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.115412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04128464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semi-analytical model for the analysis of a magnetically biased 1D subwavelength graphene-strip-grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Paladian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OSA Continuum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (5), pp.1144-1156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OPTCON.446632⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domain Decomposition Spectral Method Applied to Modal Method: Direct and Inverse Spectral Transforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Paladian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghida Al Achkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (8131), pp.8131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s22218131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03826961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strong geometry dependence of the Casimir force between interpenetrated rectangular gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingkang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.-Y. Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-20891-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inverse design of a 1D dielectric metasurface by topology optimization: fluctuations-trend analysis assisted by a diamond-square algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Albert Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay A. Gippius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37 (12), pp.3721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.405030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02997633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Many-body effective thermal conductivity in phase-change nanoparticle chains due to near-field radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junming Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linhua Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 166, pp.120793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.120793⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giant Casimir Torque between Rotated Gratings and the θ = 0 Anomaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Bun Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery Marachevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (1), pp.013903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.013903⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling between subwavelength nano-slits lattice modes and metal-insulator-graphene cavity modes: A semi-analytical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Benrhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Albert Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OSA Continuum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (4), pp.1296-1309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OSAC.2.001296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matched coordinates in the framework of polynomial modal methods for complex metasurface modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Plumey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35 (4), pp.608-615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.35.000608⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01742077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strong Thermal and Electrostatic Manipulation of the Casimir Force in Graphene Multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahine Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118 (12), pp.126101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.126101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01494732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radiative heat transfer between metallic gratings using Fourier modal method with adaptive spatial resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95, pp.125404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.125404⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01482013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strong coupling between a plasmonic waveguide and graphene surface plasmons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meherzi Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 34 (4), pp.884-890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.34.000884⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01501931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-field heat transfer between graphene/hBN multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuomin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanhui Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95, pp.245437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.245437⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01552158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graphene-based amplification and tuning of near-field radiative heat transfer between dissimilar polar materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96, pp.045402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.045402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01557223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polariton condensation threshold investigation through the numerical resolution of the generalized Gross-Pitaevskii equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamis Gargoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Jaziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalloul Balti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94, pp.043310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.94.043310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01420542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surface plasmons on a doped graphene sheet with periodically modulated conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 96, pp.212-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spmi.2016.05.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01540210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Light-induced optomechanical forces in graphene waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93, pp.115427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.115427⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01292276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyperbolic waveguide for long-distance transport of near-field heat flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94, pp.104301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.104301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01359633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir interaction between a sphere and a grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Maia Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (6), pp.062504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.92.062504⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01245998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Excitonic recombination dynamics in non-polar GaN/AlGaN quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Rosales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bretagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 115, pp.073510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4865959⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01905144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90, pp.022120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.90.022120⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01058753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recombination dynamics of excitons with low non-radiative component in semi-polar (10-11)-oriented GaN/AlGaN multiple quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Rosales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bretagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Izyumskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 116, pp.093517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4894513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modal method based on subsectional Gegenbauer polynomial expansion for nonperiodic structures: complex coordinates implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (4), pp.631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.30.000631⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00813169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MODAL METHOD BASED ON SUBSECTIONAL GEGEN- BAUER POLYNOMIAL EXPANSION FOR LAMELLAR GRATINGS: WEIGHTING FUNCTION, CONVERGENCE AND STABILITY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Fenniche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 133, pp.17-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2528/PIER12061311⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00813180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Broadband computation of the scattering coefficients of infinite arbitrary cylinders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (1), pp.016711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.86.016711⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Excitonic states and their wave functions in anisotropic materials: a computation using the finite element method and its application to AlN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 249 (3), pp.455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssb.201100142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homogenization of a metallic metamaterial and electrostatic resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Zolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Kling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (1), pp.061504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JNP.6.061504⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial dispersion in an array of metallic nanorods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Cabuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (1), pp.051512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.3562938⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantitative interpretation of the excitonic splitting in aluminum nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 53 (2), pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2010100448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00633617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantitative interpretation of the excitonic splittings in aluminum nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 53 (2), pp.20303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2010100448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00663998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crucial influence of evanescent waves on the electromagnetic properties of metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Cabuz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4, pp.0435220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.3520508⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00813335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optical performance of Bragg gratings fabricated in Ti:LiNbO3 waveguides by focused Ion beam milling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Ghoumid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Ferriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badr-Eddine Benkelfat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tijani Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28 (23), pp.3488-3493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2010.2080258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00583018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New reformulation of the Fourier modal method with spatial adaptive resolution for multilayered metallic strip grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Elamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meherzi Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 283 (21), pp.4392-4396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optcom.2010.06.044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00535894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fourier modal method with spatial adaptive resolution for structures comprising homogeneous layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Yala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (12), pp.2567-2570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.26.002567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">All-dielectric rod-type metamaterials at optical frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Vynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Ioan Cabuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 102 (13), pp.133901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.133901⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00385881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reformulation of the eigenvalue problem in the Fourier modal method with spatial adaptive resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Yala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 34, pp.2790-2792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.34.002790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effective properties of membrane photonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3, pp.031507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.3097796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00385872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraordinary transmission beyond the cut-off through sub-λ annular aperture arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Poujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Salvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 282 (7), pp.1463-1466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optcom.2008.12.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonlinear optical properties of interconnected gold nanoparticles on silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lesuffleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gogol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Beauvillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 104, pp.124310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3050309⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00691687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beam implementation in a nonorthogonal coordinate system: Application to the scattering from random rough surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 25 (3), pp.796-804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.25.000796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00256005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Two-scale approach to the homogenization of membrane photonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (1), pp.023501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.2884039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00255910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is the direction followed by a beam in a photonic medium ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 33 (9), pp.998-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.33.000998⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00323416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of electromagnetic diffraction by curved strip gratings by use of the C-method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 24 (3), pp.669-674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.24.000669⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00255748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modulation of the extraordinary optical transmission by surface acoustic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Benattou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Khelif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (23), pp.235427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.235427⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00131990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical analysis of a slit-groove diffraction problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Besbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Hugonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. van Haver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O.T.A.A Janssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Journal of the European Optical Society : Rapid publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2, pp.07022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2971/jeos.2007.07022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00175504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accuracy of local field enhancement models: toward predictive models?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Barchiesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grosges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 84 (1-2), pp.55-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00340-006-2217-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00258559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An angle-independent Frequency Selective Surface in the optical range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14 (25), pp.11945-11951. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.14.011945⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00248189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of strip gratings using a parametric modal method by Fourier expansions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 255, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optcom.2005.06.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00095627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New design for enhanced transmission and polarization control through near–field optical microscopy probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Poujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 256, pp.190-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optcom.2005.06.082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00095455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling between surface plasmon modes on metal films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Seidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grafström</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 69 (12), pp.121405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.69.121405⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00097011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waveguiding through a two-dimensional metallic photonic crystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. I. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pagani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Al Naboulsi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 213 (2), pp.114-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2818.2004.01273.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00095324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced confined light transmission by single subwavelength metallic apertures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 42, pp.6811-6815</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electromagnetic beam diffraction by a finite lamellar structure: an aperiodic coupled-wave method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Barchiesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 20, pp.2274-2280</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00094059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffraction hysteresis loop modeling in magneto–optical gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pagani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 209, pp.237-244</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical computation of the scattering matrix of an electromagnetic resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 66, pp.26602-1-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ultra-refraction phenomena in Bragg mirrors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Zolla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Optics A: Pure and Applied Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 2 (5), pp.L30-L32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1464-4258/2/5/102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiplexing and demultiplexing with photonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Optics A: Pure and Applied Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 1 (5), pp.L10-L13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1464-4258/1/5/103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electromagnetic beam diffraction by a finite strip grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 165 (1-3), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0030-4018(99)00192-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A remarkable diffractive property of photonic quasi-crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Zolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 148 (1-3), pp.6-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0030-4018(97)00661-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wave propagation in one-dimensional photonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Zolla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 152 (1-3), pp.119-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0030-4018(98)00134-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limit analysis of the diffraction of a plane wave by a one-dimensional periodic medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zolla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 39 (9), pp.4604-4607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.532526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coordinate transformation method as applied to asymmetric gratings with vertical facets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Plumey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chandezon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 14 (3), pp.610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.14.000610⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efficient implementation of the coupled-wave method for metallic lamellar gratings in TM polarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 13 (5), pp.1019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.13.001019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (73)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Some Numerical Aspects of Computing the S-matrix of Graphene Strips Gratings and Their Use in the Context of Casimir Force and Radiative Heat Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PhotonIcs and Electromagnetics Research Symposium (PIERS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Nov 2025, Tokyo (JP), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Fourier Modal Method, equipped with Adaptive Spatial Resolution, simplified for shallow gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2025 - The 15th International Conference on Metamaterials, Photonic Crystals and Plasmonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris-Saclay University (Said Zouhdi), Jul 2025, Torremilonos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Simplified Version of the FMM-ASR Method for Shallow Gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PhotonIcs &amp; Electromagnetics Research Symposium (PIERS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Nov 2025, Tokyo (JP), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder partially covered with a graphene strip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Excitation of Graphene Magneto-plasmons in Periodic Grating of Magnetostatic Biased Graphene Ribbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Benrhouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kofi Sényo Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PhotonIcs &amp; Electromagnetics Research Symposium (PIERS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Jul 2023, prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Fourier Modal Method simplified for crossed subwavelength gratings B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simplified version of the Fourier Modal Method for graphene gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PhotonIcs &amp; Electromagnetics Research Symposium (PIERS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Adademy, Jul 2023, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of top metallic contacts on radiation transfer and conversion efficiency for near-field ther- mophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Austry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced and Tunable Kerr effect on InSb/graphene hybrid magnetoplasmonic structure at Terahertz waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kofi Sényo Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AES 2022 (Antennas and Electromagnetic Systems)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene surface magneto-plasmons excited through a magnetostatic biased graphene-strip grating : Semi analytical Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kofi Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AES 2022 (Antennas and Electromagnetic Systems)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://aesconference.org/index.php/AES22/AES22, May 2022, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Fourier Modal Method as applied to diffraction gratings : a historical overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KITP Program: Emerging Regimes and Implications of Quantum and Thermal Fluctuational Electrodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of California at Santa Barbara : KITP, Jun 2022, Santa Barbara (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir interaction on gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AES 2022 (Antennas and Electromagnetic Systems)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://aesconference.org/index.php/AES22/AES22, May 2022, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 14th International Conference “Micro- and Nanoelectronics – 2021” (ICMNE-2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Zvenigorod, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03391523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips for heat transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Optical Society : Annual Meeting 2021 (EOSAM2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03357063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling between nano-slits lattice modes and metal-insulator-graphene cavity modes: a semi-analytical model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Long-range Heat and Energy Transfer through Hyperbolic Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">METANANO 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ITMO University, Jul 2019, Saint Petersbourg, Russia</w:t>
+              <w:t xml:space="preserve">PIERS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02188829v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-range Heat and Energy Transfer through Hyperbolic Materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling between nano-slits lattice modes and metal-insulator-graphene cavity modes: a semi-analytical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
+              <w:t xml:space="preserve">METANANO 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITMO University, Jul 2019, Saint Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190887v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02188829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latest Advances on Modal Methods in Computational Electromagnetics: Applications in Nanophotonics and Plasmonics</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Casimir Forces between Silicon Gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Bun Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingkang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Y. Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Che Ting Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan. pp.230</w:t>
+              <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01863901v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir Forces between Silicon Gratings</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Near-field heat transfer between graphene/hBN multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuomin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanhui Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
+              <w:t xml:space="preserve">PIERS: Progress In Electromagnetics Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864295v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field heat transfer between graphene/hBN multilayers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Latest Advances on Modal Methods in Computational Electromagnetics: Applications in Nanophotonics and Plasmonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS: Progress In Electromagnetics Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan</w:t>
+              <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan. pp.230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01863580v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene based 1D photonic crystals bands via the Fourier Modal Method</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">The Fourier Modal Method with Adaptive Spatial Resolution under conical mounting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META'17 - Incheon – Korea</w:t>
+              <w:t xml:space="preserve">META'17 - Incheon - Korea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Incheon - Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570553v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative Heat Transfer between Metallic Gratings Using Adaptive Spatial Resolution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Radiative heat-transfer between metallic gratings using adaptive spatial resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PIER Electromagnetics Academy, May 2017, Saint Petersbourg, Russia</w:t>
+              <w:t xml:space="preserve">META'17 - Incheon – Korea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Incheon - Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538779v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and Electrostatic Manipulation of the Casimir Force in Graphene Multilayers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Radiative Heat Transfer between Metallic Gratings Using Adaptive Spatial Resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global summit on Laser Optics &amp; Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Valence, Spain</w:t>
+              <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PIER Electromagnetics Academy, May 2017, Saint Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01548335v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Fourier Modal Method with Adaptive Spatial Resolution under conical mounting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Thermal and Electrostatic Manipulation of the Casimir Force in Graphene Multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahine Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META'17 - Incheon - Korea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Incheon - Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">Global summit on Laser Optics &amp; Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570545v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01548335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat-transfer between metallic gratings using adaptive spatial resolution</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Graphene based 1D photonic crystals bands via the Fourier Modal Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meherzi Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META'17 - Incheon – Korea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Incheon - Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570566v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the stability of modal methods when dealing with lamellar structures with extreme filling ratios</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Casimir Interaction between a sphere and grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Maia Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">K. Edee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Electromagnetics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01422087v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01422091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitride nanophotonics from the deep ultra-violet to the near infrared: non-linear optics and microlasers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Heat transfer and Casimir-Lifshitz interactions between diffraction gratings: numerical methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
+              <w:t xml:space="preserve">Heat transfer at the nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wilhelm und Else Heraeus-Stiftung, Apr 2016, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01951768v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of the generation and propagation of polariton condensates at 300K in ZnO microcavities</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Non-equilibrium Casimir-Lifshitz force between gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
+              <w:t xml:space="preserve">Casimir and van der Waals Physics: Progress and Prospects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The HKUST Club Institute for Advanced Study of the Hong Kong University of Science and Techno, Apr 2016, Hong-Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01951085v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-induced Optomechanical Forces in Graphene Waveguides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Nitride nanophotonics from the deep ultra-violet to the near infrared: non-linear optics and microlasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sellés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Brimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meletios Mexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Shanghai, China</w:t>
+              <w:t xml:space="preserve">7th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01421873v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir Interaction between a sphere and grating</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Control of the generation and propagation of polariton condensates at 300K in ZnO microcavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rereao Hahe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamis Gargoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Brimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electromagnetics Symposium</w:t>
+              <w:t xml:space="preserve">7th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META'16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01422091v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer and Casimir-Lifshitz interactions between diffraction gratings: numerical methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Light-induced Optomechanical Forces in Graphene Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heat transfer at the nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wilhelm und Else Heraeus-Stiftung, Apr 2016, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01318643v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01421873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-equilibrium Casimir-Lifshitz force between gratings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Graphene surface plasmons excited through diffraction gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meherzi Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Casimir and van der Waals Physics: Progress and Prospects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The HKUST Club Institute for Advanced Study of the Hong Kong University of Science and Techno, Apr 2016, Hong-Kong, China</w:t>
+              <w:t xml:space="preserve">Advanced Electromagnetics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01318653v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01422092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene surface plasmons excited through diffraction gratings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+                <w:t xml:space="preserve">Hyperbolic waveguide for long distance transport of near-field heat flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meherzi Oueslati</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electromagnetics Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01422092v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01421877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperbolic waveguide for long distance transport of near-field heat flux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the stability of modal methods when dealing with lamellar structures with extreme filling ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Edee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Shanghai, China</w:t>
+              <w:t xml:space="preserve">Advanced Electromagnetics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01421877v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01422087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings, International Symposium on Nanotechnologies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Gegenbauer polynomial expansion applied to crossed binary gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Plumey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Nanotechnologies: Research, Innovation and Economic Challenges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Marocaine de Chimie Analytique pour un Développement Durable (AMCADD), Oct 2015, Casablanca, Morocco</w:t>
+              <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PIERSD Electromagnetics Academy, Jul 2015, Prague, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01318487v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02057636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gegenbauer polynomial expansion applied to crossed binary gratings</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nanophotonique et semiconducteurs nitrures : optique non-linéaire et nouveaux microlasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Selles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Brimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cassabois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PIERSD Electromagnetics Academy, Jul 2015, Prague, France</w:t>
+              <w:t xml:space="preserve">23ème Congrès de la Société Française de Physique (SFP2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02057636v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01308247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanophotonique et semiconducteurs nitrures : optique non-linéaire et nouveaux microlasers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Congrès de la Société Française de Physique (SFP2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">FISMAT 2015 : Italian National Conference on Condensed Matter Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Palerme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01308247v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings, International Symposium on Nanotechnologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Noto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FISMAT 2015 : Italian National Conference on Condensed Matter Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Palerme, Italy</w:t>
+              <w:t xml:space="preserve">International Symposium on Nanotechnologies: Research, Innovation and Economic Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Marocaine de Chimie Analytique pour un Développement Durable (AMCADD), Oct 2015, Casablanca, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01318661v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic diffraction from nanostructured objects: numerical challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Noto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Jul 2014, Guangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02042555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitonic recombination dynamics in non-polar and semi-polar AlGaN/GaN multiple QWs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Rosales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bretagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhang Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International symposium on growth on nitrides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01021275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Plasmons and some of their applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Plasmons and some of their applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00813468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmon amplification by strong coupling in a layered structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Castanié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NanoScience Engineering 2013 - Part of SPIE Optics Photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, San Diego (California), United States. pp.88081K, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2029606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02964425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photon-Plasmon strong coupling in a layered structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Castanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Kual Lumpur, Malaysia. pp.ISBN: 978-1-934142-20-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00813742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport in Metamaterails, Light Localisation and transport in dielectric metamaterails</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Zolla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference On Computational and Experimental Engineering and Sciences, (ICCES'12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00813434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong coupling of plasmons with confined modes in a quantum metamaterial</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Exciton binding energies and energy splittings in aluminium nitride bulk and epilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACTIVE PHOTONIC MATERIALS IV</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SPIE PHOTONICS West Gallium Nitride Materials and Devices VI SPIE 7939</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, San francisco, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00808383v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00633667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exciton binding energies and energy splittings in aluminium nitride bulk and epilayers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Electrostatic resonances in sign shifting materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Zolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Kling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE PHOTONICS West Gallium Nitride Materials and Devices VI SPIE 7939</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, San francisco, France</w:t>
+              <w:t xml:space="preserve">SPIE OPTICS and PHOTONICS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00633667v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrostatic resonances in sign shifting materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Strong coupling of plasmons with confined modes in a quantum metamaterial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Castanie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Kling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE OPTICS and PHOTONICS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACTIVE PHOTONIC MATERIALS IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, San Diego, United States. pp.80950T, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.893535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807809v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogenization of metallic metamaterials and electrostatic resonances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
+                <w:t xml:space="preserve">Excitonic Splittings in aluminum nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Optoelectronics and Micro/Nano-Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Guangzhou, China</w:t>
+              <w:t xml:space="preserve">Proceedings of the second Meijo international symposium on nitride semiconductors 2010 (MSN2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Nagoya, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00813392v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00633651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitonic Splittings in aluminum nitride</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+                <w:t xml:space="preserve">Homogenization of metallic metamaterials and electrostatic resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the second Meijo international symposium on nitride semiconductors 2010 (MSN2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Nagoya, Japan</w:t>
+              <w:t xml:space="preserve">Advances in Optoelectronics and Micro/Nano-Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Guangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00633651v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00813392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RESONANT HOMOGENIZATION OF A DIELECTRIC METAMATERIAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Bouchitté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Workshop on Metamaterials and Special Materials for Electromagnetic Application and TLC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Naples, Italy. pp.2695-2701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00437968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study off all-dielectric rod-type metamaterials: a route towards optical frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Vynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cassagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PECS VIII ~ The 8th International Photonic &amp; Electromagnetic Crystal Structures Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light propagation in random dielectric structures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Onset of a band structure as a result of Mie resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kevin Vynck</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchitté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META 08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Marrakesh, Morocco</w:t>
+              <w:t xml:space="preserve">Nanophotonics 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Nanjing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807730v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onset of a band structure as a result of Mie resonances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Effective properties of membrane photonic crystals - art. no. 70410R</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Bouchitté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Nanjing, China</w:t>
+              <w:t xml:space="preserve">Conference on Nanostructured Thin Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, San Diego (CA), United States. pp.R410-R410</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807764v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective properties of membrane photonic crystals - art. no. 70410R</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guy Bouchitté</w:t>
+                <w:t xml:space="preserve">Rôle critique des ondes évanescentes dans la propagation d'un faisceau à l'intérieur d'un cristal photonique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Nanostructured Thin Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, San Diego (CA), United States. pp.R410-R410</w:t>
+              <w:t xml:space="preserve">9e Colloque de la Recherche en Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Hammamet, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00437972v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00421553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle critique des ondes évanescentes dans la propagation d'un faisceau à l'intérieur d'un cristal photonique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Guizal</w:t>
+                <w:t xml:space="preserve">Light propagation in random dielectric structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Vynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Colloque de la Recherche en Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Hammamet, Tunisie</w:t>
+              <w:t xml:space="preserve">META 08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Marrakesh, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00421553v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonde de microscope optique en champ proche à base de plasmon de surface excité en polarisation radiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I Baida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Belkhir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR ONDES 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, BORDEAUX, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00200593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angular dependence of the transmission through Annular Aperture Arrays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I. Baida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Gérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NFO9 : 9th International conference on near-field optics, nanophotonics and related techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00130366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Champ proche optique : le point de vue du théoricien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Baida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-P. Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Salvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR ondes et GDR THz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00130289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical properties of sub–wavelengh gold coupled nanoparticles : linear and non–linear study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Transmission à travers des structures submicroniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I Baida</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diffractive Optics 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">GDR THerz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00096189v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonique de nanostructures métalliques sur silicium</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Transmission exaltée à travers des réseaux de trous coaxiaux : étude des processus sous–jacents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I Baida</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Ondes GT2, Institut Fresnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Marseille, France</w:t>
+              <w:t xml:space="preserve">Réunion générale du GDR Ondes "Interférences d'ondes", GT2 et GT5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00093484v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission à travers des structures submicroniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Study of transmission through annular apertures arrays by use of a highly improved Fourier modal method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I Baida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR THerz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Diffractive Optics 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00093454v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00096165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission exaltée à travers des réseaux de trous coaxiaux : étude des processus sous–jacents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Plasmonique de nanostructures métalliques sur silicium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lesuffleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I Baida</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bartenlian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Beauvillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion générale du GDR Ondes "Interférences d'ondes", GT2 et GT5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Besançon, France</w:t>
+              <w:t xml:space="preserve">GDR Ondes GT2, Institut Fresnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00093450v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of transmission through annular apertures arrays by use of a highly improved Fourier modal method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Optical properties of sub–wavelengh gold coupled nanoparticles : linear and non–linear study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lesuffleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gogol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diffractive Optics 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00096165v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00096189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light transmission by sub– wavelength annular aperture arrays in metallic films</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Supertransmission through an annular aperture array : explanation of the transmission and first experimental results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Salvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vanlabeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Numerical Methods in Electromagnetics and Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Olloix, France</w:t>
+              <w:t xml:space="preserve">NFO- 8 The 8th International Conference on Near-field Nano Optics &amp; Related Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00095982v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00104495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supertransmission through an annular aperture array : explanation of the transmission and first experimental results</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Light transmission by sub– wavelength annular aperture arrays in metallic films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Labeke</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NFO- 8 The 8th International Conference on Near-field Nano Optics &amp; Related Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">Analytical and Numerical Methods in Electromagnetics and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Olloix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00104495v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00095982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the Rigorous Coupled Wave Method to model the apertureless near field optical microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Vanlabeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Tolno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NFO–8 The 8th International Conference on Near–field Nano Optics &amp; Related Techniques. Poster.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00104501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamis à photons à cavités coaxiales sub–longueurs d'onde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I Baida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Salvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-P. Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Ondes (GT2), IEF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00093257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffraction par des réseaux croisés infiniment minces, infiniment conducteurs.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Super–transmission et confinement angulaire à la traversée d'un trou unique sub–longueur d'onde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I. Baida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vanlabeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Sep 2003, p.p. 285-286</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sep 2003, p.p. 249-250</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00104137v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00104124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super–transmission et confinement angulaire à la traversée d'un trou unique sub–longueur d'onde</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Super–transmission et confinement angulaire à la traversée d'un trou unique sub–longueur d'onde,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vanlabeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">Sep 2003, p.p. 249-250</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horizon de l'Optique Congrès Optix'03/Coloq 8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00104124v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00102890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super–transmission et confinement angulaire à la traversée d'un trou unique sub–longueur d'onde,</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Diffraction d'un plasmon de surface par une ouverture dans un film métallique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.I. Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vanlabeke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nov 2003, p.p. 227-229</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00102890v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00104130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffraction d'un plasmon de surface par une ouverture dans un film métallique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Diffraction par des réseaux croisés infiniment minces, infiniment conducteurs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I. Baida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Vanlabeke</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Nov 2003, p.p. 227-229</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pagani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sep 2003, p.p. 285-286</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00104130v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00104137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scanning near–field optical microscopy using second harmonie generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Near–Field Optical Microscopy, SM5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00095814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Far field and near–field study of magneto–optical devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Pagani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.I Baida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Near–Field Optical Microscopy, SM5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00095826v1</w:t>
-              </w:r>
-[...8374 lines deleted...]
-                <w:t xml:space="preserve">hal-04889759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -15957,77 +15957,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ADVANCES IN IMAGING AND ELECTRON PHYSICS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kofi Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Plumey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PETER W. HAWKES. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADVANCES IN IMAGING AND ELECTRON PHYSICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 197, Elsevier Inc., pp.45-103, 2016, ADVANCES IN IMAGING AND ELECTRON PHYSICS, 978-0-12-804811. </w:t>
@@ -16136,64 +16136,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Poujet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Salvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel van Labeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16301,51 +16301,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CA0C8CC7"/>
+    <w:nsid w:val="8AF0D1F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16532,51 +16532,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brahim-guizal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0743-8852" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166075930" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/292570602" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000432878731" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365580v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365640v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365609v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172370v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Jeyar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Antezza" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172452v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Benrhouma" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi S&#233;nyo Edee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171737v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171661v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172392v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Austry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minggang Luo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messina" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172425v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ben Rhouma" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692515v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Edee" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887038v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692467v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391523v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357063v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188829v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190887v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svend-Age Biehs" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ben-Abdallah" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863901v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864295v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Bun Chan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingkang Wang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Tang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Ng" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che Ting Chan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863580v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuomin Zhang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanhui Fan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570553v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meherzi Oueslati" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538779v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Messina" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Noto" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548335v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahine Abbas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570545v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570566v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422087v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Edee" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951768v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sell&#233;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brimont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gayral" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meletios Mexis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951085v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rereao Hahe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamis Gargoubi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421873v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422091v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Maia Neto" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318643v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318653v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422092v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421877v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318487v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057636v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Plumey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308247v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Selles" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Lin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cassabois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318661v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042555v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021275v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rosales" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bretagnon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Fan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813468v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964425v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Castani&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2029606" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813742v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Castanie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813434v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Zolla" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808383v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.893535" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633667v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bouchitt&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807809v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kling" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813392v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633651v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Felbacq" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guizal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437968v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404796v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Centeno" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cassagne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807730v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807764v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437972v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421553v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200593v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.I Baida" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belkhir" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130366v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.I. Baida" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. van Labeke" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy G&#233;rard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130289v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baida" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Bernal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salvi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096189v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lesuffleur" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gogol" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093484v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bartenlian" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beauvillain" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093454v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093450v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gerard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096165v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Li" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095982v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104495v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vanlabeke" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104501v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tolno" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093257v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104137v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pagani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104124v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102890v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Baida" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vanlabeke" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104130v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laroche" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095814v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095826v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vial" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252394v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zheng" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sxyl-4f3g" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955608v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.075417" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603644v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.045446" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608436v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.195431" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617593v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.075423" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128464v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.115412" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609727v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junming Zhao" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182725" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170736v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.108.062811" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610037v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.025306" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826961v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Granet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Paladian" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghida Al Achkar" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22218131" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670768v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paladian" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTCON.446632" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122200v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-Y. Ng" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20891-4" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431447v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Marachevsky" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.013903" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997633v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Albert Fan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay A. Gippius" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.405030" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059594v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhua Liu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120793" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076490v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.2.001296" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742077v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moreau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.35.000608" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557223v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.045402" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494732v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.126101" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482013v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.125404" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501931v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.34.000884" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552158v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.245437" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420542v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Jaziri" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Balti" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.043310" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540210v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Rhouma" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oueslati" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.05.021" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LD2BV5QH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292276v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.115427" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359633v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.104301" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245998v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.062504" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905144v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865959" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058753v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.022120" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061676v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Izyumskaya" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4894513" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813169v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.000631" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813180v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Fenniche" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Granet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER12061311" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686782v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201100142" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0X4VVSR5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889681v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Blanchard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.016711" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808377v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zolla" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JNP.6.061504" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663998v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2010100448" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633617v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808350v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Cabuz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3562938" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00535894v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elamine" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gharbi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2010.06.044" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813335v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3520508" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583018v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ghoumid" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ferriere" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr-Eddine Benkelfat" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijani Gharbi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2010.2080258" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361706v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Poujet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2008.12.021" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808393v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Yala" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.26.002567" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385881v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Ioan Cabuz" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.133901" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437969v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yala" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.002790" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385872v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3097796" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323416v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.000998" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691687v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lesuffleur" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gogol" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beauvillain" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel van Labeke" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3050309" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255910v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2884039" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256005v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.25.000796" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255748v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.24.000669" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131990v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laude" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benattou" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khelif" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.235427" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175504v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Besbes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Hugonin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Haver" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.T.A.A Janssen" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2007.07022" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00248189v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.011945" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258559v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barchiesi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grosges" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-006-2217-y" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VGP220L1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095627v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.06.018" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PQVFSPZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095455v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.06.082" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0F60F79T-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095324v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. I. Baida" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Al Naboulsi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2004.01273.x" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097011v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Seidel" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bischoff" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grafstr&#246;m" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.121405" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093961v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094059v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093921v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093942v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889738v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Felbacq" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zolla" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1464-4258/2/5/102" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889740v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Centeno" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1464-4258/1/5/103" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5R621S8S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889744v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(99)00192-3" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MLRSPG7Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889749v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zolla" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.532526" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889757v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(97)00661-5" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6SJ63MK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889752v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(98)00134-5" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7C61K9GK-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889758v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Plumey" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chandezon" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.14.000610" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889759v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.13.001019" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625151v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aiep.2016.08.002" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131989v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi I. Baida" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poujet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salvi" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brahim-guizal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0743-8852" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166075930" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/292570602" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000432878731" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252394v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Jeyar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Austry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minggang Luo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zheng" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sxyl-4f3g" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955608v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Antezza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.075417" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603644v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Bun Chan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.045446" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608436v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.195431" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617593v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.075423" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170736v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.108.062811" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609727v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junming Zhao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182725" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610037v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.025306" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128464v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.115412" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670768v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ben Rhouma" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paladian" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Edee" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTCON.446632" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826961v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Granet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Paladian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghida Al Achkar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22218131" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122200v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingkang Wang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Tang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-Y. Ng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Messina" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20891-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997633v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Albert Fan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay A. Gippius" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.405030" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059594v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhua Liu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120793" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431447v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Marachevsky" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.013903" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076490v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Benrhouma" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.2.001296" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742077v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Plumey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moreau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.35.000608" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494732v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahine Abbas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.126101" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482013v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Noto" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.125404" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501931v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meherzi Oueslati" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.34.000884" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552158v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuomin Zhang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanhui Fan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.245437" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557223v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ben-Abdallah" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.045402" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420542v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamis Gargoubi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Jaziri" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Balti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.043310" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540210v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Rhouma" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oueslati" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.05.021" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LD2BV5QH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292276v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.115427" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359633v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svend-Age Biehs" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.104301" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245998v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Maia Neto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.062504" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905144v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rosales" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bretagnon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865959" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058753v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.022120" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061676v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Izyumskaya" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4894513" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813169v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Edee" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.000631" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813180v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Fenniche" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Granet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER12061311" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889681v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Blanchard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.016711" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686782v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bouchitt&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201100142" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0X4VVSR5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808377v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zolla" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kling" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JNP.6.061504" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808350v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Cabuz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3562938" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633617v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guizal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Felbacq" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2010100448" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663998v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813335v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3520508" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583018v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ghoumid" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ferriere" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr-Eddine Benkelfat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijani Gharbi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2010.2080258" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00535894v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elamine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gharbi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2010.06.044" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808393v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Yala" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.26.002567" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385881v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Centeno" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Ioan Cabuz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cassagne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.133901" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437969v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yala" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.002790" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385872v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3097796" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361706v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.I. Baida" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Poujet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salvi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. van Labeke" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2008.12.021" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691687v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lesuffleur" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gogol" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beauvillain" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel van Labeke" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3050309" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256005v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.25.000796" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255910v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2884039" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323416v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.000998" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255748v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.24.000669" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131990v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gerard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laude" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benattou" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khelif" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.235427" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175504v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Besbes" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Hugonin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Haver" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.T.A.A Janssen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2007.07022" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258559v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barchiesi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grosges" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-006-2217-y" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VGP220L1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00248189v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Li" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.011945" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095627v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.06.018" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PQVFSPZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095455v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.06.082" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0F60F79T-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097011v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Seidel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.I Baida" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bischoff" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grafstr&#246;m" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.121405" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095324v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. I. Baida" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pagani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Al Naboulsi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2004.01273.x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093961v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baida" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094059v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093942v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vial" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093921v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889738v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Felbacq" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zolla" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1464-4258/2/5/102" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889740v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Centeno" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1464-4258/1/5/103" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5R621S8S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889744v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(99)00192-3" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MLRSPG7Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889757v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(97)00661-5" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6SJ63MK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889752v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(98)00134-5" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7C61K9GK-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889749v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zolla" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.532526" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889758v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Plumey" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chandezon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.14.000610" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889759v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.13.001019" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365580v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365640v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365609v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172370v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172452v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi S&#233;nyo Edee" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171737v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171661v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172392v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messina" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172425v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692457v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692515v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887038v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692467v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391523v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357063v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190887v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188829v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864295v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Ng" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che Ting Chan" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863580v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863901v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570545v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570566v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538779v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548335v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570553v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422091v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318643v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318653v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951768v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sell&#233;s" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brimont" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gayral" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meletios Mexis" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951085v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rereao Hahe" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421873v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422092v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421877v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422087v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057636v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308247v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Selles" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Lin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cassabois" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318661v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318487v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042555v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021275v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Fan" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813468v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964425v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Castani&#233;" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2029606" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813742v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Castanie" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813434v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Zolla" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633667v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807809v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808383v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.893535" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633651v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813392v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437968v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404796v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807764v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437972v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421553v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807730v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200593v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belkhir" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130366v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy G&#233;rard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130289v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Bernal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093454v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093450v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096165v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093484v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lesuffleur" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bartenlian" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beauvillain" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096189v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gogol" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104495v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vanlabeke" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095982v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104501v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tolno" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093257v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104124v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102890v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Baida" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vanlabeke" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104130v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laroche" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104137v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095814v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095826v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625151v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aiep.2016.08.002" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131989v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi I. Baida" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poujet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salvi" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>