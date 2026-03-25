--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,3442 +66,3442 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategy for integrated GC– and LC–MS/MS analysis of extraterrestrial biomolecules</w:t>
+                <w:t xml:space="preserve">Hydrothermal smectite synthesis in presence of Glycine: Synergistic chemical evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
+                <w:t xml:space="preserve">Rihab Fkiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedrick Bourseau</w:t>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Laurent</w:t>
+                <w:t xml:space="preserve">Clément Comminges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Remusat</w:t>
+                <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc David</w:t>
+                <w:t xml:space="preserve">Claude Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microchemical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 218, pp.115530. </w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 276, pp.107902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.microc.2025.115530⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2025.107902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05337144v1</w:t>
+                <w:t xml:space="preserve">hal-05370979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermal smectite synthesis in presence of Glycine: Synergistic chemical evolution</w:t>
+                <w:t xml:space="preserve">Strategy for integrated GC– and LC–MS/MS analysis of extraterrestrial biomolecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rihab Fkiri</w:t>
+                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">Cedrick Bourseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Comminges</w:t>
+                <w:t xml:space="preserve">Boris Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Petit</w:t>
+                <w:t xml:space="preserve">Laurent Remusat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Geffroy</w:t>
+                <w:t xml:space="preserve">Marc David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 276, pp.107902. </w:t>
+              <w:t xml:space="preserve">Microchemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 218, pp.115530. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2025.107902⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.microc.2025.115530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370979v1</w:t>
+                <w:t xml:space="preserve">hal-05337144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound assisted extraction of amino acids and nucleobases from clay minerals and astrobiological samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New ultrasound-assisted microreactor for extracting extraterrestrial biomolecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
+                <w:t xml:space="preserve">Rihab Fkiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prince Nana Amaniampong</w:t>
+                <w:t xml:space="preserve">Prince Amaniampong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie Le Postollec</w:t>
+                <w:t xml:space="preserve">Guillaume Rioland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Dobrijevic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Rioland</w:t>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 103, pp.106775. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2024.106775⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 119, pp.107416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2025.107416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04508237v1</w:t>
+                <w:t xml:space="preserve">hal-05542883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Hydrophobicity Signature in Charged Bidimensional Clay Materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kinetics of Mg-Ni saponite crystallization from precursor mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+                <w:t xml:space="preserve">Alain Decarreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mónica Jiménez-Ruiz</w:t>
+                <w:t xml:space="preserve">Philippe Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Grégoire</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lanson</w:t>
+                <w:t xml:space="preserve">Yuhuan Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.4c04922⟩</w:t>
+              <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 72, pp.e16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/cmn.2024.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04939034v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of Mg-Ni saponite crystallization from precursor mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaoqun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Decarreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuhuan Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 72, pp.e16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/cmn.2024.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04777109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetics of Mg-Ni saponite crystallization from precursor mixtures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasound assisted extraction of amino acids and nucleobases from clay minerals and astrobiological samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Nana Amaniampong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
+                <w:t xml:space="preserve">Aurelie Le Postollec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Decarreau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yuhuan Yuan</w:t>
+                <w:t xml:space="preserve">Michel Dobrijevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rioland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/cmn.2024.29⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 103, pp.106775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2024.106775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04728631v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropy in particle orientation controls water diffusion in clay materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular Hydrophobicity Signature in Charged Bidimensional Clay Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Jiménez-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Ferrage</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Fabien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Dabat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+                <w:t xml:space="preserve">Bruno Lanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2023.107117⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128 (48), pp.10358-10371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.4c04922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04194729v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalized relationships between the ionic radii of octahedral cations and the b crystallographic parameter of clay and related minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Petit</w:t>
+                <w:t xml:space="preserve">A. Decarreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Decarreau</w:t>
+                <w:t xml:space="preserve">B. Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ferrage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clay Minerals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 58 (2), pp.143-194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1180/clm.2023.20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04234478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas Chromatography Fingerprint of Martian Amino Acids before Analysis of Return Samples</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Rioland</w:t>
+                <w:t xml:space="preserve">Anisotropy in particle orientation controls water diffusion in clay materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferrage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Poinot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">Thomas Dabat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Asaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/chemosensors11020076⟩</w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 244, pp.107117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2023.107117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04508246v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservation of exopolymeric substances in estuarine sediments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Duteil</w:t>
+                <w:t xml:space="preserve">Gas Chromatography Fingerprint of Martian Amino Acids before Analysis of Return Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rihab Fkiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rioland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Bourillot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maud Leloup</w:t>
+                <w:t xml:space="preserve">Pauline Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.921154⟩</w:t>
+              <w:t xml:space="preserve">Chemosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (2), pp.76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/chemosensors11020076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04036752v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focused ultrasound extraction versus microwave-assisted extraction for extraterrestrial objects analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
+                <w:t xml:space="preserve">Preservation of exopolymeric substances in estuarine sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Duteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascaline François</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michel Dobrijevic</w:t>
+                <w:t xml:space="preserve">Olivier Braissant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Gregoire</w:t>
+                <w:t xml:space="preserve">Maud Leloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 414 (12), pp.3643-3651. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00216-022-04004-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.921154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04508277v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04036752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting molecular simulations and laboratory experiments for the study of time-resolved cation-exchange process in the interlayer of swelling clay minerals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Focused ultrasound extraction versus microwave-assisted extraction for extraterrestrial objects analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzi Timoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Pascaline François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Le Postollec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dobrijevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 200, pp.105913. </w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 414 (12), pp.3643-3651. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2020.105913⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00216-022-04004-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03512094v1</w:t>
+                <w:t xml:space="preserve">hal-04508277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of hybrid Chitosan-Montmorillonite materials for water treatment: Study of the performance and stability</w:t>
+                <w:t xml:space="preserve">Role of interlayer porosity and particle organization in the diffusion of water in swelling clays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Salvé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Brian Gregoire</w:t>
+                <w:t xml:space="preserve">A. Asaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Imbert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Hubert</w:t>
+                <w:t xml:space="preserve">F. Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Karpel Vel Leitner</w:t>
+                <w:t xml:space="preserve">T. Dabat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Paineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceja.2021.100087⟩</w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 207, pp.106089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2021.106089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03178958v1</w:t>
+                <w:t xml:space="preserve">hal-03212181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of interlayer porosity and particle organization in the diffusion of water in swelling clays</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martian Magmatic Clay Minerals Forming Vesicles: Perfect Niches for Emerging Life?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Hubert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Ferrage</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Viennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Dabat</w:t>
+                <w:t xml:space="preserve">Sylvain Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Paineau</w:t>
+                <w:t xml:space="preserve">Corentin Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Sautter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2021.106089⟩</w:t>
+              <w:t xml:space="preserve">Astrobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (5), pp.605-612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/ast.2020.2345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03212181v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martian Magmatic Clay Minerals Forming Vesicles: Perfect Niches for Emerging Life?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of hybrid Chitosan-Montmorillonite materials for water treatment: Study of the performance and stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bernard</w:t>
+                <w:t xml:space="preserve">Julie Salvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Le Guillou</w:t>
+                <w:t xml:space="preserve">Leslie Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violaine Sautter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Brian Grégoire</w:t>
+                <w:t xml:space="preserve">Nathalie Karpel Vel Leitner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astrobiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (5), pp.605-612. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.100087. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/ast.2020.2345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceja.2021.100087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370582v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03178958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authigenic kaolinite and sudoite in sandstones from the Paleoproterozoic Franceville sub-basin (Gabon)</w:t>
+                <w:t xml:space="preserve">Connecting molecular simulations and laboratory experiments for the study of time-resolved cation-exchange process in the interlayer of swelling clay minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Asaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferrage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crgeos.62⟩</w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 200, pp.105913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2020.105913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03710655v1</w:t>
+                <w:t xml:space="preserve">hal-03512094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of preferred orientation of clay particles on the diffusion of water in kaolinite porous media at constant porosity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dabat</w:t>
+                <w:t xml:space="preserve">Authigenic kaolinite and sudoite in sandstones from the Paleoproterozoic Franceville sub-basin (Gabon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olabode Bankole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Porion</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abderrazak El Albani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2019.105354⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 353 (1), pp.209-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.62⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900383v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orientation measurements of clay minerals by polarized attenuated total reflection infrared spectroscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Ferrage</w:t>
+                <w:t xml:space="preserve">The evolution of saponite: An experimental study based on crystal chemistry and crystal growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongping He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q I Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.02.021⟩</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am-2021-7625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000849v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of saponite: An experimental study based on crystal chemistry and crystal growth</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Q I Tao</w:t>
+                <w:t xml:space="preserve">Orientation measurements of clay minerals by polarized attenuated total reflection infrared spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2021-7625⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 567, pp.274-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.02.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03006209v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OPTICAL THEORY-BASED SIMULATION OF ATTENUATED TOTAL REFLECTION INFRARED SPECTRA OF MONTMORILLONITE FILMS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Influence of preferred orientation of clay particles on the diffusion of water in kaolinite porous media at constant porosity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dabat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Porion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dazas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42860-020-00073-x⟩</w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 184, pp.105354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2019.105354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000917v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02900383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second-Harmonic Scattering Can Probe Hydration and Specific Ion Effects in Clay Particles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benedicte Prelot</w:t>
+                <w:t xml:space="preserve">OPTICAL THEORY-BASED SIMULATION OF ATTENUATED TOTAL REFLECTION INFRARED SPECTRA OF MONTMORILLONITE FILMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Gregoire</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maud Leloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b10284⟩</w:t>
+              <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 68 (2), pp.175-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42860-020-00073-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02498428v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental formation of clay-coated sand grains using diatom biofilm exopolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Duteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Virolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Brigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 48 (10), pp.1012-1017 (IF 4,842). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1130/G47418.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Mechanistic Study of the Adsorption of Methyl Orange on the External Surface of Layered Double Hydroxide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brian Grégoire</w:t>
+                <w:t xml:space="preserve">Second-Harmonic Scattering Can Probe Hydration and Specific Ion Effects in Clay Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedicte Prelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Bantignies</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaelle Martin-Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 123 (36), pp.22212-22220. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b04705⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 124 (7), pp.4109-4113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b10284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302983v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A general orientation distribution function for clay-rich media</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erwan Paineau</w:t>
+                <w:t xml:space="preserve">Multiscale Mechanistic Study of the Adsorption of Methyl Orange on the External Surface of Layered Double Hydroxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Bantignies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Le Parc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Prelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Launois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Laforest</w:t>
+                <w:t xml:space="preserve">Jerzy Zajac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-13401-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (36), pp.22212-22220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b04705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404547v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscale Anisotropy in Porous Media Made of Clay Minerals. A Numerical Study Constrained by Experimental Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">A general orientation distribution function for clay-rich media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Launois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Mazurier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Brian Gregoire</w:t>
+                <w:t xml:space="preserve">Claude Laforest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11 (10), pp.1972. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma11101972⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-13401-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02173104v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Second-Harmonic Scattering in Layered Double Hydroxide Colloids: A Microscopic View of Adsorption and Intercalation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Gassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Prelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Martin-Gassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (40), pp.12206 - 12213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3529,1170 +3529,1304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01905817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peptide Formation on Layered Mineral Surfaces: The Key Role of Brucite-like Minerals on the Enhanced Formation of Alanine Dipeptides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brian Grégoire</w:t>
+                <w:t xml:space="preserve">Mesoscale Anisotropy in Porous Media Made of Clay Minerals. A Numerical Study Constrained by Experimental Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Christopher Greenwell</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Mazurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.8b00052⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (10), pp.1972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma11101972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02019214v1</w:t>
+                <w:t xml:space="preserve">hal-02173104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning and Investigating the Structure of MII-FeIII Layered Double Hydroxides (MII = NiII, CoII and MgII) in Relation to their Composition: From Synthesis to Anionic Exchange Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brian Gregoire</w:t>
+                <w:t xml:space="preserve">Peptide Formation on Layered Mineral Surfaces: The Key Role of Brucite-like Minerals on the Enhanced Formation of Alanine Dipeptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Christopher Greenwell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan André</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cédric Carteret</w:t>
+                <w:t xml:space="preserve">Donald Fraser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Inorganic Chemistry </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1877944105666150420235630⟩</w:t>
+              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (8), pp.852-862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.8b00052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507496v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02019214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrate reduction by mixed iron(II-III) hydroxycarbonate green rust in the presence of phosphate anions: The key parameters influencing the ammonium selectivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tuning and Investigating the Structure of MII-FeIII Layered Double Hydroxides (MII = NiII, CoII and MgII) in Relation to their Composition: From Synthesis to Anionic Exchange Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ruby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Etique</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christian Ruby</w:t>
+                <w:t xml:space="preserve">Cédric Carteret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.watres.2014.05.028⟩</w:t>
+              <w:t xml:space="preserve">Current Inorganic Chemistry </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (3), pp.169-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1877944105666150420235630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01076618v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A step towards controlled-diameter single walled carbon nanotubes</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Nitrate reduction by mixed iron(II-III) hydroxycarbonate green rust in the presence of phosphate anions: The key parameters influencing the ammonium selectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Etique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asfaw Zegeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Carteret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ruby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2013.10.067⟩</w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62, pp.29-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2014.05.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00982671v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abiotic Process for Fe(II) Oxidation and Green Rust Mineralization Driven by a Heterotrophic Nitrate Reducing Bacteria (Klebsiella mobilis)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">A step towards controlled-diameter single walled carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Yu Tsareva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deuaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Mcrae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Gregoire</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Despas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/es403358v⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67, pp.753-765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2013.10.067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01076626v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00982671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrolysis of mixed Ni2+–Fe3+ and Mg2+–Fe3+ solutions and mechanism of formation of layered double hydroxides</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abiotic Process for Fe(II) Oxidation and Green Rust Mineralization Driven by a Heterotrophic Nitrate Reducing Bacteria (Klebsiella mobilis)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Etique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic P.A. Jorand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asfaw Zegeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Despas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c3dt51521d⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 48 (7), pp.3742-3751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/es403358v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01501463v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical transformation of ferrihydrite coating into green rust followed by Raman and X-ray photoelectron spectroscopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hella Boumaiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Naille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Desalination and Water Treatment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 53 (4), pp.1031-1036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/19443994.2013.852135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemisorbed nickel catalyst for the production of SWCNTs with a very narrow size distribution</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrolysis of mixed Ni2+–Fe3+ and Mg2+–Fe3+ solutions and mechanism of formation of layered double hydroxides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ruby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Carteret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (b)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssb.201300090⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 42 (44), pp.940 - 950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3dt51521d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00952883v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01501463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chemisorbed nickel catalyst for the production of SWCNTs with a very narrow size distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Yu. Tsareva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Carteret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dossot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 250 (12), pp.2581 - 2585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssb.201300090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00952883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">FeII induced mineralogical transformations of ferric oxyhydroxides into magnetite of variable stoichiometry and morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Usman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Abdelmoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalil Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 194, pp.328-335. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jssc.2012.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00845705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4702,154 +4836,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of retention mechanisms of dyes by lamellar materials through vibrational spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Le Parc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Bantignies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Layrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERFACE AGAINST POLLUTION, IAP2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4859,114 +4993,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation Composition-Structure des Hydroxydes Doubles Lamellaires : Effets de la charge du feuillet et de la nature de l'anion interfoliaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Grégoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université de Lorraine, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012LORR0154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01749349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId176"/>
+      <w:footerReference w:type="default" r:id="rId179"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5113,51 +5247,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337144v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Timoumi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedrick Bourseau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Laurent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remusat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2025.115530" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370979v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Fkiri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Comminges" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Geffroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.107902" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508237v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nana Amaniampong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Le Postollec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dobrijevic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rioland" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2024.106775" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939034v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dazas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gr&#233;goire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lanson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c04922" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04777109v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoqun Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decarreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhuan Yuan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cmn.2024.29" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728631v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04194729v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dabat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Asaad" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2023.107117" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234478v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decarreau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrage" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/clm.2023.20" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508246v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors11020076" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04036752v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Duteil" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bourillot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Braissant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leloup" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.921154" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508277v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Fran&#231;ois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gregoire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-022-04004-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512094v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tertre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2020.105913" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178958v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salv&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Imbert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Karpel Vel Leitner" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2021.100087" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212181v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asaad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hubert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dabat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paineau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2021.106089" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370582v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Guillou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Sautter" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2020.2345" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710655v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aubineau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olabode Bankole" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.62" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900383v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Porion" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2019.105354" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000849v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006209v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongping He" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q I Tao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2021-7625" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000917v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42860-020-00073-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498428v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Gassin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b10284" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950909v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Virolle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brigaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G47418.1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302983v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Parc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Prelot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Zajac" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b04705" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404547v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Launois" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Laforest" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13401-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173104v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mazurier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11101972" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01905817v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b02161" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019214v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Christopher Greenwell" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Fraser" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.8b00052" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01507496v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Andr&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ruby" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1877944105666150420235630" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076618v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Etique" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asfaw Zegeye" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carteret" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2014.05.028" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67DH32JT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982671v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu Tsareva" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deuaux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.10.067" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ2DKW7L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076626v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic P.A. Jorand" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Despas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es403358v" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501463v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt51521d" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01497919v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hella Boumaiza" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Naille" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Renard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mallet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19443994.2013.852135" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952883v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu. Tsareva" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dossot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201300090" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845705v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usman" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Abdelmoula" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Hanna" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faure" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2012.05.022" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909430v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Salles" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Layrac" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749349v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0154" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370979v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Fkiri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Comminges" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Geffroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.107902" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337144v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Timoumi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedrick Bourseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Laurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remusat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc David" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2025.115530" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-05542883v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Amaniampong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rioland" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gregoire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107416" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728631v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoqun Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decarreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhuan Yuan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cmn.2024.29" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04777109v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508237v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nana Amaniampong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Le Postollec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dobrijevic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2024.106775" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939034v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dazas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gr&#233;goire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hubert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lanson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c04922" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234478v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decarreau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrage" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/clm.2023.20" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04194729v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dabat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Asaad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2023.107117" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508246v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors11020076" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04036752v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Duteil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bourillot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Braissant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leloup" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.921154" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508277v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Fran&#231;ois" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-022-04004-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212181v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asaad" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hubert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dabat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paineau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2021.106089" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370582v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Guillou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Sautter" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2020.2345" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178958v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salv&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Imbert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Karpel Vel Leitner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2021.100087" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512094v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tertre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2020.105913" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710655v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aubineau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olabode Bankole" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.62" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006209v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongping He" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q I Tao" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2021-7625" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000849v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.021" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900383v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Porion" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2019.105354" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000917v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42860-020-00073-x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950909v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Virolle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brigaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G47418.1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498428v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Gassin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b10284" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302983v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Parc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Prelot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Zajac" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b04705" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404547v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Launois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Laforest" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13401-0" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01905817v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b02161" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173104v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mazurier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11101972" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019214v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Christopher Greenwell" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Fraser" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.8b00052" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01507496v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Andr&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ruby" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1877944105666150420235630" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076618v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Etique" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asfaw Zegeye" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carteret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2014.05.028" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67DH32JT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982671v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu Tsareva" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deuaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.10.067" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ2DKW7L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076626v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic P.A. Jorand" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Despas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es403358v" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01497919v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hella Boumaiza" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Naille" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Renard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mallet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19443994.2013.852135" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501463v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt51521d" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952883v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu. Tsareva" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dossot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201300090" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845705v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usman" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Abdelmoula" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Hanna" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faure" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2012.05.022" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909430v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Salles" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Layrac" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749349v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0154" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>