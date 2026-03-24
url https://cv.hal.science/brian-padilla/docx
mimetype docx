--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -485,364 +485,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planification de la séquence « Éviter-Réduire-Compenser » à l'échelle du paysage : quel apport de la modélisation des réseaux écologiques à la mise en œuvre des sites naturels de compensation ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sites naturels de compensation : quels freins et perspectives ? - Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gaucherand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Moulherat</w:t>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Boileau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Soret</w:t>
+                <w:t xml:space="preserve">Thomas Spiegelberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 38, pp.56-61. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.08⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 38, pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03632246v1</w:t>
+                <w:t xml:space="preserve">hal-03621756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sites naturels de compensation : quels freins et perspectives ? - Avant-propos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Planification de la séquence « Éviter-Réduire-Compenser » à l'échelle du paysage : quel apport de la modélisation des réseaux écologiques à la mise en œuvre des sites naturels de compensation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tarabon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Aubry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brian Padilla</w:t>
+                <w:t xml:space="preserve">Sylvain Moulherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+                <w:t xml:space="preserve">Jules Boileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Spiegelberger</w:t>
+                <w:t xml:space="preserve">Marie Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 38, pp.3. </w:t>
+              <w:t xml:space="preserve">, 2022, 38, pp.56-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.01⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621756v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03632246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Place des sites naturels de compensation dans la séquence « Éviter-Réduire-Compenser » et panorama des problématiques associées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Gaucherand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2995,132 +2995,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04169370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démarche d'évaluation des actions de gestion de l'AEV par la mise en place de suivis IQE réguliers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cadre de référence pour l’implication de l'AEV dans les opérations de compensation écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Fournier</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">PatriNat (OFB-CNRS-MNHN). 2020, 34 p</w:t>
+                <w:t xml:space="preserve">Perrine Etheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-CNRS-MNHN). 2020, 35 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-04254046v1</w:t>
+                <w:t xml:space="preserve">mnhn-04248297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une stratégie territoriale autour de la séquence ERC sur le site d'Imerys à Clérac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Etheimer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Forero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3150,110 +3150,110 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04254627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadre de référence pour l’implication de l'AEV dans les opérations de compensation écologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Démarche d'évaluation des actions de gestion de l'AEV par la mise en place de suivis IQE réguliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Padilla</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-CNRS-MNHN). 2020, 34 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perrine Etheimer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04248297v1</w:t>
+                <w:t xml:space="preserve">mnhn-04254046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic écologique de la carrière Imerys de Précy-sur-Oise</w:t>
               </w:r>
@@ -3727,51 +3727,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352167v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gaucherand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouraud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Maurel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Santoni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-025-14623-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461293v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Padilla" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233;e Gelot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Guett&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Carruthers-Jones" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.40826" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344335v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Foulon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ehl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632246v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tarabon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Moulherat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Boileau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Soret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.08" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03621756v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Aubry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Spiegelberger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.01" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624230v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.02" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03639142v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bieuzen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Calvet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Jane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.11" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03638280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.10" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04008629v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia H&#233;rard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hulin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.1.05" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352147v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Padilla" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421826v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chass&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421817v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04146122v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Billy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gourdain" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421810v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421802v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bezombes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421794v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421797v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04871681v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delavaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Doisy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316712v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Paul Jacob" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Mar&#233;chaux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.5tmm6hsvp" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140351v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poncet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Lervy-Mayere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Touroult" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817288v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gayet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fossey" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loupsans" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caessteker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354620v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Forero" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354611v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817107v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baptist" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Biaunier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04135698v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04135986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laignel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delzons" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Bossu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Audebert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04169370v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254046v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Fournier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254627v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Etheimer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04248297v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04271568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Roquinarc'h" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04271844v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04282511v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158108v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352167v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gaucherand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouraud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Maurel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Santoni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-025-14623-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461293v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Padilla" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233;e Gelot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Guett&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Carruthers-Jones" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.40826" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344335v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Foulon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ehl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03621756v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Aubry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Spiegelberger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.01" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632246v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tarabon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Moulherat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Boileau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Soret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.08" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624230v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.02" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03639142v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bieuzen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Calvet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Jane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.11" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03638280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.10" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04008629v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia H&#233;rard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hulin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.1.05" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352147v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Padilla" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421826v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chass&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421817v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04146122v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Billy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gourdain" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421810v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421802v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bezombes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421794v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421797v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04871681v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delavaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Doisy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316712v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Paul Jacob" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Mar&#233;chaux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.5tmm6hsvp" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140351v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poncet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Lervy-Mayere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Touroult" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817288v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gayet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fossey" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loupsans" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caessteker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354620v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Forero" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354611v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817107v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baptist" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Biaunier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04135698v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04135986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laignel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delzons" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Bossu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Audebert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04169370v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04248297v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Etheimer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254627v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254046v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Fournier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04271568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Roquinarc'h" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04271844v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04282511v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158108v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>