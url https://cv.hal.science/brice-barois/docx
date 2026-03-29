--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -200,243 +200,243 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonds d'investissements immobilier et production de la ville : les complexes urbains multifonctionnels privés au Mexique</w:t>
+                <w:t xml:space="preserve">Unveiling Mexico's urban growth : From a primate distribution to polycentric dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leïly Hassaine-Bau</w:t>
+                <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Barois</w:t>
+                <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Région et Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025-1 (61), pp. 29-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05244441v1</w:t>
+                <w:t xml:space="preserve">hal-05169417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling Mexico's urban growth : From a primate distribution to polycentric dynamics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fonds d'investissements immobilier et production de la ville : les complexes urbains multifonctionnels privés au Mexique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïly Hassaine-Bau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Région et Développement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025 (4), pp. 665-692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reru.254.0665⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05169417v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociétés financières d’immobilier et système urbain mexicain : le rôle des investisseurs dans le renforcement des centralités métropolitaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers des Amériques Latines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -461,51 +461,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollution de l’air, incidence et surmortalité a l’heure de la COVID-19 : cas des départements français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Ben Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -578,51 +578,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les zones détendues : territoires oubliés porteurs d'attractivité territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -695,51 +695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impact des industries culturelles et créatives sur la richesse des régions européennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dimou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -799,51 +799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle attractif des industries créatives et culturelles dans la localisation des jeunes en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Région et Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 2020 (51), pp.45-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -868,51 +868,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La hiérarchie des régions européennes 2000 - 2015 - La convergence en panne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dimou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -972,51 +972,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques urbaines atypiques de la région Provence-Alpes-Côte d’Azur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 21 (3), pp.205-229. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1082,64 +1082,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financial Role of Real Estate Companies in Mexico: Reshaping the Urban Landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64 ième colloque de l'European Regional Science Association (ERSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Athène, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1164,64 +1164,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financialization of Real Estate: Towards a Meso Scale of Urban Segregation? The Case of Private Mixed-Use Complexes in Mexico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63 ième colloque de l'European Regional Science Association (ERSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Les Açores, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1246,64 +1246,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What next for the Mexican urban system? An example of metropolitan transition in Latin America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59 ième colloque de l'ASRDLF - Les territoires périphériques et ultrapériphériques face aux crises majeures: le retour de la distance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Saint-Pierre - La Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1367,51 +1367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Figueiredo de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59 ième colloque de l'ASRDLF - Les territoires périphériques et ultrapériphériques face aux crises majeures: le retour de la distance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Saint-Pierre - La réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1436,64 +1436,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real estate finance companies in Mexico: a tool for reorganizing the Mexican urban system?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">62 ième colloque de l'European Regional Science Association (ERSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Alicante, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1544,51 +1544,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Vignau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34ème Congrès de l'AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Ajaccio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1639,51 +1639,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias-Villessuzanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zeller-Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1721,51 +1721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal migration and local unemployment in France : the untold story</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Ettouati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1829,51 +1829,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zeller-Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1924,51 +1924,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Créativité et connectivité des territoires : les facteurs d’attractivité territoriale des zones d’emploi françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dimou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schaffar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2032,51 +2032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias-Villessuzanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zeller-Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2114,51 +2114,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migrations résidentielles et chômage local en France : des effets oubliés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Ettouati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2196,51 +2196,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact des industries créatives et culturelles sur la richesse des régions européennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57 ième colloque de l'ASRDLF - Territoire(s) et numériques : innovations, mutations et décision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2265,51 +2265,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les attributs territoriaux et la pollution de l'air dans un contexte épidémique : évidence depuis des départements français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Ben Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2347,51 +2347,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How cultural and creative industries affect wealth in the European Union's Regions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dimou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2429,51 +2429,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les effets de la connectivité et de la créativité des territoires sur la migration des jeunes en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57 ième colloque de l'ASRDLF - Territoire(s) et numériques: innovations, mutations et décision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2492,195 +2492,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connectivity and economic growth : A panel study for European regions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">How creative and cultural industries affect growth in the European Union's Regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Regional Studies Association (RSA) - Pushing regions beyond their borders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Saint-Jacques de Compostelle, Spain</w:t>
+              <w:t xml:space="preserve">59 ième colloque de l'European Region Science Association (ERSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03361163v1</w:t>
+                <w:t xml:space="preserve">hal-03361154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How creative and cultural industries affect growth in the European Union's Regions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Connectivity and economic growth : A panel study for European regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">59 ième colloque de l'European Region Science Association (ERSA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque de la Regional Studies Association (RSA) - Pushing regions beyond their borders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Saint-Jacques de Compostelle, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03361154v1</w:t>
+                <w:t xml:space="preserve">hal-03361163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La région Provence-Alpes-Côte d'Azur : une région aux dynamiques de croissance et hiérarchies urbaines très atypiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55 ième colloque de l'ASRDLF - Les acteurs économiques et la régionalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2705,51 +2705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La connectivité et la créativité des régions européennes : des impacts contraires sur la richesse et la croissance économique régionales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55 ième colloque de l'ASRDLF - Les acteurs économiques et la régionalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2774,51 +2774,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croissances et hiérarchies urbaines en Région Provence-Alpes-Côte d'Azur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dimou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2869,51 +2869,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une étude de la convergence des régions européennes à l'aide d'une méthodologie de données de panel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54 ième colloque de l'ASRDLF - Les défis de développement pour les villes et les régions dans une Europe en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2938,51 +2938,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croissance des villes et hiérarchies urbaines en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11 ième journées scientifiques de l'Université de Toulon - Inégalités et dynamiques territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3039,64 +3039,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financiarisation de l’immobilier et demande des investisseurs financiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3145,294 +3145,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux du développement territorial des tiers-lieux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Financiarisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Barois</w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve">David Galli; Clara Galliano; Vincent Lambert. </w:t>
+                <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Blain J.; Brown L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les tiers-lieux culturels. Tome 1 – Identités en création</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.205-231, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
+              <w:t xml:space="preserve">Les grandes notions de l'urbanisme pour les métiers de l'immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, pp. 61-69, 2024, ISBN 978-2-10-086199-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528889v1</w:t>
+                <w:t xml:space="preserve">hal-04684857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Financiarisation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les enjeux du développement territorial des tiers-lieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Blain J.; Brown L. </w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Fragny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Trojette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Zadra-Veil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">David Galli; Clara Galliano; Vincent Lambert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les grandes notions de l'urbanisme pour les métiers de l'immobilier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dunod, pp. 61-69, 2024, ISBN 978-2-10-086199-6</w:t>
+              <w:t xml:space="preserve">Les tiers-lieux culturels. Tome 1 – Identités en création</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.205-231, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04684857v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes urbains et hiérarchies urbaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cantuarias-Villessuzanne C.; Frangy B. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie urbaine et environnementale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapitre I, De Boeck Supérieur, pp.13-30, 2023, 9782807345997</w:t>
@@ -3461,51 +3461,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croissance urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3560,51 +3560,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les attributs territoriaux et la pollution de l’air dans un contexte épidémique : évidence depuis les départements français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Ben Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3678,64 +3678,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promoteurs immobiliers et marchés urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3786,51 +3786,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Vignau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3855,64 +3855,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les marchés fonciers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3956,51 +3956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zeller-Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4031,64 +4031,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croissance et hiérarchies urbaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4113,64 +4113,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le complexe urbain multifonctionnel : une nouvelle échelle de la fermeture résidentielle ? L’exemple du Mexique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4195,51 +4195,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les zones détendues : territoires oubliés porteurs d'attractivité territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4303,51 +4303,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croissance et hiérarchies urbaines en France métropolitaine : la spécificité de la région Provence-Alpes-Côte d’Azur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, https://www.cahiers-espi2r.fr/607</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4372,51 +4372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les industries créatives et culturelles dans le Var</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agence d'urbanisme de l'aire toulonnaise et du Var</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4441,51 +4441,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tiers-lieux, nouveaux lieux de l'innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agence d'urbanisme de l'aire toulonnaise et du Var &amp; Toulon Var Technologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4510,51 +4510,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Smart City, une ville intelligente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agence d'urbanisme de l'aire toulonnaise et du Var</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4579,51 +4579,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écosystème numérique du Var</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agence d'urbanisme de l'aire toulonnaise et du Var</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4693,64 +4693,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intensification urbaine : synthèse du cycle de conférences 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Vignau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leily Hassaine-Bau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4830,51 +4830,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Créativité, attractivité et développement économique des territoires européens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Barois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Université de Toulon, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019TOUL2001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4991,51 +4991,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E18BB604"/>
+    <w:nsid w:val="6C2FFF55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5222,51 +5222,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-barois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0662-5533" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244441v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;ly Hassaine-Bau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.254.0665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169417v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leily Hassaine-Bau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428473v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217252v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ben Saad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#8217;hocine Houanti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kertous" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.216.0346" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433373v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Peres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vignau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Laussucq" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0004" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355087v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dimou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schaffar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9774" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356883v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356301v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.194.0673" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356855v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2019.0012" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244369v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684843v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158333v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158751v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Figueiredo de Oliveira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158324v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04617280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846407v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Blain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias-Villessuzanne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zeller-Cohen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697195v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ettouati" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712414v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682575v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846389v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713569v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360996v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361257v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361081v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360988v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361163v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361154v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361195v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361188v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361316v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361232v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361240v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244411v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefebvre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/livre/9782807366848-economie-de-l-immobilier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528889v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fragny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Trojette" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Zadra-Veil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-tiers-lieux-culturels-1/16265" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684857v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217274v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217284v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04570977v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964499v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601808v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223412v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087865v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158381v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030587v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863675v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361281v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361303v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361298v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361291v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05296638v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fouchier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03356918v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOUL2001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-barois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0662-5533" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169417v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leily Hassaine-Bau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244441v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;ly Hassaine-Bau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.254.0665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428473v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217252v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ben Saad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#8217;hocine Houanti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kertous" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.216.0346" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433373v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Peres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vignau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Laussucq" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0004" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355087v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dimou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schaffar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9774" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356883v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356301v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.194.0673" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356855v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2019.0012" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244369v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684843v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158333v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158751v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Figueiredo de Oliveira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158324v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04617280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846407v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Blain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias-Villessuzanne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zeller-Cohen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697195v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ettouati" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712414v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682575v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846389v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713569v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360996v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361257v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361081v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360988v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361154v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361163v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361195v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361188v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361316v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361232v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361240v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244411v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefebvre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/livre/9782807366848-economie-de-l-immobilier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684857v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528889v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fragny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Trojette" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Zadra-Veil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-tiers-lieux-culturels-1/16265" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217274v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217284v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04570977v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964499v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601808v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223412v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087865v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158381v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030587v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863675v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361281v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361303v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361298v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361291v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05296638v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fouchier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03356918v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOUL2001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>